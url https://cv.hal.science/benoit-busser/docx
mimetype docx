--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -498,204 +498,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05280347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roles of zinc in cancers: From altered metabolism to therapeutic applications</w:t>
+                <w:t xml:space="preserve">Quantifying Titanium Exposure in Lung Tissues: A Novel Laser‐Induced Breakdown Spectroscopy Elemental Imaging‐Based Analytical Framework for Biomedical Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Bendellaa</w:t>
+                <w:t xml:space="preserve">Vincent Gardette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Lelièvre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lucie Sancey</w:t>
+                <w:t xml:space="preserve">Marine Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Deniaud</w:t>
+                <w:t xml:space="preserve">Laurent Gaté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Cosnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ijc.34679⟩</w:t>
+              <w:t xml:space="preserve">Small Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/smsc.202300307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04205230v1</w:t>
+                <w:t xml:space="preserve">hal-04510056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing Diagnostic Capabilities for Occupational Lung Diseases Using LIBS Imaging on Biopsy Tissue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor H.C. Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gardette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -736,623 +736,623 @@
               <w:t xml:space="preserve">Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.analchem.4c00237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04552785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WazaGaY: An Innovative Aza-BODIPY-Derived Near-Infrared Fluorescent Probe for Enhanced Tumor Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bendellaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Cave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Dalonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annika Sickinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 67 (18), pp.16635-16648. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jmedchem.4c01435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04739530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying Titanium Exposure in Lung Tissues: A Novel Laser‐Induced Breakdown Spectroscopy Elemental Imaging‐Based Analytical Framework for Biomedical Applications</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Engineering Radiocatalytic Nanoliposomes with Hydrophobic Gold Nanoclusters for Radiotherapy Enhancement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Gaté</w:t>
+                <w:t xml:space="preserve">Nazareth Milagros Carigga Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Cosnier</w:t>
+                <w:t xml:space="preserve">Tristan Le Clainche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne‐laure Bulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofia Leo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Kadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/smsc.202300307⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (50), pp.e2404605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adma.202404605⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04510056v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04788875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engineering Radiocatalytic Nanoliposomes with Hydrophobic Gold Nanoclusters for Radiotherapy Enhancement</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of the In Vitro and In Vivo Behavior of a Series of NIR-II-Emitting Aza-BODIPYs Containing Different Water-Solubilizing Groups and Their Trastuzumab Antibody Conjugates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofia Leo</w:t>
+                <w:t xml:space="preserve">Elisa Chazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malika Kadri</w:t>
+                <w:t xml:space="preserve">Christol Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malorie Privat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Racoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adma.202404605⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 67 (5), pp.3679-3691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jmedchem.3c02139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04788875v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04757976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the In Vitro and In Vivo Behavior of a Series of NIR-II-Emitting Aza-BODIPYs Containing Different Water-Solubilizing Groups and Their Trastuzumab Antibody Conjugates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christol Fabre</w:t>
+                <w:t xml:space="preserve">Roles of zinc in cancers: From altered metabolism to therapeutic applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Bendellaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malorie Privat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amélie Godard</w:t>
+                <w:t xml:space="preserve">Pierre Lelièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cindy Racoeur</w:t>
+                <w:t xml:space="preserve">Aurélien Deniaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 67 (5), pp.3679-3691. </w:t>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 154 (1), pp.7-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jmedchem.3c02139⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ijc.34679⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04757976v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04205230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Al(III) and Ga(III) Bisphenolate Azadipyrromethene-Based &amp;quot;N(2)O(2)&amp;quot; Complexes as Efficient NIR-Fluorophores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Abad Galán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1442,90 +1442,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NIR-II Aza-BODIPY Dyes Bioconjugated to Monoclonal Antibody Trastuzumab for Selective Imaging of HER2-Positive Ovarian Cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghadir Kalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malorie Privat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bendellaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1576,51 +1576,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser-induced breakdown spectroscopy imaging for material and biomedical applications: recent advances and future perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gardette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1704,472 +1704,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03933204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipoprotein interactions with water-soluble NIR-II emitting aza-BODIPYs boost the fluorescence signal and favor selective tumor targeting</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabien Dalonneau</w:t>
+                <w:t xml:space="preserve">Succinimido–Ferrocidiphenol Complexed with Cyclodextrins Inhibits Glioblastoma Tumor Growth In Vitro and In Vivo without Noticeable Adverse Toxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feten Najlaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Busser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Sotoing Taïwe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Pigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Sturm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomaterials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d2bm01271e⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (14), pp.4651. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules27144651⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04253882v1</w:t>
+                <w:t xml:space="preserve">hal-03736856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Succinimido–Ferrocidiphenol Complexed with Cyclodextrins Inhibits Glioblastoma Tumor Growth In Vitro and In Vivo without Noticeable Adverse Toxicity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Sturm</w:t>
+                <w:t xml:space="preserve">Visualizing the cerebral distribution of chemical elements: a challenge met with LIBS elemental imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Busser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Bulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gardette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Elleaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pelascini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules27144651⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.109676. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jneumeth.2022.109676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03736856v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03726566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualizing the cerebral distribution of chemical elements: a challenge met with LIBS elemental imaging</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lipoprotein interactions with water-soluble NIR-II emitting aza-BODIPYs boost the fluorescence signal and favor selective tumor targeting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghadir Kalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Pelascini</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Bendellaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Dalonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.109676. </w:t>
+              <w:t xml:space="preserve">Biomaterials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (21), pp.6315-6325. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jneumeth.2022.109676⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d2bm01271e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03726566v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04253882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-infrared emitting fluorescent homobimetallic gold(I) complexes displaying promising in vitro and in vivo therapeutic properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Lescure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malorie Privat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Pliquett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2240,589 +2240,589 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03436249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iron Dysregulation in Human Cancer: Altered Metabolism, Biomarkers for Diagnosis, Prognosis, Monitoring and Rationale for Therapy</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Radiation Dose-Enhancement Is a Potent Radiotherapeutic Effect of Rare-Earth Composite Nanoscintillators in Preclinical Models of Glioblastoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Bulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mans Broekgaarden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Chaput</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Baisamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Garrevoet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cancers12123524⟩</w:t>
+              <w:t xml:space="preserve">Advanced Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (20), pp.2001675. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/advs.202001675⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03113973v1</w:t>
+                <w:t xml:space="preserve">hal-02939291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stapled peptide targeting the CDK4/Cyclin D interface combined with Abemaciclib inhibits KRAS mutant lung cancer growth</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Laconde</w:t>
+                <w:t xml:space="preserve">IMAGERIE LIBS : AUX PORTES DE LA CLINIQUE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Leprince</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Duponchel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Pellerano</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Diot</w:t>
+                <w:t xml:space="preserve">Vincent Bonneterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theranostics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7150/thno.40971⟩</w:t>
+              <w:t xml:space="preserve">Photoniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 103, pp.34-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/photon/202010334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02440284v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02941470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IMAGERIE LIBS : AUX PORTES DE LA CLINIQUE</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Duponchel</w:t>
+                <w:t xml:space="preserve">Iron Dysregulation in Human Cancer: Altered Metabolism, Biomarkers for Diagnosis, Prognosis, Monitoring and Rationale for Therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Deniaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Busser</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photoniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/photon/202010334⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (12), pp.3524. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers12123524⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02941470v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03113973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiation Dose-Enhancement Is a Potent Radiotherapeutic Effect of Rare-Earth Composite Nanoscintillators in Preclinical Models of Glioblastoma</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mans Broekgaarden</w:t>
+                <w:t xml:space="preserve">Stapled peptide targeting the CDK4/Cyclin D interface combined with Abemaciclib inhibits KRAS mutant lung cancer growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bouclier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fréderic Chaput</w:t>
+                <w:t xml:space="preserve">Guillaume Laconde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Baisamy</w:t>
+                <w:t xml:space="preserve">Morgan Pellerano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Garrevoet</w:t>
+                <w:t xml:space="preserve">Sebastien Diot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 7 (20), pp.2001675. </w:t>
+              <w:t xml:space="preserve">Theranostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (5), pp.2008-2028. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/advs.202001675⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7150/thno.40971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02939291v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02440284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water-Soluble Aza-BODIPYs: Biocompatible Organic Dyes for High Contrast In Vivo NIR-II Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghadir Kalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3031,291 +3031,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02998713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aza-BODIPY: A New Vector for Enhanced Theranostic Boron Neutron Capture Therapy Applications</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Multifaceted Roles of Copper in Cancer: A Trace Metal Element with Dysregulated Metabolism, but Also a Target or a Bullet for Therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lelièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Deniaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Busser</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9 (9), pp.1953. </w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (12), pp.3594. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cells9091953⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cancers12123594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02941457v1</w:t>
+                <w:t xml:space="preserve">hal-03113913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Multifaceted Roles of Copper in Cancer: A Trace Metal Element with Dysregulated Metabolism, but Also a Target or a Bullet for Therapy</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aza-BODIPY: A New Vector for Enhanced Theranostic Boron Neutron Capture Therapy Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghadir Kalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Busser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Pliquett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mans Broekgaarden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (12), pp.3594. </w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (9), pp.1953. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cancers12123594⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cells9091953⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03113913v1</w:t>
+                <w:t xml:space="preserve">inserm-02941457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gold nanoclusters as a contrast agent for image-guided surgery of head and neck tumors</w:t>
               </w:r>
@@ -3429,3377 +3429,3389 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02355599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’imagerie élémentaire par spectroscopie LIBS : De nouvelles applications en médecine</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laser-induced breakdown spectroscopy for human and animal health: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Gaudiuso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Melikechi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. A. Abdel-Salam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. A. Harith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Palleschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/medsci/2019132⟩</w:t>
+              <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 152, pp.123-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sab.2018.11.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02367671v1</w:t>
+                <w:t xml:space="preserve">hal-02285880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser-induced breakdown spectroscopy for human and animal health: A review</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’imagerie élémentaire par spectroscopie LIBS : De nouvelles applications en médecine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Leprince</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Busser</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (8-9), pp.682-688. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2019132⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sab.2018.11.006⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02285880v1</w:t>
+                <w:t xml:space="preserve">hal-02367671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of molecular analyzes by digital PCR for clinical practice: positioning, current applications and perspectives</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The pyrrolopyrimidine colchicine-binding site agent PP-13 reduces the metastatic dissemination of invasive cancer cells in vitro and in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Perrier</w:t>
+                <w:t xml:space="preserve">Pauline Gilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Nectoux</w:t>
+                <w:t xml:space="preserve">Morgane Couvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Jean Lamy</w:t>
+                <w:t xml:space="preserve">Laetitia Vanwonterghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Alary</w:t>
+                <w:t xml:space="preserve">Julien Vollaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 77 (6), pp.619-637. </w:t>
+              <w:t xml:space="preserve">Biochemical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 160, pp.1-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/abc.2019.1502⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bcp.2018.12.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02992696v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02347147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The pyrrolopyrimidine colchicine-binding site agent PP-13 reduces the metastatic dissemination of invasive cancer cells in vitro and in vivo</w:t>
+                <w:t xml:space="preserve">Development of molecular analyzes by digital PCR for clinical practice: positioning, current applications and perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Gilson</w:t>
+                <w:t xml:space="preserve">Jérôme Alexandre Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Couvet</w:t>
+                <w:t xml:space="preserve">Alexandre Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Vanwonterghem</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maxime Henry</w:t>
+                <w:t xml:space="preserve">Juliette Nectoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Vollaire</w:t>
+                <w:t xml:space="preserve">Pierre-Jean Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bcp.2018.12.004⟩</w:t>
+              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 77 (6), pp.619-637. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/abc.2019.1502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02347147v1</w:t>
+                <w:t xml:space="preserve">inserm-02992696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuclear translocation of IGF1R by intracellular amphiregulin contributes to the resistance of lung tumour cells to EGFR-TKI</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Guerard</w:t>
+                <w:t xml:space="preserve">Sarcoïdoses et fibroses pulmonaires idiopathiques : les analyses minéralogiques par imagerie LIBS et MEB orientent le diagnostic étiologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Robin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurence David-Boudet</w:t>
+                <w:t xml:space="preserve">Mickaël Catinon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Leprince</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pelascini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.canlet.2018.01.080⟩</w:t>
+              <w:t xml:space="preserve">Archives des Maladies Professionnelles et de L'Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 79 (3), pp.420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.admp.2018.03.475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02337427v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02062820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarcoïdoses et fibroses pulmonaires idiopathiques : les analyses minéralogiques par imagerie LIBS et MEB orientent le diagnostic étiologique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Coll</w:t>
+                <w:t xml:space="preserve">Development of digital PCR molecular tests for clinical practice: principles, practical implementation and recommendations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Alexandre Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Nectoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Rouillac Le Sciellour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Guermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives des Maladies Professionnelles et de L'Environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.admp.2018.03.475⟩</w:t>
+              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 76 (5), pp.505-523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/abc.2018.1372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02062820v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02353393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of digital PCR molecular tests for clinical practice: principles, practical implementation and recommendations.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Jean Lamy</w:t>
+                <w:t xml:space="preserve">Elemental imaging using laser-induced breakdown spectroscopy: A new and promising approach for biological and medical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Busser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Moncayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Rouillac Le Sciellour</w:t>
+                <w:t xml:space="preserve">J. L. Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Guermouche</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L. Sancey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 76 (5), pp.505-523. </w:t>
+              <w:t xml:space="preserve">Coordination Chemistry Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 358, pp.70-79. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/abc.2018.1372⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ccr.2017.12.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02353393v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anticancer properties of lipid and poly(ε-caprolactone) nanocapsules loaded with ferrocenyl-tamoxifen derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feten Najlaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Aroui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Pezet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Pharmacy and Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 70 (11), pp.1474-1484. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jphp.12998⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01861749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elemental imaging using laser-induced breakdown spectroscopy: A new and promising approach for biological and medical applications</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nuclear translocation of IGF1R by intracellular amphiregulin contributes to the resistance of lung tumour cells to EGFR-TKI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Moncayo</w:t>
+                <w:t xml:space="preserve">Marie Guerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. L. Coll</w:t>
+                <w:t xml:space="preserve">Thomas Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Sancey</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pascal Perron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Hatat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence David-Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coordination Chemistry Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ccr.2017.12.006⟩</w:t>
+              <w:t xml:space="preserve">Cancer Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 420, pp.146-155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.canlet.2018.01.080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02287419v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02337427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy of AKT Inhibitor ARQ 092 Compared with Sorafenib in a Cirrhotic Rat Model with Hepatocellular Carcinoma</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaël S. Roth</w:t>
+                <w:t xml:space="preserve">Plasma circulating tumor DNA levels for the monitoring of melanoma patients: landscape of available technologies and clinical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zuzana Jilkova</w:t>
+                <w:t xml:space="preserve">Julien Lupo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ayca Zeybek Kuyucu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ahmad Pour</w:t>
+                <w:t xml:space="preserve">Patrice Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Cancer Therapeutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1158/1535-7163.MCT-16-0602-T⟩</w:t>
+              <w:t xml:space="preserve">BioMed Research International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Part of Special Issue: Cancer Diagnostic and Predictive Biomarkers 2016, 2017, pp.5986129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2017/5986129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02333028v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02059900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of pyrrolopyrimidine derivative PP-13 as a novel microtubule-destabilizing agent with promising anticancer properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Gilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Josa-Prado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Beauvineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Josa-Prado</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Delphine Naud-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Vanwonterghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (1), pp.10209. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-017-09491-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-01599698v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma circulating tumor DNA levels for the monitoring of melanoma patients: landscape of available technologies and clinical applications</w:t>
+                <w:t xml:space="preserve">Characterization of foreign materials in paraffin-embedded pathological specimens using in situ multi-elemental imaging with laser spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Moncayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Trichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bonneterre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Lupo</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Patrice Faure</w:t>
+                <w:t xml:space="preserve">Nicole Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMed Research International </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2017/5986129⟩</w:t>
+              <w:t xml:space="preserve">Modern Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 31 (3), pp.378 - 384. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/modpathol.2017.152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02059900v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01927018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of foreign materials in paraffin-embedded pathological specimens using in situ multi-elemental imaging with laser spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Busser</w:t>
+                <w:t xml:space="preserve">Multi-elemental imaging of paraffin-embedded human samples by laser-induced breakdown spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Moncayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Trichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Moncayo</w:t>
+                <w:t xml:space="preserve">M. Sabatier-Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Trichard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicole Pinel</w:t>
+                <w:t xml:space="preserve">F. Pelascini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modern Pathology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 133, pp.40-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sab.2017.04.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/modpathol.2017.152⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01927018v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02317555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-elemental imaging of paraffin-embedded human samples by laser-induced breakdown spectroscopy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficacy of AKT Inhibitor ARQ 092 Compared with Sorafenib in a Cirrhotic Rat Model with Hepatocellular Carcinoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Trichard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Busser</w:t>
+                <w:t xml:space="preserve">Gaël S. Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Sabatier-Vincent</w:t>
+                <w:t xml:space="preserve">Zuzana Jilkova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Pelascini</w:t>
+                <w:t xml:space="preserve">Ayca Zeybek Kuyucu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keerthi Kurma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Pour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sab.2017.04.013⟩</w:t>
+              <w:t xml:space="preserve">Molecular Cancer Therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9, pp.2803. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/1535-7163.MCT-16-0602-T⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02317555v1</w:t>
+                <w:t xml:space="preserve">inserm-02333028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Imaging of Nanoparticle Distribution in Biological Tissue by Laser-Induced Breakdown Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Gimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Trichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Kulesza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. M. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6, pp.29936. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/srep29936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01405764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synergistic activity of vorinostat combined with gefitinib but not with sorafenib in mutant KRAS human non-small cell lung cancers and hepatocarcinoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Vanwonterghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Michallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sana Ferroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OncoTargets and Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 9, pp.6843-6855. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2147/OTT.S117743⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02347748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Recombinant Fungal Lectin for Labeling Truncated Glycans on Human Cancer Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Audfray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Beldjoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Breiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Hurbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Boos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 10 (6), pp.e0128190. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0128190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02349425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser spectrometry for multi-elemental imaging of biological tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Kotb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 4, pp.6065. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/srep06065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01071458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The PI3K/AKT pathway promotes gefitinib resistance in mutant KRAS lung adenocarcinoma by a deacetylase-dependent mechanism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Brambilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Wislez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 134 (11), pp.2560-2571. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ijc.28594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02349444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of COBAS 4800 KRAS, TaqMan PCR and High Resolution Melting PCR assays for the detection of KRAS somatic mutations in formalin-fixed paraffin embedded colorectal carcinomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Harlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Rouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Harter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virchows Archiv</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 462 (3), pp.329-335. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00428-013-1380-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00733883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The multiple roles of amphiregulin in human cancer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Brambilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Hurbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Cell Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 1816 (2), pp.119-131. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbcan.2011.05.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00602082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insulin-like growth factor-1 receptor inhibition overcomes gefitinib resistance in mucinous lung adenocarcinoma.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Hurbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Wislez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Tenaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 225 (1), pp.83-95. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/path.2897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00598462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amphiregulin promotes resistance to gefitinib in nonsmall cell lung cancer cells by regulating Ku70 acetylation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Josserand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Niang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saadi Khochbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 18 (3), pp.536-43. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/mt.2009.227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00425467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amphiregulin promotes BAX inhibition and resistance to gefitinib in non-small-cell lung cancers.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Josserand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Niang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie C. Favrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 18 (3), pp.528-35. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/mt.2009.226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00425468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The increasing role of amphiregulin in non-small cell lung cancer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Hurbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pathologie Biologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 57 (7-8), pp.511-2. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.patbio.2008.10.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00333661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6809,91 +6821,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper transport across cell membranes by calix[4]arene-based cationophores leading to potent biological activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Renier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianluca Weyckmans Mele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Boeckstaens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6905,51 +6917,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Roy Lavendomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05393679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6959,209 +6971,209 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NOUVEAUX FLUOROPHORES AZA-BODIPY ET LEURS UTILISATIONS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christol Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewen Bodio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : FR2512339. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05466084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calix[4]arenes with high anticancer activity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Deniaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7173,169 +7185,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Renier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2024/156819 A1. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05466064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de composés fluorophores de type aza-BODIPY comme agents de contraste dans l'infrarouge très lointain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Goze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewen Bodio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Busser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Pliquett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, N° de brevet: FR19315089.3. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05466100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7345,288 +7357,288 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unlocking the anticancer potential of calix[4]arene-based Cu(I) ionophores in vitro and in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Jabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the American-Association-for-Cancer-Research (AACR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, San Diego, Californie, United States. CANCER RESEARCH, 84 (6_Supplement), pp.4681., 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1158/1538-7445.AM2024-4681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04771974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discovery of phalbinib, a novel anticancer compound targeting copper homeostasis and inducing cell cycle arrest and autophagy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lelievre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Nogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Renier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Coll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Jabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual congress of the European Association for Cancer Research (EACR-2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Turin, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04959503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7636,146 +7648,146 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIBS imaging applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Motto-Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Moncayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Busser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Laser-Induced Breakdown Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.329-346, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-818829-3.00014-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03672496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7785,288 +7797,288 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser spectroscopy for in situ elemental imaging of lung tissue: a promising technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Moncayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Catinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Thivolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Respiratory Society International Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Milan, Italy. pp.2643, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1183/1393003.congress-2017.PA2643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02062828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new method for multi-elemental imaging and quantifications of biological tissues: laser spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Motto-Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Kotb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Busser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème journée scientifique du CLARA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01054222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8076,100 +8088,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IDENTIFICATION ET CARACTÉRISATION D'UN NOUVEAU MÉCANISME DE RÉSISTANCE AU GEFITINIB DANS LE CANCER DU POUMON NON-À PETITES CELLULES : ROLE DE L'AMPHIRÉGULINE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Busser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biologie cellulaire. Université Joseph-Fourier - Grenoble I, 2009. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00446892v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8179,105 +8191,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle de l'amphiréguline dans la résistance du cancer du poumon non-à petites cellules au gefitinib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Busser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences pharmaceutiques. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">dumas-01394344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId280"/>
+      <w:footerReference w:type="default" r:id="rId281"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8424,51 +8436,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513296v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Renier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Weyckmans Mele" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lelievre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Boeckstaens" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Lavendomme" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c15335" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04945753v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Schock Vaiani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mans Broekgaarden" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coll" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Sancey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Busser" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nr05371k" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280347v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Broche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kh&#233;mary Um" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vilgrain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mouret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Leccia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-025-03026-0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205230v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bendellaa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leli&#232;vre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Deniaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.34679" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552785v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor H.C. Ferreira" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gardette" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Ronsmans" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.4c00237" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739530v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Cave" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Godard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dalonneau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Sickinger" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.4c01435" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510056v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Leprince" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gat&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Cosnier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smsc.202300307" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04788875v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazareth Milagros Carigga Gutierrez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Le Clainche" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;laure Bulin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Leo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Kadri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202404605" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757976v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Chazeau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christol Fabre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malorie Privat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Racoeur" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.3c02139" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927565v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Abad Gal&#225;n" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rouillon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaymaa Al Shehimy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassima Tajani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c03918" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091996v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghadir Kalot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.3c00100" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03933204v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Motto-Ros" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Alvarez Llamas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duponchel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.2c04910" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253882v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2bm01271e" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736856v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feten Najlaoui" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Busser" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Sotoing Ta&#239;we" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pigeon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sturm" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27144651" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726566v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bulin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Elleaume" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pelascini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2022.109676" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436249v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lescure" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pliquett" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Massot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Baffroy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2021.113483" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113973v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12123524" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440284v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bouclier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Simon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Laconde" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Pellerano" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.40971" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941470v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonneterre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202010334" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939291v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Chaput" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Baisamy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Garrevoet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202001675" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941480v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Gu&#233;vel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.0c00175" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998713v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Gardette" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Sancey" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Leprince" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Genty" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941457v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9091953" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113913v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12123594" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355599v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Colomb&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Mart&#237;n-Serrano" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Henry" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Porret" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2019.04.014" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02367671v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2019132" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02285880v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gaudiuso" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Melikechi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. A. Abdel-Salam" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Harith" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Palleschi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2018.11.006" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02992696v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Alexandre Denis" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Perrier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Nectoux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Lamy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Alary" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2019.1502" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347147v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gilson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Couvet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vanwonterghem" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vollaire" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2018.12.004" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02337427v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guerard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Robin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Perron" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Hatat" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence David-Boudet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2018.01.080" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062820v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Catinon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2018.03.475" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02353393v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rouillac Le Sciellour" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guermouche" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2018.1372" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861749v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Aroui" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Pezet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jphp.12998" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287419v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Busser" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Moncayo" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Coll" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sancey" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2017.12.006" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4HN87DW9-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02333028v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l S. Roth" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Jilkova" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayca Zeybek Kuyucu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keerthi Kurma" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Pour" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1535-7163.MCT-16-0602-T" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01599698v2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Josa-Prado" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beauvineau" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naud-Martin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09491-9" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059900v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lupo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Faure" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/5986129" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927018v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Moncayo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Trichard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pinel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/modpathol.2017.152" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02317555v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Trichard" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sabatier-Vincent" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pelascini" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2017.04.013" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G9HPC5R1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405764v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gimenez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kulesza" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Laurent" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep29936" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347748v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Jeannot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michallet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Ferroudj" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/OTT.S117743" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349425v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Audfray" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Beldjoudi" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Breiman" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Hurbin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Boos" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0128190" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071458v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Busser" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Kotb" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Benoit" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep06065" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349444v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Brambilla" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Wislez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Robin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.28594" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733883v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Harl&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rouyer" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Harter" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Genin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00428-013-1380-x" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-03LRH3XN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00602082v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbcan.2011.05.003" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00598462v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Antoine" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Tenaud" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/path.2897" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/33636C15E2209D97F379BA57E3AA933CCEA4F7CB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00425467v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Josserand" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Niang" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saadi Khochbin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mt.2009.227" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00425468v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C. Favrot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mt.2009.226" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00333661v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patbio.2008.10.002" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393679v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466084v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Bodio" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466064v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466100v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Goze" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771974v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Nogier" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Jabin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.AM2024-4681" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959503v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672496v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Motto-Ros" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fabre" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-818829-3.00014-9" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062828v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Thivolet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/1393003.congress-2017.PA2643" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054222v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kotb" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lux" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00446892v2" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01394344v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513296v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Renier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Weyckmans Mele" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lelievre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Boeckstaens" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Lavendomme" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c15335" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04945753v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Schock Vaiani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mans Broekgaarden" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coll" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Sancey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Busser" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nr05371k" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280347v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Broche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kh&#233;mary Um" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vilgrain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mouret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Leccia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41416-025-03026-0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510056v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gardette" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Leprince" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gat&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Cosnier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smsc.202300307" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552785v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor H.C. Ferreira" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Ronsmans" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.4c00237" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739530v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bendellaa" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Cave" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Godard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dalonneau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Sickinger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.4c01435" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04788875v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazareth Milagros Carigga Gutierrez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Le Clainche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;laure Bulin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Leo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Kadri" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202404605" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757976v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Chazeau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christol Fabre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malorie Privat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Racoeur" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.3c02139" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205230v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leli&#232;vre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Deniaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.34679" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927565v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Abad Gal&#225;n" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rouillon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaymaa Al Shehimy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassima Tajani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c03918" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091996v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghadir Kalot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.3c00100" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03933204v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Motto-Ros" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Alvarez Llamas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duponchel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.2c04910" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736856v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feten Najlaoui" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Busser" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Sotoing Ta&#239;we" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pigeon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sturm" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27144651" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726566v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bulin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Elleaume" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pelascini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2022.109676" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253882v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2bm01271e" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436249v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lescure" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pliquett" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Massot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Baffroy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2021.113483" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939291v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Chaput" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Baisamy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Garrevoet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202001675" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941470v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonneterre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202010334" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113973v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12123524" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440284v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bouclier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Simon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Laconde" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Pellerano" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.40971" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941480v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Gu&#233;vel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.0c00175" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998713v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Gardette" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Sancey" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Leprince" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Genty" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113913v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12123594" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02941457v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9091953" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355599v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Colomb&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Mart&#237;n-Serrano" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Henry" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Porret" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2019.04.014" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02285880v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gaudiuso" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Melikechi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. A. Abdel-Salam" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Harith" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Palleschi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2018.11.006" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZVKPMDQ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02367671v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2019132" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347147v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gilson" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Couvet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Vanwonterghem" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vollaire" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2018.12.004" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02992696v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Alexandre Denis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Perrier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Nectoux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Lamy" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Alary" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2019.1502" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062820v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Catinon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2018.03.475" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02353393v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rouillac Le Sciellour" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guermouche" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2018.1372" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287419v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Busser" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Moncayo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Coll" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sancey" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2017.12.006" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4HN87DW9-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861749v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Aroui" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Pezet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jphp.12998" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02337427v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guerard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Robin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Perron" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Hatat" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence David-Boudet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2018.01.080" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059900v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lupo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Faure" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/5986129" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01599698v2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Josa-Prado" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beauvineau" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naud-Martin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09491-9" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927018v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Moncayo" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Trichard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pinel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/modpathol.2017.152" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02317555v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Trichard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sabatier-Vincent" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pelascini" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2017.04.013" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G9HPC5R1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02333028v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l S. Roth" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Jilkova" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayca Zeybek Kuyucu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keerthi Kurma" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Pour" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1535-7163.MCT-16-0602-T" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405764v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gimenez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kulesza" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Laurent" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep29936" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347748v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Jeannot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michallet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Ferroudj" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/OTT.S117743" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349425v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Audfray" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Beldjoudi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Breiman" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Hurbin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Boos" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0128190" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071458v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Busser" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Kotb" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Benoit" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep06065" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349444v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Brambilla" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Wislez" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Robin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.28594" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733883v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Harl&#233;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rouyer" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Harter" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Genin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00428-013-1380-x" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-03LRH3XN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00602082v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbcan.2011.05.003" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00598462v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Antoine" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Tenaud" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/path.2897" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/33636C15E2209D97F379BA57E3AA933CCEA4F7CB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00425467v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Josserand" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Niang" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saadi Khochbin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mt.2009.227" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00425468v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C. Favrot" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mt.2009.226" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00333661v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patbio.2008.10.002" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393679v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466084v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewen Bodio" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466064v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466100v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Goze" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771974v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Nogier" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Jabin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.AM2024-4681" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959503v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672496v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Motto-Ros" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fabre" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-818829-3.00014-9" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062828v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Thivolet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/1393003.congress-2017.PA2643" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054222v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kotb" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lux" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00446892v2" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01394344v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>