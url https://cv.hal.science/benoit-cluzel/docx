--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Benoit Cluzel </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">benoit-cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8466-3001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">165873906</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (66)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High‐Endurance and Energy‐Efficient All‐Optical Programming of Scalable Silicon Waveguides with Integrated Phase‐Change Material Patches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajath Sawant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Albanese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rogemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregorio Gonzalez-Cortes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Brûlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (25), pp.e00775. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adom.202500775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized Heterodyne Interferometry in Kerr Materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rogemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajath Sawant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Photonics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.2500020. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adpr.202500020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Properties of GeSe 1 −x Te x Chalcogenide Materials Promising for on‐Chip Low and Ultra‐Low Loss Reconfigurable Photonics and Nonlinear Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Albanese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Tomelleri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Dory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Licitra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18, pp.2400129. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssr.202400129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04610763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gold Nanorod Growth and Etching Activated by Femtosecond Irradiation and Surface Plasmon Resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adem Dahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rogemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Brûlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Labbez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chassagnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 128 (7), pp.3074-3081. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcc.3c08272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04800026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graded flat lens with negative index for silicon photonics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Yue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Lupu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 124, pp.241102-1 : 241102-6. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0195652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04783830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bourgogne-Franche-Comté : un terroir fertile pour l’innovation en Optique et en Photonique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Courvoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photoniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 129, pp.21-24. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/photon/202412921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microfibre pulling and coupling to whispering-gallery mode resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photoniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 122, pp.36-40. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/photon/202312236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin of the Unusual High Optical Nonlinearities Observed in Glassy Chalcogenides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Dory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ibnoussina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐yves Raty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthonin Verdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 (24), pp.2301154. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adom.202301154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frustrated total internal reflection: the Newton experiment revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique de Fornel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photoniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 116, pp.32-37. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/photon/202211632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation and Control of Coherent Terahertz Phonons in Silicon Metasurfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Brûlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (19), </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adom.202200357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Superlocalization reveals long-range synchronization of vibrating soliton molecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hamdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Colman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 128 (21), pp.213902. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.128.213902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03872036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Plug-and-play’ plasmonic metafibers for ultrafast fibre lasers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huiru Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiren Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fengjiang Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Light: Advanced Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37188/lam.2022.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ge–Sb–S–Se–Te amorphous chalcogenide thin films towards on-chip nonlinear photonic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Dory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Castro-Chavarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Verdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.11894. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-67377-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02903381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2D Waveguided Bessel Beam Generated Using Integrated Metasurface-Based Plasmonic Axicon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yulong Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Lupu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (18), pp.21114-21119. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsami.0c03420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03017167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seven at One Blow: Particle Cluster Stability in a Single Plasmonic Trap on a Silicon Waveguide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Magno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Ecarnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7 (8), pp.1942-1949. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.0c00637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04035611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterodyne interferometry applied to the characterization of nonlinear integrated waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ibnoussina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Dory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Colman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 45 (18), pp.5053. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.399512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02931669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saturable plasmonic metasurfaces for laser mode locking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyong Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Demichel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiqiang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davi Rego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Light: Science and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41377-020-0291-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03025720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delocalized Hot Electron Generation with Propagative Surface Plasmon Polaritons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Juliano Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Agreda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Weeber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (6), pp.1500-1505. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.9b00245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Distribution of the Nonlinear Photoluminescence in Au Nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Agreda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deepak Sharma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sviatlana Viarbitskaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (5), pp.1240-1247. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.9b00181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02355567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical tweezing using tunable optical lattices along a few-mode silicon waveguide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tardif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lab on a Chip</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (12), pp.1750-1757. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8lc00298c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01988796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon-microring into a fiber laser cavity for high-repetition-rate pulse train generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisterhans Maiwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foued Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Demichel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanian Reports in Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 70 (1), pp.405</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01989037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced engineering of single-crystal gold nanoantennas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Méjard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Verdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Demichel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Markey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (4), pp.1157. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OME.7.001157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revealing a Mode Interplay That Controls Second-Harmonic Radiation in Gold Nanoantennas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Butet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel D. Bernasconi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bouhelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chen Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4 (11), pp.2923-2929. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.7b01027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-Resolved Hot-Carrier Relaxation Dynamics in Monocrystalline Plasmonic Nanoantennas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Méjard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthonin Verdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bouhelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3 (8), pp.1482-1488. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.6b00033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower bound for the spatial extent of localized modes in photonic-crystal waveguides with small random imperfections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Faggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaorun Zang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Schulz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.27037. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep27037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01325080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-order modes in cavity-resonator-integrated guided-mode resonance filters (CRIGFs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Laberdesque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gauthier-Lafaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Camon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Monmayrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 32 (11), pp.1973-1981. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAA.32.001973⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01929785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optofluidic Near-Field Optical Microscopy: Near-Field Mapping of a Silicon Nanocavity Using Trapped Microbeads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2 (10), pp.1410-1415. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.5b00353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optofluidic taming of a colloidal dimer with a silicon nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 105 (17), pp.171108. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4900925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of two-dimensional plasmonic bottle beams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Genevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. She</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (8), </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.21.010295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogenization limit in a graded photonic crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. L. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. van Do</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Formel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 88, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.88.125138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On chip shapeable optical tweezers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3, pp.2290. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep02290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization beam splitting using a birefringent graded photonic crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. V. Do</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. L. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Formel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 38 (4), </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.38.000459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersion engineering for multifunctional photonic crystal based nanophotonic devices at infrared wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hofman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kadic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Mélique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nanomedicine &amp; Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, 1000185, 6 p. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4172/2157-7439.1000185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00939049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photo-thermal modulation of surface plasmon polariton propagation at telecommunication wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serkan Kaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Weeber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Zacharatos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bernardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21, pp.22269. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.21.022269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00911957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photonic crystal carpet: Manipulating wave fronts in the near field at 1.55 μm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Hofman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muamer Kadic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.M. Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 88 (115110), </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.88.115110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosine-gauss plasmon beam : A localized long-range nondiffracting surface wave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Genevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Formel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 109, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.22.013541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assembly of microparticles by optical trapping with a photonic crystal nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Honegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 100, pp.101103. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3692104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00760312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperspectral optical near-field imaging: Looking graded photonic crystals and photonic metamaterials in color</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do-K. Van</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique de Fornel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 101 (14), pp.141108. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4756902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00761621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosine-Gauss Plasmon Beam: A Localized Long-Range Nondiffracting Surface Wave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Genevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique de Fornel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 109, pp.093904. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.093904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00750057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Far-Field Optical Control of a Movable Subdiffraction Light Grid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cattoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmeran Le Moal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Talneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 109, pp.187404. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.187404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00761622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of dimensional fluctuations on the optical coupling between nanobeam twin cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 85 (23), pp.235454. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.85.235454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraordinary tuning of a nanocavity by a near-field probe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Velha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics and Nanostructures - Fundamentals and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9 (3), pp.269-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00634170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addressable sub-wavelength grids of confined light in a multi-slotted nanoresonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, VOL 98 (N°8), pp.VOL 98 N°8 21 Fev 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addressable subwavelength grids of confined light in a multislotted nanoresonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 98 (8), </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3555489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05254573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nearfield observation of beam steering in a photonic crystal superprism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. L. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lulu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 36 (7), </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.36.001074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discontinuity induced angular distribution of photon plasmon coupling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brissinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Lereu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 19 (18), pp.17750-17757. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.19.017750⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00695997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical near field interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Fornel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc SPIE Photonic crystal materials and devices VIII Book Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 7608, pp.760813. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.846771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NEAR-FIELD CHARACTERIZATION OF GLASS MICROFIBERS ON A LOW-INDEX SUBSTRATE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Vienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Formel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, - (-)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interface engineering for improved light transmittance through photonic crystal flat lenses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Hofman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gralak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Melique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 97 (7), pp.071119. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3473760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00548691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An air-slotted nanoresonator relying on coupled high Q small V Fabry-Perot nanocavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 94, pp.Issue: 25 Article Number: 251111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00455414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field control of optical bistability in a nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brissinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 80, pp.033103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-manipulation of confined electromagnetic fields with a near-field probe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 9 (1), pp.24-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A near-field actuated optical nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 16 (1), pp.279-286. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.16.000279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00669767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subwavelength imaging of light confinement in high-Q/small-V photonic crystal nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Fornel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Velha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lalanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 92 (11), pp.111111. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2890051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00394794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real space observation of two-dimensional Bloch wave interferences in a negative index photonic crystal cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent J. Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Seassal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 78 (23), </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.78.235304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02058591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field modal microscopy of subwavelength light confinement in multimode silicon slot waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.93-25, (2008) 251103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00394797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Near-Field Microscopy of Light Focusing through a Photonic Crystal Flat Lens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Mélique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Lippens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 101 (7), pp.073901. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.101.073901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03748367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiative and Nonradiative Photokinetics Alteration Inside a Single Metallic Nanometric Aperture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Dintinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-L. Fehrembach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 111 (30), pp.11469-11474. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp0726135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00167844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field interactions between a subwavelength tip and a small-volume photonic-crystal nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Velha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 76 (4), pp.041102. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.76.041102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00384580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality factor control of Si-based two-dimensional photonic crystals with a Bragg mirror</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pauc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Boucaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 88 (9), pp.091122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-mode room-temperature emission with a silicon rod lattice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Noe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 89 (20), pp.201111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field spectroscopy of low-loss waveguide integrated microcavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 88 (5), pp.051112. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2170141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanobox array for silicon-on-insulator luminescence enhancement at room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pauc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hadji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 88 (13), pp.133120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subwavelength imaging of field confinement in a waveguide-integrated photonic crystal cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique de Fornel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 98, pp.086109. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2115090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental demonstration of Bloch mode parity change in photonic crystal waveguide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 85, pp.2682. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.1795370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Ge content Si / SiGe heterostructures for microelectronics and optoelectronics purposes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Bogumilowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Hartmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Damlencourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Vandelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abbadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings - Electrochemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7, pp.665-679</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01736107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperuniform versus Poisson Distributions in Random Metasurfaces at Infrared Wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Lheurette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman Buisine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vanbesien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dereudre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Burgnies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Congress on Artificial Materials for Novel Wave Phenomena, Metamaterials 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Crète, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04373710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NEUROPULS: NEUROmorphic energy-efficient secure accelerators based on Phase change materials aUgmented siLicon photonicS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Pavanello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian O'Connor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Orobtchouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mandorlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ETS 2023 - IEEE European Test Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2023, Venise, Italy. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2305.03139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04103942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterodyne detection applied to the characterization of nonlinear integrated waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ibnoussina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Dory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Colman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO/Europe-EQEC 2021 - Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, France. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC52157.2021.9542742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04907770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable particle clusters trapped and assembled using a plasmonic nanotweezer integrated on a silicon waveguide,” oral (on-line) presentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Magno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Ecarnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">81st JSAP Autumn Meeting, JSAP-OSA Joint Symposia 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, On-line, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-range synchronization of soliton molecules in fiber ring laser cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hamdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Colman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Conference on Lasers and Electro-Optics (CLEO 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Washington, DC, United States. pp.STh3P.5, </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2020.STh3P.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03089663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field imaging of octave-spanning supercontinua generation in silicon nitride waveguides (Conference Presentation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïwen Meisterhans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Dory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanophotonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Strasbourg, France. pp.21, </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2306377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01993604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single bacteria identification on SOI microcavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tardif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS 4th Conference on Optofluidics (WPC2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01930114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-chip photonic tweezers for photonics, microfluidics, and biology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takashige Omatsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Tardif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Technologies and Applications of Structured Light</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Yokohama, Japan. pp.1025212, </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2275013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01929945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ternary and quaternary Ge-S-Se-Sb-Te amorphous chalcogenide thin films for mid-infrared applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Dory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Castro-Chavarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sabbione</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 Conference on Lasers and Electro-Optics Europe (CLEO/Europe) &amp; European Quantum Electronics Conference (EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Munich, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01989799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information processing systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Maillotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strategic Board Meeting of Laboratory of Excellence ACTION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation and properties of localized modes near photonic band edges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Faggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaorun Zang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Vynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Complex Nanophotonics Science Camp</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Cumberland Lodge, Windsor Great Park, Berkshire, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01185931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Order modes in Cavity Resonator Integrated Guided mode resonance Filters (CRIGFs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Laberdesque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gauthier-Lafaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Camon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Monmayrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO-EQEC 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodal reflectivity of CRIGF filters: First experimental observation and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Laberdesque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Monmayrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Camon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlene Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Demichel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Transparent Optical Networks (ICTON 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Budapest, Hungary. 4p., </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTON.2015.7193466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-cavités optiques dans les guides à modes lents : rôle de la masse effective des photons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Faggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaorun Zang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Vynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SFO - Optique Bretagne 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01174838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude en champ proche optique du tapis d'invisibilité de Li/Pendry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hofman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kadic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.M. Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assemblée Générale du GdR Ondes 2451 " Interférences d'ondes "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Dijon, France. papier A40, 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00879918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanocolloid motion control by optical nanobeam cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2th EOS Optofluidics (EOSOF) 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon Based Optofluidic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Fornel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 34th PIERS international symposium "Progress In Electromagnetics Research Symposium"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, stochkolm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using photonic crystal nanocavities as near-field optical tweezers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12 th NFO International conference on Near Field optics and Nanophotonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, San-Sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersion engineering for photonic crystal based nanophotonic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Hofman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Mélique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Lippens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vanbésien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">META'12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00761544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field interactions between a photonic crystal nanocavity and a near-field probe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS European Optical Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, aberdeen, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On chip optical tweezers like: trapping and assembly of nanoparticles into an optofluidic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMRS - Spring Meeting Symposium N: Control of the light at the Nanoscale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling photonic crystal nanocavities in optical near-field field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS European Optical Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, aberdeen, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assemblage réversible par forces optiques de nanoparticules dans un système optofluidique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"GDR ONDES Journées GT2 Micro, nano-structures et dispositifs de l'optique au microondes"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical trapping and assembly of particles by a nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Europe Photonic Europe- Photonic Crystals : Material and Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using photonic crystal nanocavities as nearfield optical tweezers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS European Optical Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, aberdeen, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interface engineering for improved light transmittance through photonic crystal flat lenses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hofman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gralak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Melique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXX General Assembly and Scientific Symposium of International Union of Radio Science, URSI GASS 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Istanbul, Turkey. paper D07.7, 1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field control of optical bistability in a nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brissinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélin Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO 2009, paper CK2.4 MON, Conference on Lasers and Electro-Optics Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Munich, Germany. pp.//</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et caractéristion optique de la réfraction négative dans les cristaux photoniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hofman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Melique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lippens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assemblée Générale du GDR Interférences d'Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.286-287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong light confinement in ultra high Q air-slot coupled SOI nanocavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Fornel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PECS VIII The 8th International Photonic &amp; Electromagnetic Crystal Structures Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00396877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photonic crystal based subwavelength imaging and cloaking optical devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vanbesien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Melique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Progress in Electromagnetics Research Symposium, PIERS 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Beijing, China. </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2529/PIERS080901034751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00575687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evanescent coupling of confined electromagnetic fields between two nanocavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10thNFO International Conference on Near-Field Optics Nanophotonics and related Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, BUENOS AIRES, Argentina</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00396871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subwavelength mapping of light confinement in silicon slot waveguide devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10thNFO International Conference on Near-Field Optics Nanophotonics and related Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, BUENOS AIRES, Argentina</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00396870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of a flat lens focusing in a 2D photonic crystal at optical wavelength</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Melique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lippens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 Conference on Lasers and Electro-Optics (CLEO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, San Jose, United States. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO.2008.4551615⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03748379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SNOM study of light confinement in silicon slot waveguides/microcavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1th Trans'Alp Nano The first transalpine conference on Nanoscience and Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SNOM Imaging of light confinement in silicon slot waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS European Optical Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NSOM Observations of highly confined modes in silicon slot waveguide devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMRS – Spring Meeting Symposium C: Frontiers in silicon-based photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00396873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification de l'altération de la photocinétique moléculaire induite par une nano-ouverture individuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Dintinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Popov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Grenoble 2007 - Horizons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00160415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single nanometric apertures to enhance single molecule fluorescence analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Dintinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPP3 Third International Conference on Surface Plasmon Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00160411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photonics at nanometer scale: tracking light in high Q low V nanocavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TNT Trends in Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00395895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanotrous métalliques pour exalter l'émission de florescence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Dintinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées GT2 du GDR Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00132753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical emission in a single subwavelength aperture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Dintinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Popov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS Annual Meeting 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00104149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescence correlation spectroscopy in a sub-wavelength aperture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Rigneault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-F. Lenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Dintinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS Topical meeting on Molecular Plasmonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Engelberg, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancement of single molecule fluorescence in subwavelength apertures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Dintinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-F. Lenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion thématique GT2 du GdR Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00122225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon on insulator photonic bandgap structures for future microphotonic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Sotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Zelsmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2004, Strasbourg, France. pp.292-299</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00273887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Far- and near-field characterization of a photonic-crystal-based microcavity on silicon-on-insulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard de La Rue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Viktorovitch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Strasbourg, France. pp.353</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bloch mode coupling investigation in silicon-on-insulator W1 photonic crystal waveguide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Strasbourg, France. pp.344</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Superlocalization reveals long-range synchronization of vibrating soliton molecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hamdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Colman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cavity Resonator Integrated Guided mode resonance Filter : Spectral & Modal Reflector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Laberdesque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gauthier-Lafaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Camon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Monmayrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Topical Meeting on Nanophotonics and Metamaterials (NANOMETA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Seefeld, Austria. 48, pp.1619 - 1621, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01931258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId385"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Benoit Cluzel </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">benoit-cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8466-3001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">165873906</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (66)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized Heterodyne Interferometry in Kerr Materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rogemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajath Sawant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Photonics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.2500020. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adpr.202500020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High‐Endurance and Energy‐Efficient All‐Optical Programming of Scalable Silicon Waveguides with Integrated Phase‐Change Material Patches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajath Sawant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Albanese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rogemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregorio Gonzalez-Cortes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Brûlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (25), pp.e00775. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adom.202500775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graded flat lens with negative index for silicon photonics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Yue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Lupu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 124, pp.241102-1 : 241102-6. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0195652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04783830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bourgogne-Franche-Comté : un terroir fertile pour l’innovation en Optique et en Photonique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Courvoisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photoniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 129, pp.21-24. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/photon/202412921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Properties of GeSe 1 −x Te x Chalcogenide Materials Promising for on‐Chip Low and Ultra‐Low Loss Reconfigurable Photonics and Nonlinear Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Albanese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Tomelleri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lara Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Dory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Licitra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18, pp.2400129. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssr.202400129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04610763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gold Nanorod Growth and Etching Activated by Femtosecond Irradiation and Surface Plasmon Resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adem Dahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rogemont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Brûlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Labbez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chassagnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 128 (7), pp.3074-3081. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcc.3c08272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04800026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microfibre pulling and coupling to whispering-gallery mode resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photoniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 122, pp.36-40. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/photon/202312236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04314961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin of the Unusual High Optical Nonlinearities Observed in Glassy Chalcogenides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Dory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ibnoussina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐yves Raty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthonin Verdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 (24), pp.2301154. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adom.202301154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation and Control of Coherent Terahertz Phonons in Silicon Metasurfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Brûlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Hertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (19), </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adom.202200357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04931798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Superlocalization reveals long-range synchronization of vibrating soliton molecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hamdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Colman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 128 (21), pp.213902. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.128.213902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03872036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Plug-and-play’ plasmonic metafibers for ultrafast fibre lasers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huiru Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiren Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fengjiang Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Light: Advanced Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37188/lam.2022.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frustrated total internal reflection: the Newton experiment revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique de Fornel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photoniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 116, pp.32-37. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/photon/202211632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03866809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ge–Sb–S–Se–Te amorphous chalcogenide thin films towards on-chip nonlinear photonic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Dory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Castro-Chavarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Verdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.11894. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-020-67377-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02903381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2D Waveguided Bessel Beam Generated Using Integrated Metasurface-Based Plasmonic Axicon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yulong Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Lupu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (18), pp.21114-21119. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsami.0c03420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03017167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seven at One Blow: Particle Cluster Stability in a Single Plasmonic Trap on a Silicon Waveguide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Magno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Ecarnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7 (8), pp.1942-1949. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.0c00637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04035611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saturable plasmonic metasurfaces for laser mode locking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyong Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Demichel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiqiang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davi Rego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Light: Science and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41377-020-0291-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03025720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterodyne interferometry applied to the characterization of nonlinear integrated waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ibnoussina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Dory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Colman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 45 (18), pp.5053. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.399512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02931669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delocalized Hot Electron Generation with Propagative Surface Plasmon Polaritons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Juliano Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Agreda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Weeber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (6), pp.1500-1505. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.9b00245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Distribution of the Nonlinear Photoluminescence in Au Nanowires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Agreda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deepak Sharma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sviatlana Viarbitskaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (5), pp.1240-1247. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.9b00181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02355567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical tweezing using tunable optical lattices along a few-mode silicon waveguide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tardif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lab on a Chip</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (12), pp.1750-1757. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8lc00298c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01988796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon-microring into a fiber laser cavity for high-repetition-rate pulse train generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisterhans Maiwen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foued Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Demichel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanian Reports in Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 70 (1), pp.405</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01989037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced engineering of single-crystal gold nanoantennas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Méjard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Verdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Demichel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Markey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (4), pp.1157. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OME.7.001157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revealing a Mode Interplay That Controls Second-Harmonic Radiation in Gold Nanoantennas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Butet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel D. Bernasconi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bouhelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chen Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4 (11), pp.2923-2929. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.7b01027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-Resolved Hot-Carrier Relaxation Dynamics in Monocrystalline Plasmonic Nanoantennas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Méjard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthonin Verdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bouhelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3 (8), pp.1482-1488. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.6b00033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower bound for the spatial extent of localized modes in photonic-crystal waveguides with small random imperfections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Faggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaorun Zang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Schulz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.27037. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep27037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01325080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-order modes in cavity-resonator-integrated guided-mode resonance filters (CRIGFs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Laberdesque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gauthier-Lafaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Camon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Monmayrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 32 (11), pp.1973-1981. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAA.32.001973⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01929785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optofluidic Near-Field Optical Microscopy: Near-Field Mapping of a Silicon Nanocavity Using Trapped Microbeads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2 (10), pp.1410-1415. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.5b00353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optofluidic taming of a colloidal dimer with a silicon nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 105 (17), pp.171108. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4900925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On chip shapeable optical tweezers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3, pp.2290. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep02290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization beam splitting using a birefringent graded photonic crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. V. Do</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. L. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Formel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 38 (4), </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.38.000459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersion engineering for multifunctional photonic crystal based nanophotonic devices at infrared wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hofman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kadic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Mélique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nanomedicine &amp; Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, 1000185, 6 p. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4172/2157-7439.1000185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00939049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photo-thermal modulation of surface plasmon polariton propagation at telecommunication wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serkan Kaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Weeber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Zacharatos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bernardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21, pp.22269. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.21.022269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00911957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photonic crystal carpet: Manipulating wave fronts in the near field at 1.55 μm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Hofman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muamer Kadic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.M. Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 88 (115110), </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.88.115110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogenization limit in a graded photonic crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. L. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. van Do</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Formel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 88, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.88.125138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of two-dimensional plasmonic bottle beams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Genevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. She</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (8), </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.21.010295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosine-Gauss Plasmon Beam: A Localized Long-Range Nondiffracting Surface Wave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiao Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Genevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique de Fornel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 109, pp.093904. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.093904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00750057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperspectral optical near-field imaging: Looking graded photonic crystals and photonic metamaterials in color</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do-K. Van</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique de Fornel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 101 (14), pp.141108. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4756902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00761621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosine-gauss plasmon beam : A localized long-range nondiffracting surface wave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Genevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Formel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 109, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.22.013541⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assembly of microparticles by optical trapping with a photonic crystal nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Honegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 100, pp.101103. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3692104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00760312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Far-Field Optical Control of a Movable Subdiffraction Light Grid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cattoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmeran Le Moal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Talneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 109, pp.187404. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.187404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00761622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of dimensional fluctuations on the optical coupling between nanobeam twin cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 85 (23), pp.235454. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.85.235454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addressable subwavelength grids of confined light in a multislotted nanoresonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 98 (8), </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3555489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05254573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addressable sub-wavelength grids of confined light in a multi-slotted nanoresonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, VOL 98 (N°8), pp.VOL 98 N°8 21 Fev 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraordinary tuning of a nanocavity by a near-field probe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Velha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics and Nanostructures - Fundamentals and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9 (3), pp.269-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00634170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nearfield observation of beam steering in a photonic crystal superprism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Bernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. L. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lulu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 36 (7), </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.36.001074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discontinuity induced angular distribution of photon plasmon coupling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brissinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Lereu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 19 (18), pp.17750-17757. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.19.017750⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00695997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical near field interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Fornel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proc SPIE Photonic crystal materials and devices VIII Book Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 7608, pp.760813. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.846771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00623552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interface engineering for improved light transmittance through photonic crystal flat lenses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Hofman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gralak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Melique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 97 (7), pp.071119. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3473760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00548691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NEAR-FIELD CHARACTERIZATION OF GLASS MICROFIBERS ON A LOW-INDEX SUBSTRATE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Vienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Formel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, - (-)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field control of optical bistability in a nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brissinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 80, pp.033103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An air-slotted nanoresonator relying on coupled high Q small V Fabry-Perot nanocavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 94, pp.Issue: 25 Article Number: 251111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00455414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real space observation of two-dimensional Bloch wave interferences in a negative index photonic crystal cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent J. Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Seassal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 78 (23), </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.78.235304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02058591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subwavelength imaging of light confinement in high-Q/small-V photonic crystal nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Fornel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Velha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lalanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 92 (11), pp.111111. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2890051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00394794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A near-field actuated optical nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 16 (1), pp.279-286. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.16.000279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00669767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field modal microscopy of subwavelength light confinement in multimode silicon slot waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.93-25, (2008) 251103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00394797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Near-Field Microscopy of Light Focusing through a Photonic Crystal Flat Lens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Mélique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Lippens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 101 (7), pp.073901. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.101.073901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03748367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-manipulation of confined electromagnetic fields with a near-field probe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 9 (1), pp.24-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiative and Nonradiative Photokinetics Alteration Inside a Single Metallic Nanometric Aperture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Dintinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-L. Fehrembach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 111 (30), pp.11469-11474. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp0726135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00167844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field interactions between a subwavelength tip and a small-volume photonic-crystal nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Velha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 76 (4), pp.041102. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.76.041102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00384580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field spectroscopy of low-loss waveguide integrated microcavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 88 (5), pp.051112. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2170141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality factor control of Si-based two-dimensional photonic crystals with a Bragg mirror</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pauc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Boucaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 88 (9), pp.091122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-mode room-temperature emission with a silicon rod lattice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Noe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 89 (20), pp.201111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanobox array for silicon-on-insulator luminescence enhancement at room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Pauc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hadji</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 88 (13), pp.133120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subwavelength imaging of field confinement in a waveguide-integrated photonic crystal cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique de Fornel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 98, pp.086109. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2115090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental demonstration of Bloch mode parity change in photonic crystal waveguide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 85, pp.2682. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.1795370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Ge content Si / SiGe heterostructures for microelectronics and optoelectronics purposes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Bogumilowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Hartmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Damlencourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Vandelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abbadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings - Electrochemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7, pp.665-679</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01736107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NEUROPULS: NEUROmorphic energy-efficient secure accelerators based on Phase change materials aUgmented siLicon photonicS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Pavanello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian O'Connor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Orobtchouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mandorlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ETS 2023 - IEEE European Test Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2023, Venise, Italy. </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2305.03139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04103942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperuniform versus Poisson Distributions in Random Metasurfaces at Infrared Wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Lheurette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman Buisine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vanbesien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dereudre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Burgnies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Congress on Artificial Materials for Novel Wave Phenomena, Metamaterials 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Crète, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04373710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterodyne detection applied to the characterization of nonlinear integrated waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Ibnoussina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Dory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Colman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO/Europe-EQEC 2021 - Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, France. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC52157.2021.9542742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04907770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-range synchronization of soliton molecules in fiber ring laser cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Hamdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Colman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Conference on Lasers and Electro-Optics (CLEO 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Washington, DC, United States. pp.STh3P.5, </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2020.STh3P.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03089663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable particle clusters trapped and assembled using a plasmonic nanotweezer integrated on a silicon waveguide,” oral (on-line) presentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Magno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Ecarnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">81st JSAP Autumn Meeting, JSAP-OSA Joint Symposia 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, On-line, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field imaging of octave-spanning supercontinua generation in silicon nitride waveguides (Conference Presentation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïwen Meisterhans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Dory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanophotonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Strasbourg, France. pp.21, </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2306377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01993604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single bacteria identification on SOI microcavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Tardif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS 4th Conference on Optofluidics (WPC2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01930114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-chip photonic tweezers for photonics, microfluidics, and biology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takashige Omatsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Tardif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Technologies and Applications of Structured Light</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Yokohama, Japan. pp.1025212, </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2275013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01929945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ternary and quaternary Ge-S-Se-Sb-Te amorphous chalcogenide thin films for mid-infrared applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Dory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Castro-Chavarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Jager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sabbione</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 Conference on Lasers and Electro-Optics Europe (CLEO/Europe) &amp; European Quantum Electronics Conference (EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Munich, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01989799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information processing systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Maillotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strategic Board Meeting of Laboratory of Excellence ACTION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Order modes in Cavity Resonator Integrated Guided mode resonance Filters (CRIGFs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Laberdesque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gauthier-Lafaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Camon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Monmayrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO-EQEC 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodal reflectivity of CRIGF filters: First experimental observation and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Laberdesque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Monmayrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Camon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlene Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Demichel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Transparent Optical Networks (ICTON 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Budapest, Hungary. 4p., </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTON.2015.7193466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-cavités optiques dans les guides à modes lents : rôle de la masse effective des photons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Faggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaorun Zang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Vynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SFO - Optique Bretagne 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01174838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation and properties of localized modes near photonic band edges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Faggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaorun Zang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Vynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Complex Nanophotonics Science Camp</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Cumberland Lodge, Windsor Great Park, Berkshire, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01185931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude en champ proche optique du tapis d'invisibilité de Li/Pendry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hofman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Kadic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.M. Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assemblée Générale du GdR Ondes 2451 " Interférences d'ondes "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Dijon, France. papier A40, 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00879918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanocolloid motion control by optical nanobeam cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2th EOS Optofluidics (EOSOF) 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon Based Optofluidic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Fornel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 34th PIERS international symposium "Progress In Electromagnetics Research Symposium"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, stochkolm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field interactions between a photonic crystal nanocavity and a near-field probe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS European Optical Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, aberdeen, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersion engineering for photonic crystal based nanophotonic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Hofman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Mélique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Lippens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vanbésien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">META'12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00761544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On chip optical tweezers like: trapping and assembly of nanoparticles into an optofluidic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMRS - Spring Meeting Symposium N: Control of the light at the Nanoscale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assemblage réversible par forces optiques de nanoparticules dans un système optofluidique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"GDR ONDES Journées GT2 Micro, nano-structures et dispositifs de l'optique au microondes"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling photonic crystal nanocavities in optical near-field field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS European Optical Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, aberdeen, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using photonic crystal nanocavities as nearfield optical tweezers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS European Optical Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, aberdeen, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical trapping and assembly of particles by a nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q. L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Europe Photonic Europe- Photonic Crystals : Material and Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using photonic crystal nanocavities as near-field optical tweezers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Renaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dellinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12 th NFO International conference on Near Field optics and Nanophotonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, San-Sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interface engineering for improved light transmittance through photonic crystal flat lenses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hofman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gralak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Melique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXX General Assembly and Scientific Symposium of International Union of Radio Science, URSI GASS 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Istanbul, Turkey. paper D07.7, 1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et caractéristion optique de la réfraction négative dans les cristaux photoniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hofman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Melique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lippens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assemblée Générale du GDR Interférences d'Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.286-287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photonic crystal based subwavelength imaging and cloaking optical devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vanbesien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Melique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Progress in Electromagnetics Research Symposium, PIERS 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Beijing, China. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2529/PIERS080901034751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00575687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong light confinement in ultra high Q air-slot coupled SOI nanocavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. de Fornel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PECS VIII The 8th International Photonic &amp; Electromagnetic Crystal Structures Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00396877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field control of optical bistability in a nanocavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brissinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélin Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO 2009, paper CK2.4 MON, Conference on Lasers and Electro-Optics Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Munich, Germany. pp.//</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00491218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evanescent coupling of confined electromagnetic fields between two nanocavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10thNFO International Conference on Near-Field Optics Nanophotonics and related Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, BUENOS AIRES, Argentina</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00396871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SNOM study of light confinement in silicon slot waveguides/microcavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1th Trans'Alp Nano The first transalpine conference on Nanoscience and Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subwavelength mapping of light confinement in silicon slot waveguide devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10thNFO International Conference on Near-Field Optics Nanophotonics and related Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, BUENOS AIRES, Argentina</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00396870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of a flat lens focusing in a 2D photonic crystal at optical wavelength</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Melique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lippens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 Conference on Lasers and Electro-Optics (CLEO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, San Jose, United States. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO.2008.4551615⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03748379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SNOM Imaging of light confinement in silicon slot waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS European Optical Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NSOM Observations of highly confined modes in silicon slot waveguide devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Foubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMRS – Spring Meeting Symposium C: Frontiers in silicon-based photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00396873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single nanometric apertures to enhance single molecule fluorescence analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Dintinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPP3 Third International Conference on Surface Plasmon Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00160411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification de l'altération de la photocinétique moléculaire induite par une nano-ouverture individuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Dintinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Popov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Grenoble 2007 - Horizons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00160415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical emission in a single subwavelength aperture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Dintinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Popov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS Annual Meeting 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00104149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanotrous métalliques pour exalter l'émission de florescence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Dintinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées GT2 du GDR Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00132753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photonics at nanometer scale: tracking light in high Q low V nanocavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lalouat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Peyrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TNT Trends in Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00395895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescence correlation spectroscopy in a sub-wavelength aperture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Rigneault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-F. Lenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Dintinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOS Topical meeting on Molecular Plasmonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Engelberg, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancement of single molecule fluorescence in subwavelength apertures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Wenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Dintinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bonod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-F. Lenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion thématique GT2 du GdR Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00122225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bloch mode coupling investigation in silicon-on-insulator W1 photonic crystal waveguide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Charvolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Strasbourg, France. pp.344</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Far- and near-field characterization of a photonic-crystal-based microcavity on silicon-on-insulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard de La Rue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Viktorovitch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davy Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Strasbourg, France. pp.353</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01996929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silicon on insulator photonic bandgap structures for future microphotonic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Sotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Zelsmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2004, Strasbourg, France. pp.292-299</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00273887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Superlocalization reveals long-range synchronization of vibrating soliton molecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Hamdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Coillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Colman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cavity Resonator Integrated Guided mode resonance Filter : Spectral & Modal Reflector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Laberdesque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gauthier-Lafaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Camon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Monmayrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Topical Meeting on Nanophotonics and Metamaterials (NANOMETA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Seefeld, Austria. 48, pp.1619 - 1621, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01931258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId385"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="01C8BD75"/>
+    <w:nsid w:val="01B51702"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-cluzel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8466-3001" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165873906" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250600v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajath Sawant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Albanese" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rogemont" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregorio Gonzalez-Cortes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Br&#251;l&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202500775" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250623v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Coillet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cluzel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adpr.202500020" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04610763v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Tomelleri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Karam" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Dory" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Licitra" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202400129" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800026v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Dahi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c08272" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783830v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Yue" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Leroux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cluzel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Petit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Lupu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0195652" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863988v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Courvoisier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202412921" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314961v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202312236" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166593v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Ibnoussina" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;yves Raty" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Jager" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthonin Verdy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202301154" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866809v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique de Fornel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202211632" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931798v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Martins" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Billard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Hertz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202200357" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872036v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hamdi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grelu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Colman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.128.213902" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980339v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Zhang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiru Zhang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni Tang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiren Chen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengjiang Liu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37188/lam.2022.045" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02903381v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Dory" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castro-Chavarria" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verdy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Jager" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-67377-9" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017167v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulong Fan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c03420" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035611v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Magno" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Ecarnot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Picard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hadji" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.0c00637" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02931669v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Dory" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Jager" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.399512" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025720v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiyong Wang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Coillet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Demichel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiqiang Wang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Rego" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41377-020-0291-2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358619v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hernandez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Juliano Martins" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Agreda" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Weeber" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b00245" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355567v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Sharma" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sviatlana Viarbitskaya" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b00181" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01988796v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tardif" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Picard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hadji" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8lc00298c" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01989037v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meisterhans Maiwen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Amrani" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546193v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#233;jard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Demichel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Markey" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.7.001157" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250625v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Butet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel D. Bernasconi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouhelier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Yan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.7b01027" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250626v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis M&#233;jard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.6b00033" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325080v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Faggiani" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Baron" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaorun Zang" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lalouat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Schulz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep27037" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01929785v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Laberdesque" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Camon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monmayrant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.32.001973" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616551v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Renaut" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Peyrade" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.5b00353" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996772v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cluzel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Renaut" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Peyrade" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4900925" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263096v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Genevet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dellinger" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Blanchard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. She" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Petit" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.010295" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263087v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cassan" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. L. Roux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. van Do" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Formel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.125138" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937004v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dellinger" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lalouat" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep02290" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263095v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. V. Do" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.38.000459" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939049v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hofman" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Scherrer" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kadic" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. M&#233;lique" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Smigaj" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2157-7439.1000185" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911957v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serkan Kaya" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Weeber" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zacharatos" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hassan" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bernardin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.022269" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283644v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Scherrer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Hofman" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Smigaj" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muamer Kadic" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M. Chang" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.115110" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263094v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.013541" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760312v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Honegger" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3692104" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761621v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Do-K. Van" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique de Fornel" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cassan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4756902" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750057v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiao Lin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Genevet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.093904" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761622v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Girard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cattoni" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeran Le Moal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Talneau" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.187404" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996798v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Foubert" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.235454" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634170v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Velha" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623502v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Foubert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05254573v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3555489" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263098v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bernier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lulu" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.36.001074" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695997v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Brissinger" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Lereu" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Salomon" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Charvolin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.19.017750" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623552v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Fornel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.846771" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491133v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vienne" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548691v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gralak" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Melique" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3473760" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455414v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491120v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumas" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996819v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velha" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00669767v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.000279" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394794v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lalanne" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2890051" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058591v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J. Salomon" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Dumas" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Seassal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.235304" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394797v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748367v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fabre" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier M&#233;lique" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lippens" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.073901" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167844v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Wenger" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Dintinger" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bonod" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Fehrembach" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0726135" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384580v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.041102" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996875v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pauc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Li" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boucaud" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996847v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Calvo" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Noe" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437211v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Charvolin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2170141" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996744v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123571v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy G&#233;rard" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2115090" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123570v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Calvo" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1795370" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736107v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bogumilowicz" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Hartmann" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Damlencourt" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vandelle" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abbadie" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373710v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lheurette" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Buisine" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vanbesien" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dereudre" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Burgnies" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103942v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Pavanello" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Marchand" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian O'Connor" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Orobtchouk" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mandorlo" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2305.03139" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04907770v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC52157.2021.9542742" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084483v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089663v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2020.STh3P.5" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01993604v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wen Meisterhans" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2306377" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01930114v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01929945v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashige Omatsu" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Tardif" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2275013" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01989799v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sabbione" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369090v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Maillotte" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185931v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vynck" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943097v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01942873v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Petit" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2015.7193466" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174838v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879918v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937044v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937042v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808885v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761544v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vanb&#233;sien" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808892v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ding" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808886v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808878v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808889v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808884v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. L. Lalouat" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808893v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799990v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491218v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lin Coillet" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480415v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lippens" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396877v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575687v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vanbesien" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2529/PIERS080901034751" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396871v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396870v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748379v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fabre" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO.2008.4551615" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397035v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397023v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396873v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00160415v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Popov" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00160411v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395895v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132753v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104149v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083255v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rigneault" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-F. Lenne" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122225v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273887v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sotta" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zelsmann" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996929v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard de La Rue" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Viktorovitch" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996925v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425050v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Hamdi" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01931258v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-cluzel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8466-3001" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165873906" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250623v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rogemont" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajath Sawant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Coillet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cluzel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adpr.202500020" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250600v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Albanese" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregorio Gonzalez-Cortes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Br&#251;l&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202500775" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783830v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Yue" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Leroux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cluzel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Petit" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Lupu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0195652" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863988v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Courvoisier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202412921" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04610763v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Tomelleri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Karam" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Dory" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Licitra" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202400129" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800026v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Dahi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c08272" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314961v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202312236" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166593v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Ibnoussina" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;yves Raty" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Jager" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthonin Verdy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202301154" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931798v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Martins" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Billard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Hertz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202200357" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872036v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hamdi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grelu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Colman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.128.213902" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980339v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Zhang" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiru Zhang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni Tang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiren Chen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengjiang Liu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37188/lam.2022.045" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866809v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique de Fornel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202211632" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02903381v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Dory" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castro-Chavarria" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verdy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Jager" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-67377-9" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017167v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulong Fan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c03420" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035611v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Magno" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Ecarnot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Picard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hadji" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.0c00637" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025720v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiyong Wang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Coillet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Demichel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiqiang Wang" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Rego" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41377-020-0291-2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02931669v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Dory" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Jager" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.399512" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358619v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hernandez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Juliano Martins" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Agreda" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Weeber" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b00245" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355567v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Sharma" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sviatlana Viarbitskaya" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b00181" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01988796v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tardif" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Picard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hadji" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8lc00298c" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01989037v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meisterhans Maiwen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Amrani" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546193v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M&#233;jard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Demichel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Markey" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.7.001157" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250625v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Butet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel D. Bernasconi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouhelier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Yan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.7b01027" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250626v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis M&#233;jard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.6b00033" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325080v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Faggiani" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Baron" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaorun Zang" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lalouat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Schulz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep27037" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01929785v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Laberdesque" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Camon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monmayrant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.32.001973" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616551v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Renaut" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Peyrade" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.5b00353" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996772v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cluzel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Renaut" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Peyrade" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4900925" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937004v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dellinger" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lalouat" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep02290" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263095v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cassan" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. V. Do" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dellinger" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. L. Roux" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Formel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.38.000459" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939049v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hofman" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Scherrer" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kadic" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. M&#233;lique" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Smigaj" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2157-7439.1000185" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00911957v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serkan Kaya" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Weeber" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zacharatos" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hassan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bernardin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.022269" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283644v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Scherrer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Hofman" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Smigaj" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muamer Kadic" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M. Chang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.115110" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263087v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. van Do" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.125138" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263096v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Genevet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Blanchard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. She" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Petit" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.010295" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750057v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiao Lin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Genevet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique de Fornel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.093904" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761621v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Do-K. Van" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cassan" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4756902" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263094v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.013541" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760312v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Honegger" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3692104" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761622v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Girard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cattoni" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeran Le Moal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Talneau" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.187404" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996798v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Foubert" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.235454" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05254573v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Foubert" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3555489" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623502v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634170v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Velha" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263098v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bernier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lulu" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.36.001074" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695997v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Brissinger" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Lereu" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Salomon" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Charvolin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.19.017750" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623552v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Fornel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.846771" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548691v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gralak" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Melique" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3473760" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491133v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vienne" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491120v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumas" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455414v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058591v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent J. Salomon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Dumas" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Seassal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.235304" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394794v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lalanne" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2890051" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00669767v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velha" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.000279" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394797v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748367v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fabre" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier M&#233;lique" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lippens" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.073901" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996819v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167844v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Wenger" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Dintinger" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bonod" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Fehrembach" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0726135" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384580v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.041102" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437211v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Charvolin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2170141" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996875v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pauc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Li" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boucaud" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996847v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Calvo" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Noe" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996744v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123571v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy G&#233;rard" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2115090" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123570v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Calvo" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1795370" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736107v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bogumilowicz" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Hartmann" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Damlencourt" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vandelle" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abbadie" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103942v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Pavanello" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Marchand" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian O'Connor" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Orobtchouk" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mandorlo" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2305.03139" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373710v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lheurette" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Buisine" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vanbesien" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dereudre" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Burgnies" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04907770v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC52157.2021.9542742" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089663v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2020.STh3P.5" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084483v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01993604v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wen Meisterhans" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2306377" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01930114v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01929945v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashige Omatsu" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Tardif" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2275013" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01989799v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sabbione" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369090v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Maillotte" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943097v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01942873v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Petit" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2015.7193466" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174838v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vynck" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185931v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879918v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937044v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937042v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808892v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ding" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761544v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vanb&#233;sien" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808886v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808889v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808878v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808893v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808884v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. L. Lalouat" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808885v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799990v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480415v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lippens" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575687v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vanbesien" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2529/PIERS080901034751" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396877v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491218v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lin Coillet" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396871v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397035v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396870v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748379v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fabre" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO.2008.4551615" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397023v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396873v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00160411v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00160415v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Popov" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104149v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00132753v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395895v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083255v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rigneault" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-F. Lenne" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122225v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996925v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996929v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard de La Rue" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Viktorovitch" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273887v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sotta" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zelsmann" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425050v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Hamdi" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01931258v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>