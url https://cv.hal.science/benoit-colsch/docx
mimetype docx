--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of immune cell metabolism by therapeutic normal IgG intravenous immunoglobulin</w:t>
+                <w:t xml:space="preserve">PLD2 is a marker for MASLD-HCC with early-stage fibrosis: revealed by lipidomic and gene expression analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naresh Rambabu</w:t>
+                <w:t xml:space="preserve">Jihan Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fawaz Alzaid</w:t>
+                <w:t xml:space="preserve">Fatima Dahboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boban D Anđelković</w:t>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sruthi Vijaya Retnakumar</w:t>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anupama Karnam</w:t>
+                <w:t xml:space="preserve">Emeline Chu-Van</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Allergy and Clinical Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 156, pp.1-15. </w:t>
+              <w:t xml:space="preserve">Metabolomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 21 (2), pp.39. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jaci.2025.05.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11306-025-02226-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-05242186v1</w:t>
+                <w:t xml:space="preserve">hal-05019136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PLD2 is a marker for MASLD-HCC with early-stage fibrosis: revealed by lipidomic and gene expression analysis</w:t>
+                <w:t xml:space="preserve">Regulation of immune cell metabolism by therapeutic normal IgG intravenous immunoglobulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jihan Sun</w:t>
+                <w:t xml:space="preserve">Naresh Rambabu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima Dahboul</w:t>
+                <w:t xml:space="preserve">Fawaz Alzaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+                <w:t xml:space="preserve">Boban D Anđelković</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+                <w:t xml:space="preserve">Sruthi Vijaya Retnakumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Chu-Van</w:t>
+                <w:t xml:space="preserve">Anupama Karnam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 21 (2), pp.39. </w:t>
+              <w:t xml:space="preserve">Journal of Allergy and Clinical Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 156, pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11306-025-02226-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jaci.2025.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05019136v1</w:t>
+                <w:t xml:space="preserve">anses-05242186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concordant inter-laboratory derived concentrations of ceramides in human plasma reference materials via authentic standards</w:t>
               </w:r>
@@ -1306,831 +1306,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiplatform metabolomics for an integrative exploration of metabolic syndrome in older men</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Right Ventricle Remodeling Metabolic Signature in Experimental Pulmonary Hypertension Models of Chronic Hypoxia and Monocrotaline Exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thaïs Hautbergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blandine Comte</w:t>
+                <w:t xml:space="preserve">Fabrice Antigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Monnerie</w:t>
+                <w:t xml:space="preserve">Angèle Boët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
+                <w:t xml:space="preserve">François Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Canlet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Castelli</w:t>
+                <w:t xml:space="preserve">Bastien Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EBioMedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2021.103440⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (6), pp.1559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells10061559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03283772v1</w:t>
+                <w:t xml:space="preserve">hal-04008302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Right Ventricle Remodeling Metabolic Signature in Experimental Pulmonary Hypertension Models of Chronic Hypoxia and Monocrotaline Exposure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thaïs Hautbergue</w:t>
+                <w:t xml:space="preserve">Multiplatform metabolomics for an integrative exploration of metabolic syndrome in older men</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Antigny</w:t>
+                <w:t xml:space="preserve">Stéphanie Monnerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angèle Boët</w:t>
+                <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Haddad</w:t>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Masson</w:t>
+                <w:t xml:space="preserve">Florence Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10 (6), pp.1559. </w:t>
+              <w:t xml:space="preserve">EBioMedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 69, </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cells10061559⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2021.103440⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04008302v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03283772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blood metabolomics uncovers inflammation-associated mitochondrial dysfunction as a potential mechanism underlying ACLF</w:t>
+                <w:t xml:space="preserve">High‐dose biotin restores redox balance, energy and lipid homeostasis, and axonal health in a model of adrenoleukodystrophy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Moreau</w:t>
+                <w:t xml:space="preserve">Stéphane Fourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joan Clària</w:t>
+                <w:t xml:space="preserve">Leire Goicoechea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferran Aguilar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Fenaille</w:t>
+                <w:t xml:space="preserve">Janani Parameswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan José Lozano</w:t>
+                <w:t xml:space="preserve">Agatha Schlüter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhep.2019.11.009⟩</w:t>
+              <w:t xml:space="preserve">Brain Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (5), pp.945-963. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bpa.12869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03350315v1</w:t>
+                <w:t xml:space="preserve">hal-03349346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving lipid mapping in Genome Scale Metabolic Networks using ontologies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of gut microbiota on depressive-like behaviors in mice is mediated by the endocannabinoid system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Vinson</w:t>
+                <w:t xml:space="preserve">Grégoire Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Moreau</w:t>
+                <w:t xml:space="preserve">Eleni Siopi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Batut</w:t>
+                <w:t xml:space="preserve">Laure Guenin-Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Chazalviel</w:t>
+                <w:t xml:space="preserve">Maud Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Laval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11306-020-01663-5⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-19931-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02935172v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03231388v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of gut microbiota on depressive-like behaviors in mice is mediated by the endocannabinoid system</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Blood metabolomics uncovers inflammation-associated mitochondrial dysfunction as a potential mechanism underlying ACLF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eleni Siopi</w:t>
+                <w:t xml:space="preserve">Richard Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Guenin-Macé</w:t>
+                <w:t xml:space="preserve">Joan Clària</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Pascal</w:t>
+                <w:t xml:space="preserve">Ferran Aguilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fenaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Laval</w:t>
+                <w:t xml:space="preserve">Juan José Lozano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 72 (4), pp.688-701. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-19931-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhep.2019.11.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03231388v2</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03350315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High‐dose biotin restores redox balance, energy and lipid homeostasis, and axonal health in a model of adrenoleukodystrophy</w:t>
+                <w:t xml:space="preserve">Improving lipid mapping in Genome Scale Metabolic Networks using ontologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Fourcade</w:t>
+                <w:t xml:space="preserve">Nathalie Poupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leire Goicoechea</w:t>
+                <w:t xml:space="preserve">Florence Vinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janani Parameswaran</w:t>
+                <w:t xml:space="preserve">Arthur Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agatha Schlüter</w:t>
+                <w:t xml:space="preserve">Aurélie Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Launay</w:t>
+                <w:t xml:space="preserve">Maxime Chazalviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 30 (5), pp.945-963. </w:t>
+              <w:t xml:space="preserve">Metabolomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (4), pp.44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bpa.12869⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11306-020-01663-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03349346v1</w:t>
+                <w:t xml:space="preserve">hal-02935172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a mass spectrometry imaging method for detecting and mapping graphene oxide nanoparticles in rodent tissues</w:t>
               </w:r>
@@ -2244,191 +2244,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02532123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orchestration of tryptophan-kynurenine pathway, Acute decompensation, and acute-on-chronic liver failure in cirrhosis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Richard Moreau</w:t>
+                <w:t xml:space="preserve">Experimental Evidence That Electrospray-Produced Sodiated Lysophosphatidyl Ester Structures Exist Essentially as Protonated Salts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Colsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelaure Damont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Junot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fenaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/hep.30363⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (3), pp. 333-338. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1469066719838924⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02627994v1</w:t>
+                <w:t xml:space="preserve">hal-02885924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-omics signature of brain amyloid deposition in asymptomatic individuals at-risk for Alzheimer's disease: The INSIGHT-preAD study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Xicota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Ichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2436,1707 +2432,1711 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Lejeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Colsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Tenenhaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EBioMedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 47, pp.518-528. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ebiom.2019.08.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02305609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Evidence That Electrospray-Produced Sodiated Lysophosphatidyl Ester Structures Exist Essentially as Protonated Salts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Separation of biologically relevant isomers on an Orbitrap mass spectrometer using high‐resolution drift tube ion mobility and varied drift gas mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Kaszycki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelio La Rotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Colsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fenaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dauly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1469066719838924⟩</w:t>
+              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33 (S2), pp.3-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rcm.8414⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02885924v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02973674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Separation of biologically relevant isomers on an Orbitrap mass spectrometer using high‐resolution drift tube ion mobility and varied drift gas mixtures</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L-Serine dietary supplementation is associated with clinical improvement of loss-of-function GRIN2B-related pediatric encephalopathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Dauly</w:t>
+                <w:t xml:space="preserve">David Soto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireia Olivella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Grau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Armstrong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Alcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/rcm.8414⟩</w:t>
+              <w:t xml:space="preserve">Science Signaling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (586), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/scisignal.aaw0936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02973674v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MetaboRank: network-based recommendation system to interpret and enrich metabolomics results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Frainay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Aros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Chazalviel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Vinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 35 (2), pp.274-283. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/bty577⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02627792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L-Serine dietary supplementation is associated with clinical improvement of loss-of-function GRIN2B-related pediatric encephalopathy</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Judith Armstrong</w:t>
+                <w:t xml:space="preserve">Orchestration of tryptophan-kynurenine pathway, Acute decompensation, and acute-on-chronic liver failure in cirrhosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Clària</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fenaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Alcon</w:t>
+                <w:t xml:space="preserve">Alex Amoros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Junot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Signaling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 12 (586), </w:t>
+              <w:t xml:space="preserve">Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 69 (4), pp.1686-1701. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/scisignal.aaw0936⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/hep.30363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02628450v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeted versus untargeted omics — the CAFSA story</w:t>
+                <w:t xml:space="preserve">Inhibition of Lysosome Membrane Recycling Causes Accumulation of Gangliosides that Contribute to Neurodegeneration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria del Mar Amador</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoit Colsch</w:t>
+                <w:t xml:space="preserve">Maxime Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Foudil Lamari</w:t>
+                <w:t xml:space="preserve">Julien Branchu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Jardel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Farid Ichou</w:t>
+                <w:t xml:space="preserve">Céline Lustremant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Pujol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Pernelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Inherited Metabolic Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10545-017-0134-3⟩</w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (13), pp.3813-3826. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2018.05.098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01777969v1</w:t>
+                <w:t xml:space="preserve">hal-02347820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the high-field orbitrap fusion for compound annotation in metabolomics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Junot</w:t>
+                <w:t xml:space="preserve">Inhibition of central de novo ceramide synthesis restores insulin signaling in hypothalamus and enhances β-cell function of obese Zucker rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Campana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Bellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latif Rachdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Coant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.7b05372⟩</w:t>
+              <w:t xml:space="preserve">Molecular metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8, pp.23-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molmet.2017.10.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02626546v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02450789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of central de novo ceramide synthesis restores insulin signaling in hypothalamus and enhances β-cell function of obese Zucker rats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Coant</w:t>
+                <w:t xml:space="preserve">Baseline urine metabolic phenotype in patients with severe alcoholic hepatitis and its association with outcome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaswinder Singh Maras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sukanta Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shvetank Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saggere Shasthry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Colsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molmet.2017.10.013⟩</w:t>
+              <w:t xml:space="preserve">Hepatology Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (6), pp.628-643. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hep4.1176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02450789v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04455480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of Lysosome Membrane Recycling Causes Accumulation of Gangliosides that Contribute to Neurodegeneration</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluation of the high-field orbitrap fusion for compound annotation in metabolomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Pernelle</w:t>
+                <w:t xml:space="preserve">Pierre Barbier St Hilaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulli Hohenester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Colsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Junot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2018.05.098⟩</w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 90 (5), pp.3030-3035. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.7b05372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02347820v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baseline urine metabolic phenotype in patients with severe alcoholic hepatitis and its association with outcome</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Targeted versus untargeted omics — the CAFSA story</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sukanta Das</w:t>
+                <w:t xml:space="preserve">Maria del Mar Amador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Colsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shvetank Sharma</w:t>
+                <w:t xml:space="preserve">Foudil Lamari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saggere Shasthry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoit Colsch</w:t>
+                <w:t xml:space="preserve">Claude Jardel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Ichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hepatology Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 2 (6), pp.628-643. </w:t>
+              <w:t xml:space="preserve">Journal of Inherited Metabolic Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 41 (3), pp.1-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/hep4.1176⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10545-017-0134-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04455480v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01777969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipoprotein lipase in hypothalamus is a key regulator of body weight gain and glucose homeostasis in mice</w:t>
+                <w:t xml:space="preserve">A strategy for multimodal data integration: application to biomarkers identification in spinocerebellar ataxia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Laperrousaz</w:t>
+                <w:t xml:space="preserve">Imene Garali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentine S. Moullé</w:t>
+                <w:t xml:space="preserve">Isaac Mawusi Adanyeguh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Ichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël G. Denis</w:t>
+                <w:t xml:space="preserve">Vincent Perlbarg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadim Kassis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chloé Berland</w:t>
+                <w:t xml:space="preserve">Alexandre Seyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00125-017-4282-7⟩</w:t>
+              <w:t xml:space="preserve">Briefings in Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bib/bbx060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01565905v1</w:t>
+                <w:t xml:space="preserve">hal-01630727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A strategy for multimodal data integration: application to biomarkers identification in spinocerebellar ataxia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bone marrow sites differently imprint dormancy and chemoresistance to T-cell acute lymphoblastic leukemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Cahu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imene Garali</w:t>
+                <w:t xml:space="preserve">Julien Calvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isaac Mawusi Adanyeguh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Farid Ichou</w:t>
+                <w:t xml:space="preserve">Sandrine Poglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Perlbarg</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Seyer</w:t>
+                <w:t xml:space="preserve">Nais Prade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Colsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Briefings in Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bib/bbx060⟩</w:t>
+              <w:t xml:space="preserve">Blood Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1 (20), pp.1760-1772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1182/bloodadvances.2017004960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01630727v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bone marrow sites differently imprint dormancy and chemoresistance to T-cell acute lymphoblastic leukemia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lipoprotein lipase in hypothalamus is a key regulator of body weight gain and glucose homeostasis in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Laperrousaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Cahu</w:t>
+                <w:t xml:space="preserve">Valentine S. Moullé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Calvo</w:t>
+                <w:t xml:space="preserve">Raphaël G. Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Poglio</w:t>
+                <w:t xml:space="preserve">Nadim Kassis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nais Prade</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoit Colsch</w:t>
+                <w:t xml:space="preserve">Chloé Berland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 1 (20), pp.1760-1772. </w:t>
+              <w:t xml:space="preserve">Diabetologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 60 (7), pp.1314 - 1324. </w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1182/bloodadvances.2017004960⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00125-017-4282-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621994v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01565905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanistic study of competitive releases of H 2 O, NH 3 and CO 2 from deprotonated aspartic and glutamic acids: Role of conformation</w:t>
               </w:r>
@@ -4352,509 +4352,509 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Glycoconjugate Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 25 ((2)), pp.147-55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00421192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Non-negative matrix factorization of SWATH DIA data improves global metabolite identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Karaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dechaumet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelaure Damont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Colsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fenaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EUSIPCO 2024 - 32nd European Signal Processing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CHKA, un « marqueur-cible » potentiel pour le CHC-MASLD à un stade précoce de fibrose : analyse par approche des « omiques »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihan Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Dahboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JFHOD 2024 - Journées Francophones d’Hépato-gastroentérologie et d’Oncologie Digestive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04645222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FRI-485 CHKA, a potential target marker for early-stage metabolic dysfunction associated steatotic liver disease induced hepatocellular carcinoma with low fibrosis level: analysis by metabolomic and transcriptomic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihan Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Dahboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EASL Congress 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hepatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 80, pp.S422-S423, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0168-8278(24)01343-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04614847v1</w:t>
-              </w:r>
-[...280 lines deleted...]
-                <w:t xml:space="preserve">hal-04802338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4866,342 +4866,342 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing structural elucidation of the lipidome through optimized SFC-HRMS/MS hyphenation</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">CHKA AND MBOAT7 as potential targets for MASLD-HCC with early stage of fibrosis: revealed by metabolomics and transcriptomic analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihan Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Dahboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39th French Days of Mass Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Gif-sur-Yvette, France. </w:t>
+              <w:t xml:space="preserve">AASLD 2023 - The Liver Meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Boston, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04647490v1</w:t>
+                <w:t xml:space="preserve">hal-04700889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CHKA AND MBOAT7 as potential targets for MASLD-HCC with early stage of fibrosis: revealed by metabolomics and transcriptomic analysis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhancing structural elucidation of the lipidome through optimized SFC-HRMS/MS hyphenation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Valmori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fenaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Colsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Touboul</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AASLD 2023 - The Liver Meeting 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Boston, United States. </w:t>
+              <w:t xml:space="preserve">39th French Days of Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Gif-sur-Yvette, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700889v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04647490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INPUT OF DEEP PHENOTYPING IN THE METABOLIC SYNDROME STRATIFICATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Monnerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Colsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5243,103 +5243,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Molecular Profiling to Precision Medicine in Metabolic Syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Monnerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th Annual Conference of the Metabolomics Society (Metabolomics 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, La Haye, Netherlands. 300 p., 2019</w:t>
@@ -5673,51 +5673,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05242186v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naresh Rambabu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fawaz Alzaid" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boban D An&#273;elkovi&#263;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sruthi Vijaya Retnakumar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anupama Karnam" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaci.2025.05.003" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05019136v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihan Sun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Dahboul" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;t&#233;ra" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chu-Van" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-025-02226-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208133v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Torta" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Hoffmann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Burla" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Alecu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makoto Arita" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-52087-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003197v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s George" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schmitz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Colsch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Afonso" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jasms.3c00361" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831877v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Fortier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Cauhap&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzie Buono" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Becker" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Menuet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2024.106564" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166110v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sabatier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Birsen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lauture" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mouche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Angelino" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2159-8290.CD-22-0411" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455530v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tha&#239;s Hautbergue" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laverdure" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dang Van" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Vallee" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Sanchis-Borja" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healun.2023.02.1492" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577644v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Lejeune" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Ichou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Camenen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mauger" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijtm2010009" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455507v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Zhang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Curto" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina L&#243;pez-Vicario" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Casulleras" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Duran-G&#252;ell" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2021.08.009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283772v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Comte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Monnerie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brandolini-Bunlon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Castelli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2021.103440" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04008302v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Antigny" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Bo&#235;t" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Haddad" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Masson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10061559" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03350315v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Moreau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Cl&#224;ria" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Aguilar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Lozano" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2019.11.009" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935172v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poupin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vinson" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Moreau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Batut" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chazalviel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-020-01663-5" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231388v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Chevalier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Siopi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Guenin-Mac&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Pascal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Laval" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-19931-2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349346v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fourcade" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leire Goicoechea" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janani Parameswaran" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agatha Schl&#252;ter" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Launay" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12869" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02532123v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Cazier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Malgorn" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fresneau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Georgin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Sallustrau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jasms.9b00070" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627994v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Amoros" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Junot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.30363" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02305609v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Xicota" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Tenenhaus" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2019.08.051" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885924v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelaure Damont" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Tabet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1469066719838924" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973674v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Kaszycki" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelio La Rotta" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dauly" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.8414" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627792v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Frainay" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Aros" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Garcia" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bty577" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628450v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Soto" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Olivella" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Grau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Armstrong" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Alcon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scisignal.aaw0936" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01777969v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Mar Amador" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foudil Lamari" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Jardel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10545-017-0134-3" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626546v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barbier St Hilaire" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulli Hohenester" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b05372" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450789v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Campana" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Bellini" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rouch" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latif Rachdi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2017.10.013" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347820v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Boutry" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Branchu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lustremant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pujol" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pernelle" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2018.05.098" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455480v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaswinder Singh Maras" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukanta Das" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shvetank Sharma" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saggere Shasthry" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep4.1176" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01565905v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Laperrousaz" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine S. Moull&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l G. Denis" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Kassis" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Berland" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-017-4282-7" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630727v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Garali" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Mawusi Adanyeguh" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Perlbarg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Seyer" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbx060" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621994v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cahu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Calvo" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Poglio" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nais Prade" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2017004960" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662572v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barbier Saint Hilaire" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Warnet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gimbert" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulli Martin Hohenester" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Giorgi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2016.08.036" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421192v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanli Cui" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alonso" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baumann Nicole" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabet Jean-Claude" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614847v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-8278(24)01343-6" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645222v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802338v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Karaki" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dechaumet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647490v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Valmori" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marie" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700889v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505908v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293580v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810647v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fouillen" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Lessire" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-397922-3.00007-1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05019136v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihan Sun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Dahboul" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;t&#233;ra" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chu-Van" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-025-02226-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05242186v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naresh Rambabu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fawaz Alzaid" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boban D An&#273;elkovi&#263;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sruthi Vijaya Retnakumar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anupama Karnam" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaci.2025.05.003" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208133v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Torta" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Hoffmann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Burla" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Alecu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makoto Arita" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-52087-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003197v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s George" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schmitz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Colsch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Afonso" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jasms.3c00361" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831877v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Fortier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Cauhap&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzie Buono" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Becker" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Menuet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2024.106564" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166110v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sabatier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Birsen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lauture" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mouche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Angelino" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2159-8290.CD-22-0411" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455530v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tha&#239;s Hautbergue" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laverdure" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dang Van" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Vallee" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Sanchis-Borja" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healun.2023.02.1492" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577644v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Lejeune" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Ichou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Camenen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mauger" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijtm2010009" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455507v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Zhang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Curto" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina L&#243;pez-Vicario" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Casulleras" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Duran-G&#252;ell" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2021.08.009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04008302v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Antigny" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Bo&#235;t" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Haddad" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Masson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10061559" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283772v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Comte" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Monnerie" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brandolini-Bunlon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Castelli" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2021.103440" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349346v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fourcade" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leire Goicoechea" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janani Parameswaran" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agatha Schl&#252;ter" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Launay" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12869" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231388v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Chevalier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Siopi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Guenin-Mac&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Pascal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Laval" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-19931-2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03350315v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Moreau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Cl&#224;ria" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Aguilar" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Lozano" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2019.11.009" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935172v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poupin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vinson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Moreau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Batut" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chazalviel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-020-01663-5" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02532123v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Cazier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Malgorn" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fresneau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Georgin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Sallustrau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jasms.9b00070" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885924v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelaure Damont" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Junot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Tabet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1469066719838924" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02305609v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Xicota" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Tenenhaus" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2019.08.051" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973674v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Kaszycki" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelio La Rotta" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dauly" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.8414" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628450v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Soto" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Olivella" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Grau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Armstrong" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Alcon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scisignal.aaw0936" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627792v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Frainay" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Aros" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Garcia" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bty577" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627994v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Amoros" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.30363" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347820v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Boutry" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Branchu" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lustremant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pujol" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pernelle" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2018.05.098" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450789v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Campana" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Bellini" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rouch" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latif Rachdi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2017.10.013" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455480v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaswinder Singh Maras" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukanta Das" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shvetank Sharma" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saggere Shasthry" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep4.1176" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626546v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barbier St Hilaire" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulli Hohenester" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b05372" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01777969v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Mar Amador" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foudil Lamari" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Jardel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10545-017-0134-3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630727v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Garali" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Mawusi Adanyeguh" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Perlbarg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Seyer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbx060" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621994v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cahu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Calvo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Poglio" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nais Prade" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2017004960" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01565905v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Laperrousaz" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine S. Moull&#233;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l G. Denis" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadim Kassis" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Berland" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-017-4282-7" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662572v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barbier Saint Hilaire" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Warnet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gimbert" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulli Martin Hohenester" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Giorgi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2016.08.036" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421192v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanli Cui" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alonso" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baumann Nicole" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabet Jean-Claude" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802338v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Karaki" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dechaumet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645222v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614847v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-8278(24)01343-6" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700889v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647490v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Valmori" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marie" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505908v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293580v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810647v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fouillen" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Lessire" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-397922-3.00007-1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>