--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -126,2702 +126,2702 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sanglier dans la lutte des chasses De la diffusion de la « chasse-gestion » à l’accaparement bourgeois des forêts et des animaux</w:t>
+                <w:t xml:space="preserve">« Un système de valeurs perdure »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 256 (1), pp.78-95. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/arss.256.0078⟩</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+                <w:t xml:space="preserve">Benoît Hervieu-Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, pp.17-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pro.405.0017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05151332v1</w:t>
+                <w:t xml:space="preserve">hal-05151340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renouvellement des actifs et transformations des modèles agricoles</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Territoires délaissés : table ronde [avec Y. Amsellem-Mainguy, B. Coquard, E. Guéraut, V. Sala Pala et F. Vincent ; propos recueillis par V. Béal, R. Epstein, T. Kirszbaum et S. Zappi]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élie Guéraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Sala Pala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, https://mouvements.info/table-ronde-territoires-delaisses/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniele Inda</w:t>
-[...58 lines deleted...]
-                <w:t xml:space="preserve">hal-05240622v1</w:t>
+                <w:t xml:space="preserve">hal-05033573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculteurs « non issus du milieu agricole » en Bourgogne‐Franche-Comté : trajectoires biographiques et entrées en agriculture</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Chez les uns les autres »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-05240616v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, pp.8-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/deriv.009.0008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05151349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveiller la sexualité des jeunes : le travail non prescrit des surveillant·e·s dans les prisons pour mineur·e·s</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« La valeur travail ne suffit pas à comprendre le vote des campagnes »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...47 lines deleted...]
-                <w:t xml:space="preserve">hal-04050216v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Grimault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022, pp.70-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ae.428.0070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05151369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeunesses populaires</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ceux qui restent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...89 lines deleted...]
-            </w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, pp.97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/espri.1911.0097⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Reversé</w:t>
-[...1360 lines deleted...]
-                <w:t xml:space="preserve">hal-01547274v1</w:t>
+                <w:t xml:space="preserve">hal-02943574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RENOUVAGRI - Renouvellement des actifs et transformations des modèles agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Inda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Sencébé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ministère de l'Agriculture et de la Souveraineté Alimentaire. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05240589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sexualité, amour et normes de genre. Enquête sur la jeunesse incarcérée et son encadrement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Institut national de la jeunesse et de l'éducation populaire. 2017, pp.247</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01611374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Que sait-on des jeunes ruraux ? Revue de littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] INJEP. 2015, pp.45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02943577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (5)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Un système de valeurs perdure »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Renouvellement des actifs et transformations des modèles agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Inda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...40 lines deleted...]
-                <w:t xml:space="preserve">hal-05151340v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Sencébé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Notes et Etudes Socio-Economiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Territoires délaissés : table ronde [avec Y. Amsellem-Mainguy, B. Coquard, E. Guéraut, V. Sala Pala et F. Vincent ; propos recueillis par V. Béal, R. Epstein, T. Kirszbaum et S. Zappi]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
+                <w:t xml:space="preserve">Agriculteurs « non issus du milieu agricole » en Bourgogne‐Franche-Comté : trajectoires biographiques et entrées en agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Inda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...61 lines deleted...]
-                <w:t xml:space="preserve">hal-05033573v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Sencébé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analyse (Ministère de l'agriculture, de l’alimentation, de la pêche, de la ruralité et de l’aménagement du territoire)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 216</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Chez les uns les autres »</w:t>
+                <w:t xml:space="preserve">Le sanglier dans la lutte des chasses De la diffusion de la « chasse-gestion » à l’accaparement bourgeois des forêts et des animaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...44 lines deleted...]
-                <w:t xml:space="preserve">hal-05151349v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 256 (1), pp.78-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/arss.256.0078⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05151332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La valeur travail ne suffit pas à comprendre le vote des campagnes »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Jeunesses populaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...44 lines deleted...]
-                <w:t xml:space="preserve">hal-05151369v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études rurales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 212, pp.8-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/etudesrurales.31528⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04395185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Surveiller la sexualité des jeunes : le travail non prescrit des surveillant·e·s dans les prisons pour mineur·e·s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Vuattoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Déviance et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Vol. 47 (1), pp.91-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ds.471.0093⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04050216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rural est l’archétype du territoire mondialisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Reversé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de la LCD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Les ruralités face aux discriminations, 14, pp.21-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/clcd.014.0021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autonomy and herbaceous forage in goat farming of western France. First results of a sociological survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Inda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Disenhaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Options Méditerranéennes. Série A : Séminaires Méditerranéens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125, pp.305-308</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04402692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Book Reviews</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naomi Andrews</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">French Politics, Culture &amp; Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 37 (1), pp.162-168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3167/fpcs.2019.370109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04576708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les surveillants pénitentiaires face à la sexualité des jeunes en détention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Vuattoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'Études Pénitentiaires et Criminologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46, pp.1-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ceux qui restent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...2 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 37 (3), pp.97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/espri.1911.0097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Autre publication scientifique</w:t>
-[...3 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02943575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deja nous&amp;quot;. A selective Feeling of Belonging in the French Working Class</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31 (122), pp.57-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pox.122.0057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02093371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire partie de la bande.Le groupe d’amis comme instance de légitimation d’une masculinité populaire et rurale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 111 (2), pp.50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gen.111.0050⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02943572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normes sociales, sexuelles et genrées des jeunes détenus en France au moment de leur passage à l'âge adulte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Vuattoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue jeunes et sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (1), pp.114-132</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04470562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trajectoires familiales, scolaires et amoureuses: comment les mineurs incarcérés traversent leur jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Vuattoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Populations vulnérables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Jeunes vulnérables. Incidences sur les parcours d'entrée dans la vie active, 4, pp.45-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/popvuln.799⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01849086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Mes vrais potes, ils sont dehors ». L’adolescence en prison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Vuattoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des politiques sociales et familiales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 125 (1), pp.57-69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/caf.2017.3243⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de : Violaine Girard, Le Vote FN au village. Trajectoires de ménages populaires du périurbain, Paris, Éditions du Croquant, 2017, 320 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territoires contemporains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Varia, http://tristan.u-bourgogne.fr/CGC/publications/TC_VARIA/CR_ouvrages/coquard_decembre2017.html</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01663619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enquêter, écrire et publier en collectif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Fillod-Chabaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bessiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Biland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Gollac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Enquêtes collectives, 32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01526615v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Nos volets transparents »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 215 (5), pp.90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/arss.215.0090⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02943571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Paris ? Jamais de la vie ». Goûts et dégoûts territoriaux chez les jeunes ruraux de classes populaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savoir/Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 37 (3), pp.39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sava.037.0039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02943576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des familles au tribunal. Séparations conjugales et reproduction sociale des inégalités de sexe et de classe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Fillod-Chabaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Minoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Familles pour tous?, 82 (82), pp.58-65. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02943574v1</w:t>
+                <w:t xml:space="preserve">⟨10.3917/mouv.082.0058⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01547274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2852,51 +2852,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 8. « En avoir ou pas »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jeunesses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de Sciences Po, pp.165-178, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2930,77 +2930,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genre, intimité et respectabilité chez les jeunes en prison : comment les hiérarchies carcérales rejoignent les hiérarchies sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des jeunes à la marge ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3047,77 +3047,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genre, intimité et respectabilité chez les jeunes en prison : Comment les hiérarchies carcérales rejoignent les hiérarchies sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des jeunes à la marge ? Transgressions des sexes et conformité de genre dans les groupes juvéniles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 2753576920</w:t>
@@ -3294,77 +3294,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autonomy and herbaceous forage in goat farming of western France. First results of a sociological survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Inda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Disenhaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3406,77 +3406,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incarcerated Minors and Their Health: The Lack of Data and the Risk of Institutional Stigmatization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISA World Congress of Sociology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International sociological association (ISA), Jul 2018, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3501,51 +3501,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce que la classe fait au genre. Le cas des affaires familiales en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Gollac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3667,64 +3667,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bessière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Fillod-Chabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Gollac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Casterman, 168 p., 2020, Sociorama, 978-2-203-17432-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
@@ -3817,103 +3817,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au tribunal des couples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Biland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Coquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Fillod-Chabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sibylle Gollac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Odile Jacob, 309 p., 2013, Le collectif onze, 978-2-7381-3053-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
@@ -4025,51 +4025,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A08048C4"/>
+    <w:nsid w:val="A976FFDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4256,51 +4256,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-coquard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1172-025X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151332v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Coquard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.256.0078" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05240622v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Inda" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Senc&#233;b&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05240616v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050216v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#235;lle Amsellem-Mainguy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Vuattoux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.471.0093" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395185v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.31528" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560447v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Roche" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Revers&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clcd.014.0021" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04402692v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Jacquot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Marnet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Disenhaus" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Flament" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576708v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Andrews" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Coquard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/fpcs.2019.370109" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266928v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943575v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.1911.0097" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849086v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/popvuln.799" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943572v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.111.0050" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093371v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.122.0057" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470562v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01663619v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560457v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/caf.2017.3243" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01526615v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fillod-Chabaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bessiere" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Biland" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Gollac" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943571v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.215.0090" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943576v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.037.0039" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01547274v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Minoc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mille" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.082.0058" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05240589v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01611374v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943577v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151340v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Hervieu-L&#233;ger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.405.0017" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033573v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie Gu&#233;raut" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sala Pala" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vincent" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151349v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bianchi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/deriv.009.0008" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151369v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grimault" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ae.428.0070" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943574v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576695v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/scpo.amsel.2022.01.0165" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470593v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/149460?lang=fr" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.149460" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070708v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395398v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/diver.2020.4918" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923280v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Inda" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Guinard-Flament" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849102v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519238v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bessi&#232;re" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03622897v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Virot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418507v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editionsladecouverte.fr/catalogue/index-Ceux_qui_restent-9782348044472.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01547069v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-coquard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1172-025X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151340v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Coquard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Hervieu-L&#233;ger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.405.0017" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033573v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#235;lle Amsellem-Mainguy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie Gu&#233;raut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sala Pala" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vincent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151349v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bianchi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/deriv.009.0008" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151369v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grimault" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ae.428.0070" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943574v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/espri.1911.0097" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05240589v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Inda" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Senc&#233;b&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01611374v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Vuattoux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943577v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05240622v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05240616v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151332v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.256.0078" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395185v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.31528" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050216v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.471.0093" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560447v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Roche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Revers&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clcd.014.0021" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04402692v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Jacquot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Marnet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Disenhaus" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Flament" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576708v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Andrews" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Coquard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/fpcs.2019.370109" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266928v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943575v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093371v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.122.0057" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943572v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.111.0050" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470562v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849086v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/popvuln.799" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560457v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/caf.2017.3243" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01663619v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01526615v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fillod-Chabaud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bessiere" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Biland" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Gollac" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943571v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.215.0090" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943576v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.037.0039" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01547274v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Minoc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mille" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.082.0058" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576695v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/scpo.amsel.2022.01.0165" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470593v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/149460?lang=fr" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.149460" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070708v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395398v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/diver.2020.4918" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923280v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Inda" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Guinard-Flament" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849102v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519238v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bessi&#232;re" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03622897v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Virot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418507v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editionsladecouverte.fr/catalogue/index-Ceux_qui_restent-9782348044472.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01547069v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>