--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1121,77 +1121,77 @@
                 <w:t xml:space="preserve">An Evolution-Guided Analysis Reveals a Multi-Signaling Regulation of Fas by Tyrosine Phosphorylation and its Implication in Human Cancers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krittalak Chakrabandhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Huault</w:t>
+                <w:t xml:space="preserve">Sebastien Huault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Durivault</w:t>
+                <w:t xml:space="preserve">Jerome Durivault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Lang</w:t>
+                <w:t xml:space="preserve">Kevin Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ly Ta Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
@@ -1206,126 +1206,126 @@
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pbio.1002401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03359561v1</w:t>
+                <w:t xml:space="preserve">hal-01438523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Evolution-Guided Analysis Reveals a Multi-Signaling Regulation of Fas by Tyrosine Phosphorylation and its Implication in Human Cancers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krittalak Chakrabandhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Huault</w:t>
+                <w:t xml:space="preserve">Sébastien Huault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Durivault</w:t>
+                <w:t xml:space="preserve">Jérôme Durivault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Lang</w:t>
+                <w:t xml:space="preserve">Kévin Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ly Ta Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
@@ -1340,51 +1340,51 @@
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pbio.1002401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01438523v1</w:t>
+                <w:t xml:space="preserve">hal-03359561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synergism of PI3K/Akt inhibition and Fas activation on colon cancer cell death.</w:t>
               </w:r>
@@ -1903,295 +1903,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02375935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of BTBD1 in mesenchymal differentiation.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Involvement of BTBD1 in mesenchymal differentiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pisani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.F. Pisani</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Coldefy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.S. Coldefy</w:t>
+                <w:t xml:space="preserve">Christian Elabd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Elabd</w:t>
+                <w:t xml:space="preserve">Candice Cabane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Cabane</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Salles</w:t>
+                <w:t xml:space="preserve">Jerome Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Cell Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 313 (11), pp.2417-2426. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.yexcr.2007.03.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00283233v1</w:t>
+                <w:t xml:space="preserve">hal-03219834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of BTBD1 in mesenchymal differentiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Pisani</w:t>
+                <w:t xml:space="preserve">Involvement of BTBD1 in mesenchymal differentiation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.F. Pisani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Coldefy</w:t>
+                <w:t xml:space="preserve">A.S. Coldefy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Elabd</w:t>
+                <w:t xml:space="preserve">C. Elabd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Candice Cabane</w:t>
+                <w:t xml:space="preserve">C. Cabane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Salles</w:t>
+                <w:t xml:space="preserve">Jérôme Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Cell Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 313 (11), pp.2417-2426. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.yexcr.2007.03.030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.yexcr.2007.03.030⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03219834v1</w:t>
+                <w:t xml:space="preserve">hal-00283233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The topoisomerase 1-interacting protein BTBD1 is essential for muscle cell differentiation</w:t>
               </w:r>
@@ -2307,51 +2307,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The topoisomerase 1-interacting protein BTBD1 is essential for muscle cell differentiation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. F. Pisani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cabane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Derijard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3151,51 +3151,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4E27615E"/>
+    <w:nsid w:val="58CE029C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3382,51 +3382,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-derijard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1104-8267" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077272803" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509270v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marty-Gastaldi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charalampos Dimitriadis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lazaric" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit D&#233;rijard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envc.2026.101406" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509183v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Roblet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Priouzeau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbers Romero Suarez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gambini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.70347" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05215010v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sabourault" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2025.114013" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798241v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/edn3.554" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795556v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cottalorda" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marty Gastaldi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.177250" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049219v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Di Franco" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Rossi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Di Iorio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Sdiri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Cal&#242;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d15010092" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943059v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Di Franco" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pierson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Di Iorio" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cal&#242;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Cottalorda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2020.111450" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359561v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krittalak Chakrabandhu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Huault" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Durivault" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Lang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly Ta Ngoc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1002401" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438523v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Huault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Durivault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117384v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Zhu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Derijard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing-Shun Wang" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Zhuan Chen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03360986v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2014.08.038" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009152v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Clavel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Siffroi-Fernandez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Coldefy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Boulukos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pisani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00666-09" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375935v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Martial" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Giorgelli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Renaudo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Derijard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2007.12.027" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LXHF4SMW-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00283233v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.F. Pisani" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Coldefy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Elabd" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cabane" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Salles" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2007.03.030" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219834v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Coldefy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Elabd" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Cabane" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Salles" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219817v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cabane" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Derijard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Dechesne" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.cdd.4401479" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323977v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. F. Pisani" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Derijard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. A. Dechesne" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02531162v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertolotto-Ballotti Bertolotto-Ballotti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Englaro" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bahadoran" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Bertolotto" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roser Busc&#224;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.onc.1202446" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494824v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann H&#233;chard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Letellier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cenatiempo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-138-12-2725" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200321v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian B&#252;rgi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Petiot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Sun" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Lingrand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA251431" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04796141v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879241v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossi F" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbers Romero" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Pey" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ventura" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loques Fran&#231;oise" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-derijard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1104-8267" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077272803" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509270v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marty-Gastaldi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charalampos Dimitriadis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lazaric" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit D&#233;rijard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envc.2026.101406" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509183v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Roblet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Priouzeau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbers Romero Suarez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gambini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.70347" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05215010v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sabourault" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2025.114013" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798241v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/edn3.554" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795556v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Cottalorda" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marty Gastaldi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.177250" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049219v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Di Franco" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Rossi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Di Iorio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Sdiri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Cal&#242;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d15010092" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943059v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Di Franco" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pierson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Di Iorio" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cal&#242;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Cottalorda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2020.111450" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438523v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krittalak Chakrabandhu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Huault" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Durivault" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly Ta Ngoc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1002401" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359561v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Huault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Durivault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Lang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117384v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Zhu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Derijard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing-Shun Wang" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Zhuan Chen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03360986v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canlet.2014.08.038" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009152v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Clavel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Siffroi-Fernandez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Coldefy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Boulukos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pisani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00666-09" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375935v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Martial" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Giorgelli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Renaudo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Derijard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2007.12.027" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LXHF4SMW-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219834v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Coldefy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Elabd" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Cabane" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Salles" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2007.03.030" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00283233v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.F. Pisani" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Coldefy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Elabd" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cabane" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Salles" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219817v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cabane" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Derijard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Dechesne" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.cdd.4401479" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323977v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. F. Pisani" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Derijard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. A. Dechesne" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02531162v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertolotto-Ballotti Bertolotto-Ballotti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Englaro" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bahadoran" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Bertolotto" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roser Busc&#224;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.onc.1202446" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494824v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann H&#233;chard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Letellier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cenatiempo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-138-12-2725" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200321v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian B&#252;rgi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Petiot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Sun" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Lingrand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA251431" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04796141v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879241v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossi F" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbers Romero" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Pey" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ventura" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loques Fran&#231;oise" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>