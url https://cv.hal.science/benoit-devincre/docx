--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -569,235 +569,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04293392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncovering the existence of anti-backstress associated with dislocations accumulated at grain boundaries during plastic deformation</w:t>
+                <w:t xml:space="preserve">Grain size effect of FCC polycrystal: A new CPFEM approach based on surface geometrically necessary dislocations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maoyuan Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhengxuan Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Kruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Devincre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Materials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2022.111328⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 150, pp.103181. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2021.103181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03612115v1</w:t>
+                <w:t xml:space="preserve">hal-03612034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grain size effect of FCC polycrystal: A new CPFEM approach based on surface geometrically necessary dislocations</w:t>
+                <w:t xml:space="preserve">Uncovering the existence of anti-backstress associated with dislocations accumulated at grain boundaries during plastic deformation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maoyuan Jiang</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Serge Kruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Devincre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 150, pp.103181. </w:t>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 208, pp.111328. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2021.103181⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2022.111328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03612034v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A molecular dynamics-informed probabilistic cross-slip model in discrete dislocation dynamics</w:t>
               </w:r>
@@ -985,248 +985,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02887595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multiscale study of the size-effect in nanoindentation of Au nanoparticles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Riccardo Gatti</w:t>
+                <w:t xml:space="preserve">Effects of the grain size and shape on the flow stress: A dislocation dynamics study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maoyuan Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Devincre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dan Mordehai</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghiath Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Materials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2019.02.013⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 113, pp.111-124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2018.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02382801v1</w:t>
+                <w:t xml:space="preserve">hal-01931425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of the grain size and shape on the flow stress: A dislocation dynamics study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maoyuan Jiang</w:t>
+                <w:t xml:space="preserve">A multiscale study of the size-effect in nanoindentation of Au nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shyamal Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Devincre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ghiath Monnet</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Mordehai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Plasticity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 113, pp.111-124. </w:t>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 162, pp.47-59. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijplas.2018.09.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2019.02.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01931425v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preface for MMM 2016 focus issue</w:t>
               </w:r>
@@ -6300,51 +6300,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="018CA270"/>
+    <w:nsid w:val="4A437E58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6531,51 +6531,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-devincre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1791-6985" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/033630658" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409955v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Frankus" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yash Pachaury" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anter El-Azab" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Devincre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Friis Poulsen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2025.106069" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412224v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Madec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislas Kubin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ad9763" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293392v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Joste" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Gatti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Proudhon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ad02b0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612115v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maoyuan Jiang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2022.111328" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612034v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengxuan Fan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Kruch" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2021.103181" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02922568v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alon Malka-Markovitz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Mordehai" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.08.008" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02887595v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghiath Monnet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2020.104071" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382801v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyamal Roy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2019.02.013" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931425v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2018.09.008" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735991v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Canc&#232;s" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Politano" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rodney" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Willaime" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/aa9a7d" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931426v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahid Samaee" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pardoen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Schryvers" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30639-8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637557v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Reali" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Boioli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gouriet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carrez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2017.02.092" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637562v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cordier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Devincre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.1601958" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593246v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gerberich" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellad B Tadmor" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Kysar" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan A Zimmerman" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M Minor" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.5003378" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569117v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Geslin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2017.07.019" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637572v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Jamond" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gatti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjen Roos" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2015.12.011" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735975v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.J. Shi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dupuy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Terentyev" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vincent" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2015.01.061" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JT7MQK4M-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193104v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12762/2015.AL09-02" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735980v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vattr&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Feyel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Groh" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2013.07.003" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557259v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Amodeo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Devincre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Carrez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Cordier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2014.01.001" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735989v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fossati" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent van Brutzel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.07.059" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1L0HZJ1M-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01830634v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vincent" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2013.07.002" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7T232GQ7-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557263v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2010.12.020" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LM81H6TF-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01830663v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Naamane" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Devincre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2010.09.039" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K6CQJZ5S-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01830724v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Queyreau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2010.06.028" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6HB42W4H-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01830726v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monnet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2009.05.003" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BF3BHX9F-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01830731v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2007.12.009" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SGXTCW3Q-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909600v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislas P. Kubin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3139/146.110191" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01828154v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Domain" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Naamane" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2009.09.005" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-41LBJ72H-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276790v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2007.01.167" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RT7XKMJ9-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289627v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.P. Kubin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155519v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Durinck" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kubin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cordier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2007.2512" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276783v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2007.07.026" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WQLXJKCF-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276782v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Lefebvre" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2006.10.002" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RS03RDZ0-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019068v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513632v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430500398425" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513653v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430500525241" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019069v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114946v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hoc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kubin Lp" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2005.02.071" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L29LBT60-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01830746v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2004.05.048" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q0SJB6KF-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909612v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504497v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091281v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339875v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shukeir" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834670v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416235v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422157v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Vattr&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Feyel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276836v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03450139v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fivel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-819357-0.00021-4" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931459v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Robach" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Micha" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoch" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Daveau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008204v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Robach" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ulrich" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079294v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Geantil" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kassner" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01830722v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-devincre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1791-6985" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/033630658" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409955v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Frankus" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yash Pachaury" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anter El-Azab" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Devincre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Friis Poulsen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2025.106069" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412224v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Madec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislas Kubin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ad9763" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293392v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Joste" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Gatti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Proudhon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ad02b0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612034v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maoyuan Jiang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengxuan Fan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Kruch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2021.103181" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612115v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2022.111328" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02922568v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alon Malka-Markovitz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Mordehai" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.08.008" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02887595v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghiath Monnet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2020.104071" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931425v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2018.09.008" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382801v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyamal Roy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2019.02.013" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735991v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Canc&#232;s" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Politano" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rodney" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Willaime" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/aa9a7d" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931426v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vahid Samaee" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pardoen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Schryvers" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30639-8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637557v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Reali" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Boioli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gouriet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carrez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2017.02.092" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637562v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cordier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Devincre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.1601958" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593246v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gerberich" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellad B Tadmor" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Kysar" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan A Zimmerman" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M Minor" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.5003378" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569117v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Geslin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2017.07.019" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637572v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Jamond" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gatti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjen Roos" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2015.12.011" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735975v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.J. Shi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dupuy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Terentyev" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vincent" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2015.01.061" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JT7MQK4M-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193104v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12762/2015.AL09-02" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735980v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vattr&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Feyel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Groh" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2013.07.003" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557259v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Amodeo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Devincre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Carrez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Cordier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2014.01.001" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735989v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fossati" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent van Brutzel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.07.059" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1L0HZJ1M-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01830634v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vincent" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2013.07.002" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7T232GQ7-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557263v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2010.12.020" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LM81H6TF-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01830663v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Naamane" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Devincre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2010.09.039" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K6CQJZ5S-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01830724v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Queyreau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2010.06.028" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6HB42W4H-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01830726v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monnet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2009.05.003" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BF3BHX9F-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01830731v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2007.12.009" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SGXTCW3Q-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909600v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislas P. Kubin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3139/146.110191" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01828154v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Domain" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Naamane" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2009.09.005" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-41LBJ72H-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276790v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2007.01.167" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RT7XKMJ9-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00289627v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.P. Kubin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155519v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Durinck" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kubin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cordier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am.2007.2512" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276783v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2007.07.026" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WQLXJKCF-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276782v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Lefebvre" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2006.10.002" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RS03RDZ0-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019068v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513632v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430500398425" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513653v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430500525241" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019069v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114946v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hoc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kubin Lp" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2005.02.071" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L29LBT60-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01830746v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2004.05.048" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q0SJB6KF-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909612v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504497v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091281v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339875v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shukeir" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834670v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416235v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422157v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Vattr&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Feyel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276836v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03450139v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fivel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-819357-0.00021-4" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931459v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Robach" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Micha" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hoch" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Daveau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008204v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Robach" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ulrich" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079294v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Geantil" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kassner" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-01830722v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>