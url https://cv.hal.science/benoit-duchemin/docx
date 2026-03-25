--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1205,265 +1205,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02884862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The alkyl polyglucoside/fatty alcohol ratio effect on the formation of liquid crystal phases in binary systems</w:t>
+                <w:t xml:space="preserve">Growth of Clathrate Hydrates from Water Drops in Cyclopentane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daria Terescenco</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Savary</w:t>
+                <w:t xml:space="preserve">Jorge Peixinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Clemenceau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Merat</w:t>
+                <w:t xml:space="preserve">Valentin Ageorges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Duchemin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Liquids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molliq.2017.12.149⟩</w:t>
+              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 32 (3), pp.2693-2698. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.7b02740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02507804v1</w:t>
+                <w:t xml:space="preserve">hal-02143426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth of Clathrate Hydrates from Water Drops in Cyclopentane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The alkyl polyglucoside/fatty alcohol ratio effect on the formation of liquid crystal phases in binary systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daria Terescenco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Peixinho</w:t>
+                <w:t xml:space="preserve">Florence Clemenceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Ageorges</w:t>
+                <w:t xml:space="preserve">Emmanuelle Merat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Duchemin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 32 (3), pp.2693-2698. </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Liquids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 253, pp.45-52. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.7b02740⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molliq.2017.12.149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02143426v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonwoven flax fibres geotextiles effects on solute heavy metals transport in porous media</w:t>
               </w:r>
@@ -1674,51 +1674,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concentration driven cocrystallisation and percolation in all-cellulose nanocomposites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Lourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Peixinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Bréard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3767,51 +3767,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864533v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maston" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariq Ouahbi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Taibi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad El Hajjar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Sapin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trgeo.2025.101483" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04480912v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dallay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Malhiac" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Duchemin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Savary" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Picard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2023.109575" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679997v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Delaporte" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Duchemin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grisel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ecaterina Gore" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29153587" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04147595v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Rougier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cellier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Gomina" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Br&#233;ard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2022.118442" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03613368v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1gc03262c" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04147600v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Motta Neves" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Luiz Ornaghi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ademir Jos&#233; Zattera" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Campos Amico" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-022-04484-y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456314v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cazaux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.02.059" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03684337v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Leboucher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bazin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein El Siblani" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Travert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-020-03002-2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02884862v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Francesca Pucci" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmats.2020.00143" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02507804v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Terescenco" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Clemenceau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Merat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2017.12.149" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143426v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Peixinho" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Ageorges" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.7b02740" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01998285v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouamama Abbar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Alem" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pantet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marcotte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasre-Dine Ahfir" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2018.1555284" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01919561v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-017-1318-6" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528950v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cathala" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Leroy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-015-0805-x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943208v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t J.C. Duchemin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark P. Staiger" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger H. Newman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/masy.201300123" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VF4DHM1Z-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02922530v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger H Newman" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark P Staiger" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-007-9121-4" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3E728B26BC09BFBA2C09EC2CDCB19C1EEE34877D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05351487v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Mouillard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Bacha" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209550v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823576v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Couallier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5088313" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420762v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636836v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bendaoud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene P Kehrbusch" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Maigret" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963970v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bendaoud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04769968v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Begrem" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349447v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Staiger" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03080667v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poonam Singh" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Duarte" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Alves" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Antunes" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Moigne" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/61402" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215181v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Quilliard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djibril Rouzaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Kouvatas" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Prigent" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03011884v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678191v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Par&#233;tias" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Androuin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Azzaye" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Henrique Cavalcante Fraga" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stoil Chapkanski" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864533v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maston" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariq Ouahbi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Taibi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad El Hajjar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Sapin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trgeo.2025.101483" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04480912v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dallay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Malhiac" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Duchemin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Savary" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Picard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2023.109575" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679997v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Delaporte" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Duchemin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grisel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ecaterina Gore" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29153587" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04147595v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Rougier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cellier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Gomina" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Br&#233;ard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2022.118442" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03613368v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1gc03262c" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04147600v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Motta Neves" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Luiz Ornaghi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ademir Jos&#233; Zattera" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Campos Amico" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-022-04484-y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456314v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cazaux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.02.059" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03684337v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Leboucher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bazin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein El Siblani" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Travert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-020-03002-2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02884862v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Francesca Pucci" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmats.2020.00143" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143426v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Peixinho" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Ageorges" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.7b02740" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02507804v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Terescenco" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Clemenceau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Merat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2017.12.149" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01998285v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouamama Abbar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Alem" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pantet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marcotte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasre-Dine Ahfir" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2018.1555284" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01919561v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-017-1318-6" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528950v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cathala" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Leroy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-015-0805-x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943208v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t J.C. Duchemin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark P. Staiger" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger H. Newman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/masy.201300123" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VF4DHM1Z-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02922530v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger H Newman" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark P Staiger" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10570-007-9121-4" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3E728B26BC09BFBA2C09EC2CDCB19C1EEE34877D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05351487v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Mouillard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Bacha" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03209550v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823576v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Couallier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5088313" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420762v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636836v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bendaoud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene P Kehrbusch" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eudes Maigret" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963970v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bendaoud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04769968v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Begrem" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349447v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Staiger" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03080667v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poonam Singh" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Duarte" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Alves" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Antunes" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Moigne" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/61402" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215181v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Quilliard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djibril Rouzaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Kouvatas" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Prigent" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03011884v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678191v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Par&#233;tias" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Androuin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Azzaye" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Henrique Cavalcante Fraga" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stoil Chapkanski" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>