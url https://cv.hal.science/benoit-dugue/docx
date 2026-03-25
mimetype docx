--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:117.79141104294px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Benoit DUGUE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">benoit-dugue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2660-8244</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">129579378</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">190813595</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pr. Benoit Dugué a été formé à l’Université de Poitiers (1981–86) puis à l’Université d’Helsinki et au Minerva Foundation Institute for Medical Research, Helsinki, Finlande où il a travaillé comme chercheur puis comme chercheur sénior (1988–99). A son retour en France, B. Dugué a été employé par les Universités de Franche-Comté (1999-2001), de Limoges (2001-02), et de Poitiers (depuis sept. 2002). A l’Université de Poitiers, B. Dugué a été Directeur du Laboratoire des Adaptations Physiologiques aux Activités Physiques-EA3813 (2005-2011), est actuellement Directeur adjoint du Laboratoire Mobilité, Vieillissement, Exercice (MOVE)-UR20296 (2012- ), Directeur du master Activité Physique Adaptée et Santé” (2004- ) ainsi que des Diplômes d’Université « Nutrition, Micronutrition, Exercice, Santé » (2013- ).Les principales activités de recherche du Pr B Dugué concernent l’utilisation du froid comme aide à la récupération après un exercice physique ou lors d’entrainements/réentrainements chez l'humain (contexte sain et pathologique). Cet aspect de la recherche a été, ces dernières années, décliné vers le contexte de la performance sportive dans le cadre de la préparation Olympique. Un contrat d’importance ANR/PIA a été obtenu par le laboratoire MOVE où le Pr Dugué est responsable du groupe de travail n°2 au sein de l’ANR « Être en forme le Jour J. Stratégies de planification de la charge d’entraînement et des méthodes de récupération ».Autres intérêts scientifiques : Etudes des relations entre systèmes endocrinien-immunitaire-nerveux ; Etude de l'exercice physique comme modèles de stress ou de réadaptation.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Production scientifique récente (depuis 2020)Travaux publiés (revues internationales avec comité de lecture):1-	Louis J, Theurot D, Filliard JR, Volondat M, Dugué B, Dupuy O: The use of whole body cryotherapy:  time- and dose-response investigation on circulating blood catecholamines and heart rate variability. Eur J Appl Physiol 2020; 120:1733–1743DOI : 10.1007/s00421-020-04406-5- HAL Id : hal-042468742-	Douzi W, Dupuy O, Theurot D, Smolander J, Dugué B: Per-cooling (using cooling systems during physical exercise) enhances physical and cognitive performances. A narrative review. Int J Environ Res Public Health 2020; 17, 1031.DOI : 10.3390/ijerph17031031 - HAL Id : hal-045203223-	Douzi W, Guillot X, Bon D, Seguin F, Boildieu N, Wendling D, Tordi N, Dupuy O, Dugué B: 1H-NMR-based analysis for exploring knee synovial fluid metabolite changes after local cryotherapy in knee arthritis patients. Metabolites 2020; 10, 460DOI: 10.3390/metabo10110460 - HAL Id : hal-031770104-	Douzi W, Dugué B, Theurot D, Vinches L, Hallé S, Dupuy O: Cooling during exercise may induce benefits linked to improved brain perfusion. Int J Sport Med 2021; 42: 122-131.DOI : 10.1055/a-1213-5960 - HAL Id : hal-045185575-	Theurot D, Dugué B, Douzi W, Guitet P, Louis J, Dupuy O: Impact of a 3min partial-body cryostimulation exposure on cognitive performance, cerebral oxygenation, and cardiac autonomic activity in young adults. Scientific Reports 2021; 11:7793.DOI: 10.1038/s41598-021-87089-y - HAL Id : hal-032517596-	Bouzigon R, Dupuy O, Tiemessen I, De Nardi M, Bernard JP, Mihailovic T, Theurot D, Miller E, Lombardi G, Dugué B : Cryostimulation for post-exercise recovery in athletes: a consensus and position paper. Frontiers in Sports and Active Living 2021; 3:688828.DOI: 10.3389/fspor.2021.688828 - HAL Id : hal-040991907-	Douzi W, de Bisschop C, Dugué B: Regular short exposures to cold environment as a proposed adjunct therapy for patients with sleep apnea syndrome (SAS). Medical Hypotheses 2022; 161: 110795.DOI : 10.1016/j.mehy.2022.110795 - HAL Id : hal-045160268-	Fontana JM, Bozgeyik S, Gobbi M, Piterà P, Giusti EM, Dugué B, Lombardi G, Capodaglio P: Whole-body cryostimulation in obesity. A scoping review. J Therm Biol 2022; 106: 103250.DOI : 10.1016/j.jtherbio.2022.103250 - HAL Id : hal-042471639-	Meslet JB, Dugué B, Brisset U, Pianeta A, Kubas S. Evaluation of a hybrid cardiovascular rehabilitation program in acute coronary syndrome low-risk patients organised in both cardiac rehabilitation and sport centres. A model feasibility study. Int J Environ Res Public Health 2022; 19, 9455.DOI: 10.3390/ijerph19159455 - HAL Id : hal-0409424510- 	Douzi W, Bon D, Suikkanen S, Soukkio P, Boildieu N, Nenonen N, Hupli M, Kukkonen-Harjula K, Dugué B: 1H NMR urinary metabolomic analysis in older adults after hip fracture surgery may provide valuable information for patient profiling. A preliminary investigation. Metabolites 2022;12:744.DOI: 10.3390/metabo12080744 - HAL Id : hal-0409875111-	Ntoumani M, Dugué B, Rivas E, Gongaki K : Thermoregulation and thermal sensation during whole-body water immersion at different water temperatures in healthy individuals: A scoping review. J Thermal Biology 2023; 112: 103430.DOI : 10.1016/j.jtherbio.2022.103430 - HAL Id : hal-0451817212-	Theurot D, Dupuy O, Louis J, Douzi W, Morin R, Arc-Chagnaud C, Dugué B: Partial body-cryostimulation does not impact peripheral microvascular responsiveness but reduces muscular metabolic oxygen consumption (mVO2) at rest. Cryobiology 2023; 112:104561.DOI : 10.1016/j.cryobiol.2023.104561 - HAL Id : hal-0424614713- 	Legrand F, Dugué B, Costello J, Bleakley C, Miller E, Broatch J, Polidori G, Lubkowska A, Louis J, Lombardi G, Capodaglio P: Evaluating safety risks of whole-body cryotherapy (WBC): a scoping review from an international consortium. European Journal of Medical Research 2023; 28:387.DOI : 10.1186/s40001-023-01385-z - HAL Id : hal-0424709714-	Machnia M, Douzi W, Jdidi H, Miller E, Dugué B: Impact of regular cold exposure on electrodermal activity in elderly patients with joint degenerative diseases. Clin Physiol Funct Imaging (accepté en 2023)DOI : 10.1111/cpf.12862 - HAL Id : hal-0451821815-	Scotto CR, Petitcollin F, Dupuy O, Casiez G, Dugué B, Toussaint L: Arm Cooling Selectively Impacts Sensorimotor Control. J Neurophysiol. (accepté avec révision mineure en 2023)DOI: 10.1152/jn.00196.2023 - HAL Id : hal-04529087v116- 	Jdidi H, Dugué B, de Bisschop C, Dupuy O, Douzi W: The Effects of Cold Exposure (Cold Water Immersion, Whole- and Partial- Body Cryostimulation) on Cardiovascular and Cardiac Autonomic Control Responses in Healthy participants: A Systematic Review, Meta-Analysis and Meta-Regression. J Therm Biol (révion mineure en 2023, accepté début 2024)17-	Ntoumani M, Soultanakis H, Rivas E, Dugué B, Douka A, Gongaki K An integrated thermal sensation scale for estimating thermal strain in water. Medical Hypotheses (révion mineure en 2023, accepté début 2024)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Travaux publiés comme co-auteur au sein du consortium « D-Day »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florane Pasquier F, Robin Pla R, Laurent Bosquet L, Fabien Sauvet F, Mathieu Nedelec M; D-Day Consortium (Dugué B inclus comme membre du consortium) : The Impact of Multisession Sleep-Hygiene Strategies on Sleep Parameters in Elite Swimmers. Int J Sports Physiol Perform. 2023;18:1304-1312. doi: 10.1123/ijspp.2023-0018.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitres de livre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1-	Dugué B : Utilisation de l'immersion en eau froide pour la récupération et l'optimisation de la performance. Chapitre du livre &amp;quot;Médecine du Sport et conditions environnementales extrêmes&amp;quot;. Pages 73-78. Ouvrage édité lors des Entretiens de Médecine Physique et de Réadaptation 2023 et coordonné par M Julia, S Perrey, A Dupeyron. Sauramps Medical. (hal-04536888v1)2 - 	Dugué B. Foreword concerning the book entitled &amp;quot;Whole-Body Cryostimulation&amp;quot; page v. In: Capodaglio, P. (eds) Whole-Body Cryostimulation. Springer, Cham. (hal-04536913v1) (accepté octobre 2023)3 - 	Fontana JM, Dugué B, Capodaglio P. Prolonged or Repeated Cold Exposure: From Basic Physiological Adjustment to Therapeutic Effects, pages 3-19. In: Capodaglio, P. (eds) Whole-Body Cryostimulation. Springer, Cham. https://doi.org/10.1007/978-3-031-18545-8_1 ; (hal-04536840), (accepté octobre 2023)4 - 	Theurot D, Dugué B, Dupuy O. Muscular and Cerebral Tissue Oxygenation and Blood Flow, pages 59-65. In: Capodaglio, P. (eds) Whole-Body Cryostimulation. Springer, Cham. https://doi.org/10.1007/978-3-031-18545-8_5; (hal-04536843v1), (accepté octobre 2023)5 - 	Douzi W, Bon D, Dugué B. Metabolomics: Metabolite Changes in Response to Cold Stress with a Special Focus on Whole-body Cryostimulation, pages 81-92. In: Capodaglio, P. (eds) Whole-Body Cryostimulation. Springer, Cham. https://doi.org/10.1007/978-3-031-18545-8_7; (hal-04536853v1), (accepté octobre 2023)6 - 	Legrand FD, Dugué B, Miller E, Polidori G, Lombardi G, Fontana JM, Capodaglio P. Risks, pages 197-207. In: Capodaglio, P. (eds) Whole-Body Cryostimulation. Springer, Cham. https://doi.org/10.1007/978-3-031-18545-8_17; (hal-04536854v1), (accepté octobre 2023)7 - 	Capodaglio P, Dugué B, Lombardi G, Polidori G, Fontana JM, Cancello R. Future Perspectives, pages 223-237. In: Capodaglio, P. (eds) Whole-Body Cryostimulation. Springer, Cham. https://doi.org/10.1007/978-3-031-18545-8_19; (hal-04536857v1), (accepté octobre 2023)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autres travaux publiés:</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1-	Dugué B, Douzi W, Carette P, Dupuy O: What everybody should know about whole-body cryotherapy/cryostimulation. An updated review. Congrès International du Froid, 2019 August 24-30, Montréal Canada. Indexé dans les publications de l’Institut International du Froid, Paris, 2020</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://dx.doi.org/10.18462/iir.icr.2019.1859</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">2-	Dugué B (head of the committee), Bernard JP, Bouzigon R, Massimo De Nardi, Douzi W, Ferrreira Junior J, Guilpart J, Lombardi G, Miller E, Tiemessen I : Informatory Note on Whole Body Cryotherapy/Cryostimulation – position de consensus. International Institute of Refrigeration (IIF), 2020 (versions française et anglaise)</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://dx.doi.org/10.18462/iif.NItec39.09.2020;</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (hal-04536899v1)3-		Dugué B, Douzi W, Theurot D, Carette P, Dupuy O, Bouzigon R : Etat des lieux sur la cryothérapie corps entier. Revue Générale du Froid (numéro spécial Froid et Santé), 2021 ;1179 :29-324- 	Denizart E, Dugué B, Carette P : Intérêt du travail d’intervalle à haute intensité chez les personnes âgées dans le cadre de la prise en charge de la sarcopénie : revue exploratoire de la littérature récente. Kinésithérapie, la revue 2023, sous presse6-	Bouzigon R, Politoff M, Petit H, Dupuy O, Dugué B : Difference in skin temp response during a whole-body cryotherapy exposure in males and females. 26th IIR International Congress of Refrigeration (ICR 2023), 21- 25th August, 2023, Paris, France. Indexé dans les publications de l’Institut International du Froid, Paris, 20247 - 	Douzi W, Machnia M, Jdidi H, Miller E, Dugué B : Impact of regular cold exposure on electrodermal activity in patients with joint degenerative diseases. 26th IIR International Congress of Refrigeration (ICR 2023), 21- 25th August, 2023, Paris, France. Indexé dans les publications de l’Institut International du Froid, Paris, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communications écrites et orales:1- 	Dugué B : Rehabilitation of older persons – can a new technology (metabolomics) be applied to predict progress? Pitkäkestoisen kotikuntoutuksen vaikuttavuus - Congrès sur l’efficacité de la réadaptation à domicile de longue durée. Conférence invitée - conférence plénière-Key note lecture, March 4-5, 2020, Lappeenranta, Finlande2-	Dugué B : Récupération et cryothérapie/cryostimulation. Observatoire National du Sport de Tunisie. Congrès ayant pour thème : Activités Physiques Régulières : Réalité, Bienfaits & Enjeux ; Conférence invitée - conférence plénière-Key note lecture, 18-19 novembre 2021, Hammamet, Tunisie3- 	Dugué B : What do we talk about when we talk about Whole-Body cryostimulation. Congrès “Whole-Body cryostimulation: an update on the latest research and clinical use. Conférence invitée - conférence plénière-Key note lecture, 2 décembre 2022, Milan, Italie4-	Dugué B : Utilisation de l'immersion en eau froide pour la récupération et l'optimisation de la performance. Colloque « Médecine du Sport et conditions environnementales extrêmes » - 51èmes Entretiens de Médecine Physique et de Réadaptation. Conférence invitée, 22-24 Mars 2023, Corum de Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communications écrites:1-	Ntoumani M, Gongaki K, Dugué B, Soultanakis H : Thermoregulatory and cardiovascular responses in carbonated mineral thermal baths. 29th International Congress on Physical Education and Sport Science (e-conference), 2021 May 14-16th, Athens, Greece2-	Dugué B, Theurot D, Vinches L, Al Sayed C, Hallé S, Dupuy O: Reducing thermal perceptual and physiological strains during exercise in a warm ambient temperature improve cognitive performance after physical exercise. Congrès de l’ACAPS,  27-29 octobre 2021, Montpellier, France3-	Theurot D, Louis J, Filliard JR, Volondat M, Dugué B, Dupuy O: The use of whole body cryotherapy:  time- and dose-response investigation on circulating blood catecholamines and heart rate variability. Congrès de l’ACAPS,  27-29 octobre 2021, Montpellier, France4-	Arc-Chagnaud C, Garcia M, Dugué B, Dupuy O : Effects of repeated cryostimulation on sleep parameters in healthy subjects. Congrès de l’ACAPS,  27-29 octobre 2021, Montpellier, France5-	Ntoumani M, Gongaki K, Dugué B: On the classification of water temperature during whole-body immersion in healthy individuals based on human thermoregulation and thermal perception : A scoping review. International Society of Biometeorology. E-conference “Connecting our world – Biometeorology 2021” September 21-22, 20216- 	Ntoumani M, Dugué B, Kouskoukis C, Tzouvara S: Exploring the thermal perception paradox of carbonated baths. 3rd International Multidisciplinary Conference on Mineral and Thermal Waters,Caserta (Italy), June 26th – 30th 20227-	Douzi W, Bon D, Suikkanen S, Soukkio P, Boildieu N, Nenonen N, Hupli M, Kukkonen-Harjula K, Dugué B: 1H NMR urinary metabolomic analysis in older adults after hip fracture surgery may provide valuable information for patient profiling. Annual meeting of the European College of Sports Sciences, August 30th- September 2nd 2022, Sevilla, Spain8-	Meslet J-B, Dugué B, Brisset U, Pianeta A, Monpère C, Pavy B, Kubas S : Bénéfices de la réadaptation cardiaque à distance de la réadaptation (1 an) chez des patients coronariens et proposition d’une nouvelle approche hydride de réadaptation chez des patients coronariens à bas risque. Les 21ème Journées d’Études Francophones en Activité Physique Adaptée (JEFAPA), 29-31 mars 2023, Nantes, France9- 	Ntoumani N, Dugué B, Gongaki K, Kouskoukis K, Koutsilieris M, Philippou A, Soultanakis H: Development and validation of an integrated thermal sensation scale for the assessment of thermal state during whole-body water immersion: A pilot study. The 23rd International Congress of Biometeorology, May 14-17, 2023, Tempe, Arizona, USA.10-	Arc-Chagnaud C, Dupuy O, Pla R, Bouzigon R, Bosquet L, Dugué B: Effects of repeated cryostimulation on sleep quality of elite swimmers during an intense training period. 28th Annual ECSS Congress, July 4-7, 2023, Paris, France11-	Dugué B, Arc-Chagnaud C, Pla R, Bouzigon R, Bosquet L, Dupuy O : Effects of repeated cryostimulation exposures on sleep and wellness in healthy subjects. 28th Annual ECSS Congress, July 4-7, 2023, Paris, France12- 	Dupuy O, Dugué B, Pla R, Bouzigon R, Bosquet L, Arc-Chagnaud C: Effects of cryostimulation before bedtime on sleep and recovery of well-trained athletes. 28th Annual ECSS Congress, July 4-7, 2023, Paris, France13-	Bouzigon R, Politoff M, Petit H, Dupuy O, Dugué B : Difference in skin temp response during a whole-body cryotherapy exposure in males and females. 26th IIR International Congress of Refrigeration (ICR 2023), 21- 25th August, 2023, Paris, France14- Douzi W, Machnia M, Jdidi H, Miller E, Dugué B : Impact of regular cold exposure on electrodermal activity in patients with joint degenerative diseases. 26th IIR International Congress of Refrigeration (ICR 2023), 21- 25th August, 2023, Paris, France15-	Meslet J-B, Dugué B, Brisset U, Pianeta A, Monpère C, Pavy B, Kubas S : Bénéfices de la réadaptation cardiaque à distance de la réadaptation (1 an) chez des patients coronariens et proposition d’une nouvelle approche hydride de réadaptation chez des patients coronariens à bas risque. Congrès de la Société Française de Santé Publique, 4-6 octobre 2023, Saint Etienne, France</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (48)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebral oxygenation and cognitive performance under different acute normobaric hypoxic conditions: a fNIRS study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Pichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Mathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Gimenes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Applied Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00421-025-06042-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05471086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Whole-body cryostimulation exposures effectively alleviates menstrual-related pain and associated sleep disturbances in young women: a randomized controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bretonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Arc-Chagnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 6, pp.1614153. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpain.2025.1614153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05360604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;sup&amp;gt;1&amp;lt;/sup&amp;gt;H NMR urinary metabolomic analysis in recreational athletes: Impact of physical exercise, high intensity interval training and whole body cryostimulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bieuzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27, pp.1913 - 1926. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csbj.2025.05.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05291013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of repeated cryostimulation exposures on sleep and wellness in healthy young adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Arc-Chagnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bouzigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 117, pp.104948. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cryobiol.2024.104948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated thermal sensation scale for estimating thermal strain in water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Ntoumani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen Soultanakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rivas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Potter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Hypotheses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 187, pp.111342. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mehy.2024.111342⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04555039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arm cooling selectively impacts sensorimotor control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Petitcollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géry Casiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 131 (4), pp.607-618. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/jn.00196.2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Effects of Cold Exposure (Cold Water Immersion, Whole- and Partial- Body Cryostimulation) on Cardiovascular and Cardiac Autonomic Control Responses in Healthy Individuals: A Systematic Review, Meta-Analysis and Meta-Regression.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hela Jdidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire de Bisschop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Thermal Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.103857. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtherbio.2024.103857⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04554821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of regular cold exposure on electrical skin resistance in patients with joint degenerative diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Machnia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hela Jdidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Physiology and Functional Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 44 (2), pp.164-170. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cpf.12862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04518218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effectiveness of cryostimulation exposure on sleep and recovery in male athletes: Timing considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Arc-Chagnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bouzigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Pla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (12), pp.1788-1797. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejsc.12200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04841499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermoregulation and thermal sensation during whole-body water immersion at different water temperatures in healthy individuals: A scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Ntoumani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rivas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantina Gongaki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Thermal Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 112, pp.103430. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtherbio.2022.103430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04518172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating safety risks of whole-body cryotherapy/cryostimulation (WBC): a scoping review from an international consortium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Costello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Bleakley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Medical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 28 (1), pp.387. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40001-023-01385-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04247097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial-body cryostimulation does not impact peripheral microvascular responsiveness but reduces muscular metabolic O2 consumption (m V ˙ O2) at rest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renée Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 112, pp.104561. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cryobiol.2023.104561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04246147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regular short exposures to cold environment as an adjunct therapy for patients with sleep apnea syndrome (SAS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire de Bisschop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Hypotheses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 161, pp.110795. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mehy.2022.110795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04516026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR Urinary Metabolomic Analysis in Older Adults after Hip Fracture Surgery May Provide Valuable Information for Patient Profiling—A Preliminary Investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Suikkanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Soukkio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Boildieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (8), pp.744. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/metabo12080744⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of a Hybrid Cardiovascular Rehabilitation Program in Acute Coronary Syndrome Low-Risk Patients Organised in Both Cardiac Rehabilitation and Sport Centres: A Model Feasibility Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Meslet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Brisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pianeta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Kubas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (15), pp.9455. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijerph19159455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04094245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Whole-body cryostimulation in obesity. A scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacopo Maria Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibel Bozgeyik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Gobbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Piterà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuele Maria Giusti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Thermal Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106, pp.103250. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtherbio.2022.103250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryostimulation for Post-exercise Recovery in Athletes: A Consensus and Position Paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bouzigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivo Tiemessen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo de Nardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3, pp.688828. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fspor.2021.688828⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of acute partial-body cryostimulation on cognitive performance, cerebral oxygenation, and cardiac autonomic activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Guitet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (1), </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-87089-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03251759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooling During Exercise May Induce Benefits Linked to Improved Brain Perfusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludwig Vinches</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Hallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sports Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 42 (02), pp.122-131. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1055/a-1213-5960⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04518557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of whole-body cryotherapy: time- and dose-response investigation on circulating blood catecholamines and heart rate variability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Robert Filliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Volondat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Applied Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 120 (8), pp.1733 - 1743. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00421-020-04406-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04246874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR-Based Analysis for Exploring Knee Synovial Fluid Metabolite Changes after Local Cryotherapy in Knee Arthritis Patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X. Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Seguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Boildieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (11), pp.460. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/metabo10110460⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03177010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Per-Cooling (Using Cooling Systems during Physical Exercise) Enhances Physical and Cognitive Performances in Hot Environments. A Narrative Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juhani Smolander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (3), pp.1031. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijerph17031031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04520322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Air/CO2 cooling garment: Description and benefits of use for subjects exposed to a hot and humid climate during physical activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chady Al Sayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludwig Vinches</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Mining Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (6), pp.899-903. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmst.2019.02.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3‐min whole body cryotherapy/cryostimulation after training in the evening improves sleep quality in physically active men</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Tanneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bouzigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (6), pp.860-867. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17461391.2018.1551937⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulating soluble intercellular adhesion molecule-1 (sICAM-1) after exercise-induced muscular damage: Does the use of whole-body cryostimulation influence its concentration in blood?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bieuzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hausswirth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 87, pp.120 - 122. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cryobiol.2019.01.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03485716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PARTIAL-BODY CRYOSTIMULATION AFTER TRAINING IMPROVES SLEEP QUALITY IN PROFESSIONAL SOCCER PLAYERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Research Notes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12, pp.141. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13104-019-4172-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02453484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooling during exercise enhances performances, but the cooled body areas matter: A systematic review with meta‐analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludwig Vinches</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chady Al Sayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Hallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (11), pp.1660-1676. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sms.13521⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03251809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Sensations during a Partial-Body Cryostimulation Exposure in Elite Basketball Players</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bouzigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Ravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Grappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Kinetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 62 (1), pp.55-63. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/hukin-2017-0158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Evidence-Based Approach for Choosing Post-exercise Recovery Techniques to Reduce Markers of Muscle Damage, Soreness, Fatigue, and Inflammation: A Systematic Review With Meta-Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphys.2018.00403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The practice of physical activity and cryotherapy in rheumatoid arthritis: systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Peres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshimasa Sagawa Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Domenech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Physical and Rehabilitation Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 775-787, 53 (5), pp.775-787. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23736/S1973-9087.16.04534-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03016751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of a new whole-body cryotherapy chamber based on forced convection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bouzigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahlem Arfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Ravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jarlot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Thermal Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 65, pp.138-144. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtherbio.2017.02.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The &amp;quot;Stroop Walking Task&amp;quot; : An innovative dual-task for the early detection of executive function impairment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïck Perrochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Kemoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Watelain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Berthoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 45 (3), pp.181-90. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neucli.2015.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryotherapy in inflammatory rheumatic diseases: a systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mourot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Demougeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Review of Clinical Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10 (2), pp.281-294. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1586/1744666X.2014.870036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03405078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should the concept of MCI be revised in order to improve detection of dementia?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïck Perrochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Kemoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 44 (2), pp.235-7. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neucli.2014.02.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive Impairment Assessment through Visuospatial Memory Can Be Performed with a Modified Walking Corsi Test Using the 'Magic Carpet'.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïck Perrochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Kemoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berthoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dementia and Geriatric Cognitive Disorders Extra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (1), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000356727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral contraception but not menstrual cycle phase is associated with increased free cortisol levels and low hypothalamo-pituitary-adrenal axis reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Boisseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carina Enea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Benoît Corcuff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Endocrinological Investigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 36 (11), pp.955-64. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3275/8971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of the risk factors for falls in the elderly: Can meta-analysis provide a valid answer?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Bloch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Tournoux-Facon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Brèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Rigaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geriatrics and Gerontology International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13 (2), pp.250-263. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1447-0594.2012.00965.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concomitant changes in clinical and posturographic data in elderly fallers during the course of an in-home anti-falling multimodal program – A preliminary investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Carette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kemoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Watelain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 43 (4), pp.229--236. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neucli.2013.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01342023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of a Physical Training Programme on Cognitive Function and Walking Efficiency in Elderly Persons with Dementia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Kemoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roumagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Albinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dementia and Geriatric Cognitive Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 29 (2), pp.109-114. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000272435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02109862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nandrolone excretion in sedentary vs physically trained young women</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Bayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Magdeleine Flament-Waton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Florence Grenier-Loustalot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carina Enea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Boisseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20 (1), pp.90-99. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1600-0838.2008.00877.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00510235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of a 6-week arm exercise program on walking ability and health status after hip arthroplasty: a 1-year follow-up pilot study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Françoise Faillenet-Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juhani Smolander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rehabilitation Research and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 43 (4), pp.445-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00452088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative analysis of DHEA and androsterone in female urine: investigating the effects of menstrual cycle, oral contraception and training on exercise-induced changes in young women.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Bayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Enea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Goetinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Lafay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Boisseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 393 (4), pp.1315-25. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-008-2549-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00509309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximal accumulated oxygen deficit and blood responses of ammonia, lactate and pH after anaerobic test : a comparison between international and national elite karate athletes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sports Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 27 (10), pp. 810-817</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00178549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A specific arm-interval exercise program could improve the health status and walking ability of elderly patients after total hip arthroplasty: a pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Françoise Faillenet-Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rehabilitation Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 36 (2), pp.92-94. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/16501970310021383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03448281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceived exertion and rehabilitation with arm crank in elderly patients after total hip arthroplasty: A preliminary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Christine Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Groslambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rehabilitation Research and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 41 (4), pp.611. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1682/jrrd.2003.05.0080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECOVERY AFTER TOTAL HIP JOINT ARTHROPLASTY IN ELDERLY PATIENTS WITH OSTEOARTHRITIS: POSITIVE EFFECT OF UPPER LIMB INTERVAL-TRAINING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Françoise Faillenet-Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Parratte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rehabilitation Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 35 (4), pp.174-179. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/16501970306127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of autogenic and imagery training on the shooting performance in biathlon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Groslambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dugue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Rouillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Quarterly for Exercise and Sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 74, pp. 337-341</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interval training program on a wheelchair ergometer for paraplegic subjects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Tordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Dugue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Klupzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Rasseneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jd Rouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spinal Cord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 39 (10), pp.532-537. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.sc.3101206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03353993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foreword concerning the book entitled &amp;quot;Whole-Body Cryostimulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paolo Capodaglio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Whole-Body Cryostimulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.Page V, 2024, 978-3-031-18544-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muscular and Cerebral Tissue Oxygenation and Blood Flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paolo Capodaglio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Whole-Body Cryostimulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.59-65, 2024, 978-3-031-18544-1. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-18545-8_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomics: Metabolite Changes in Response to Cold Stress with a Special Focus on Whole-body Cryostimulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paolo Capodaglio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Whole-Body Cryostimulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.81-92, 2024, 978-3-031-18544-1. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-18545-8_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Polidori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Lombardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paolo Capodaglio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Whole-Body Cryostimulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.197-207, 2024, 978-3-031-18544-1. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-18545-8_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Capodaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Lombardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Polidori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacopo Maria Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Whole-Body Cryostimulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.223-237, 2024, 978-3-031-18544-1. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-18545-8_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolonged or Repeated Cold Exposure: From Basic Physiological Adjustment to Therapeutic Effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacopo Maria Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Capodaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paolo Capodaglio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Whole-Body Cryostimulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.3-19, 2024, 978-3-031-18544-1. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-18545-8_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de l'immersion en eau froide pour la récupération et l'optimisation de la performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Julia; Stéphane Perrey; Arnaud Dupeyron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine du Sport et conditions environnementales extrêmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sauramps médical</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.73-78, 2023, Pathologie locomotrice et médecine orthopédique, 979-10-303-0382-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H NMR Urinary Metabolomic Analysis in Recreational athletes: effect of physical exercise and whole body cryostimulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bieuzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Annual Congress of the ECSS : Enhancing Health, Performance and Community Sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Glasgow, United Kingdom. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of cold exposure on cardiovascular and autonomic nervous system responses : A systematic review with meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hela Jdidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire de Bisschop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e congrès international ACAPS : Les Environnements de l'Activité Physique et Sportive (ACAPS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Reims, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of regular cold exposure on electrical skin resistance in patients with joint degenerative diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Machnia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hela Jdidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e congrès international ACAPS : Les Environnements de l'Activité Physique et Sportive (ACAPS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Reims, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR urinary metabolomic analysis in older adults after hip fracture surgery may provide valuable information for patient profiling. A preliminary investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Suikkanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Soukkio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Boildieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Annual Congress of the ECSS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Séville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Courbatures, Fatigue et Inflammation : Méta-analyse pour connaître les techniques de récupération les plus efficaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e Congrès International de l'ACAPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Whole body cryotherapy/cryostimulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bouzigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo de Nardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th Informatory Note on Refrigeration Technologies / 39e Note d’Information sur les technologies du froid /</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18462/iif.NItec39.09.2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altération du contrôle postural à un stade précoce de la maladie d’Alzheimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Watelain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Kemoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SOFMER</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de facteurs préanalytiques in vivo : influence du stress psychologique sur les concentrations de divers composes sanguins et sur un marqueur protéique intestinal (le récepteur du complexe facteur intrinsèque-cobalamine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Médecine humaine et pathologie. Université Henri Poincaré - Nancy 1, 1993. Français. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1993NAN19421⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01753697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId265"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:117.79141104294px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Benoit DUGUE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">benoit-dugue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2660-8244</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">129579378</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">190813595</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pr. Benoit Dugué a été formé à l’Université de Poitiers (1981–86) puis à l’Université d’Helsinki et au Minerva Foundation Institute for Medical Research, Helsinki, Finlande où il a travaillé comme chercheur puis comme chercheur sénior (1988–99). A son retour en France, B. Dugué a été employé par les Universités de Franche-Comté (1999-2001), de Limoges (2001-02), et de Poitiers (depuis sept. 2002). A l’Université de Poitiers, B. Dugué a été Directeur du Laboratoire des Adaptations Physiologiques aux Activités Physiques-EA3813 (2005-2011), est actuellement Directeur adjoint du Laboratoire Mobilité, Vieillissement, Exercice (MOVE)-UR20296 (2012- ), Directeur du master Activité Physique Adaptée et Santé” (2004- ) ainsi que des Diplômes d’Université « Nutrition, Micronutrition, Exercice, Santé » (2013- ).Les principales activités de recherche du Pr B Dugué concernent l’utilisation du froid comme aide à la récupération après un exercice physique ou lors d’entrainements/réentrainements chez l'humain (contexte sain et pathologique). Cet aspect de la recherche a été, ces dernières années, décliné vers le contexte de la performance sportive dans le cadre de la préparation Olympique. Un contrat d’importance ANR/PIA a été obtenu par le laboratoire MOVE où le Pr Dugué est responsable du groupe de travail n°2 au sein de l’ANR « Être en forme le Jour J. Stratégies de planification de la charge d’entraînement et des méthodes de récupération ».Autres intérêts scientifiques : Etudes des relations entre systèmes endocrinien-immunitaire-nerveux ; Etude de l'exercice physique comme modèles de stress ou de réadaptation.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Production scientifique récente (depuis 2020)Travaux publiés (revues internationales avec comité de lecture):1-	Louis J, Theurot D, Filliard JR, Volondat M, Dugué B, Dupuy O: The use of whole body cryotherapy:  time- and dose-response investigation on circulating blood catecholamines and heart rate variability. Eur J Appl Physiol 2020; 120:1733–1743DOI : 10.1007/s00421-020-04406-5- HAL Id : hal-042468742-	Douzi W, Dupuy O, Theurot D, Smolander J, Dugué B: Per-cooling (using cooling systems during physical exercise) enhances physical and cognitive performances. A narrative review. Int J Environ Res Public Health 2020; 17, 1031.DOI : 10.3390/ijerph17031031 - HAL Id : hal-045203223-	Douzi W, Guillot X, Bon D, Seguin F, Boildieu N, Wendling D, Tordi N, Dupuy O, Dugué B: 1H-NMR-based analysis for exploring knee synovial fluid metabolite changes after local cryotherapy in knee arthritis patients. Metabolites 2020; 10, 460DOI: 10.3390/metabo10110460 - HAL Id : hal-031770104-	Douzi W, Dugué B, Theurot D, Vinches L, Hallé S, Dupuy O: Cooling during exercise may induce benefits linked to improved brain perfusion. Int J Sport Med 2021; 42: 122-131.DOI : 10.1055/a-1213-5960 - HAL Id : hal-045185575-	Theurot D, Dugué B, Douzi W, Guitet P, Louis J, Dupuy O: Impact of a 3min partial-body cryostimulation exposure on cognitive performance, cerebral oxygenation, and cardiac autonomic activity in young adults. Scientific Reports 2021; 11:7793.DOI: 10.1038/s41598-021-87089-y - HAL Id : hal-032517596-	Bouzigon R, Dupuy O, Tiemessen I, De Nardi M, Bernard JP, Mihailovic T, Theurot D, Miller E, Lombardi G, Dugué B : Cryostimulation for post-exercise recovery in athletes: a consensus and position paper. Frontiers in Sports and Active Living 2021; 3:688828.DOI: 10.3389/fspor.2021.688828 - HAL Id : hal-040991907-	Douzi W, de Bisschop C, Dugué B: Regular short exposures to cold environment as a proposed adjunct therapy for patients with sleep apnea syndrome (SAS). Medical Hypotheses 2022; 161: 110795.DOI : 10.1016/j.mehy.2022.110795 - HAL Id : hal-045160268-	Fontana JM, Bozgeyik S, Gobbi M, Piterà P, Giusti EM, Dugué B, Lombardi G, Capodaglio P: Whole-body cryostimulation in obesity. A scoping review. J Therm Biol 2022; 106: 103250.DOI : 10.1016/j.jtherbio.2022.103250 - HAL Id : hal-042471639-	Meslet JB, Dugué B, Brisset U, Pianeta A, Kubas S. Evaluation of a hybrid cardiovascular rehabilitation program in acute coronary syndrome low-risk patients organised in both cardiac rehabilitation and sport centres. A model feasibility study. Int J Environ Res Public Health 2022; 19, 9455.DOI: 10.3390/ijerph19159455 - HAL Id : hal-0409424510- 	Douzi W, Bon D, Suikkanen S, Soukkio P, Boildieu N, Nenonen N, Hupli M, Kukkonen-Harjula K, Dugué B: 1H NMR urinary metabolomic analysis in older adults after hip fracture surgery may provide valuable information for patient profiling. A preliminary investigation. Metabolites 2022;12:744.DOI: 10.3390/metabo12080744 - HAL Id : hal-0409875111-	Ntoumani M, Dugué B, Rivas E, Gongaki K : Thermoregulation and thermal sensation during whole-body water immersion at different water temperatures in healthy individuals: A scoping review. J Thermal Biology 2023; 112: 103430.DOI : 10.1016/j.jtherbio.2022.103430 - HAL Id : hal-0451817212-	Theurot D, Dupuy O, Louis J, Douzi W, Morin R, Arc-Chagnaud C, Dugué B: Partial body-cryostimulation does not impact peripheral microvascular responsiveness but reduces muscular metabolic oxygen consumption (mVO2) at rest. Cryobiology 2023; 112:104561.DOI : 10.1016/j.cryobiol.2023.104561 - HAL Id : hal-0424614713- 	Legrand F, Dugué B, Costello J, Bleakley C, Miller E, Broatch J, Polidori G, Lubkowska A, Louis J, Lombardi G, Capodaglio P: Evaluating safety risks of whole-body cryotherapy (WBC): a scoping review from an international consortium. European Journal of Medical Research 2023; 28:387.DOI : 10.1186/s40001-023-01385-z - HAL Id : hal-0424709714-	Machnia M, Douzi W, Jdidi H, Miller E, Dugué B: Impact of regular cold exposure on electrodermal activity in elderly patients with joint degenerative diseases. Clin Physiol Funct Imaging (accepté en 2023)DOI : 10.1111/cpf.12862 - HAL Id : hal-0451821815-	Scotto CR, Petitcollin F, Dupuy O, Casiez G, Dugué B, Toussaint L: Arm Cooling Selectively Impacts Sensorimotor Control. J Neurophysiol. (accepté avec révision mineure en 2023)DOI: 10.1152/jn.00196.2023 - HAL Id : hal-04529087v116- 	Jdidi H, Dugué B, de Bisschop C, Dupuy O, Douzi W: The Effects of Cold Exposure (Cold Water Immersion, Whole- and Partial- Body Cryostimulation) on Cardiovascular and Cardiac Autonomic Control Responses in Healthy participants: A Systematic Review, Meta-Analysis and Meta-Regression. J Therm Biol (révion mineure en 2023, accepté début 2024)17-	Ntoumani M, Soultanakis H, Rivas E, Dugué B, Douka A, Gongaki K An integrated thermal sensation scale for estimating thermal strain in water. Medical Hypotheses (révion mineure en 2023, accepté début 2024)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Travaux publiés comme co-auteur au sein du consortium « D-Day »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florane Pasquier F, Robin Pla R, Laurent Bosquet L, Fabien Sauvet F, Mathieu Nedelec M; D-Day Consortium (Dugué B inclus comme membre du consortium) : The Impact of Multisession Sleep-Hygiene Strategies on Sleep Parameters in Elite Swimmers. Int J Sports Physiol Perform. 2023;18:1304-1312. doi: 10.1123/ijspp.2023-0018.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitres de livre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1-	Dugué B : Utilisation de l'immersion en eau froide pour la récupération et l'optimisation de la performance. Chapitre du livre &amp;quot;Médecine du Sport et conditions environnementales extrêmes&amp;quot;. Pages 73-78. Ouvrage édité lors des Entretiens de Médecine Physique et de Réadaptation 2023 et coordonné par M Julia, S Perrey, A Dupeyron. Sauramps Medical. (hal-04536888v1)2 - 	Dugué B. Foreword concerning the book entitled &amp;quot;Whole-Body Cryostimulation&amp;quot; page v. In: Capodaglio, P. (eds) Whole-Body Cryostimulation. Springer, Cham. (hal-04536913v1) (accepté octobre 2023)3 - 	Fontana JM, Dugué B, Capodaglio P. Prolonged or Repeated Cold Exposure: From Basic Physiological Adjustment to Therapeutic Effects, pages 3-19. In: Capodaglio, P. (eds) Whole-Body Cryostimulation. Springer, Cham. https://doi.org/10.1007/978-3-031-18545-8_1 ; (hal-04536840), (accepté octobre 2023)4 - 	Theurot D, Dugué B, Dupuy O. Muscular and Cerebral Tissue Oxygenation and Blood Flow, pages 59-65. In: Capodaglio, P. (eds) Whole-Body Cryostimulation. Springer, Cham. https://doi.org/10.1007/978-3-031-18545-8_5; (hal-04536843v1), (accepté octobre 2023)5 - 	Douzi W, Bon D, Dugué B. Metabolomics: Metabolite Changes in Response to Cold Stress with a Special Focus on Whole-body Cryostimulation, pages 81-92. In: Capodaglio, P. (eds) Whole-Body Cryostimulation. Springer, Cham. https://doi.org/10.1007/978-3-031-18545-8_7; (hal-04536853v1), (accepté octobre 2023)6 - 	Legrand FD, Dugué B, Miller E, Polidori G, Lombardi G, Fontana JM, Capodaglio P. Risks, pages 197-207. In: Capodaglio, P. (eds) Whole-Body Cryostimulation. Springer, Cham. https://doi.org/10.1007/978-3-031-18545-8_17; (hal-04536854v1), (accepté octobre 2023)7 - 	Capodaglio P, Dugué B, Lombardi G, Polidori G, Fontana JM, Cancello R. Future Perspectives, pages 223-237. In: Capodaglio, P. (eds) Whole-Body Cryostimulation. Springer, Cham. https://doi.org/10.1007/978-3-031-18545-8_19; (hal-04536857v1), (accepté octobre 2023)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autres travaux publiés:</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1-	Dugué B, Douzi W, Carette P, Dupuy O: What everybody should know about whole-body cryotherapy/cryostimulation. An updated review. Congrès International du Froid, 2019 August 24-30, Montréal Canada. Indexé dans les publications de l’Institut International du Froid, Paris, 2020</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://dx.doi.org/10.18462/iir.icr.2019.1859</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">2-	Dugué B (head of the committee), Bernard JP, Bouzigon R, Massimo De Nardi, Douzi W, Ferrreira Junior J, Guilpart J, Lombardi G, Miller E, Tiemessen I : Informatory Note on Whole Body Cryotherapy/Cryostimulation – position de consensus. International Institute of Refrigeration (IIF), 2020 (versions française et anglaise)</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://dx.doi.org/10.18462/iif.NItec39.09.2020;</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (hal-04536899v1)3-		Dugué B, Douzi W, Theurot D, Carette P, Dupuy O, Bouzigon R : Etat des lieux sur la cryothérapie corps entier. Revue Générale du Froid (numéro spécial Froid et Santé), 2021 ;1179 :29-324- 	Denizart E, Dugué B, Carette P : Intérêt du travail d’intervalle à haute intensité chez les personnes âgées dans le cadre de la prise en charge de la sarcopénie : revue exploratoire de la littérature récente. Kinésithérapie, la revue 2023, sous presse6-	Bouzigon R, Politoff M, Petit H, Dupuy O, Dugué B : Difference in skin temp response during a whole-body cryotherapy exposure in males and females. 26th IIR International Congress of Refrigeration (ICR 2023), 21- 25th August, 2023, Paris, France. Indexé dans les publications de l’Institut International du Froid, Paris, 20247 - 	Douzi W, Machnia M, Jdidi H, Miller E, Dugué B : Impact of regular cold exposure on electrodermal activity in patients with joint degenerative diseases. 26th IIR International Congress of Refrigeration (ICR 2023), 21- 25th August, 2023, Paris, France. Indexé dans les publications de l’Institut International du Froid, Paris, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communications écrites et orales:1- 	Dugué B : Rehabilitation of older persons – can a new technology (metabolomics) be applied to predict progress? Pitkäkestoisen kotikuntoutuksen vaikuttavuus - Congrès sur l’efficacité de la réadaptation à domicile de longue durée. Conférence invitée - conférence plénière-Key note lecture, March 4-5, 2020, Lappeenranta, Finlande2-	Dugué B : Récupération et cryothérapie/cryostimulation. Observatoire National du Sport de Tunisie. Congrès ayant pour thème : Activités Physiques Régulières : Réalité, Bienfaits & Enjeux ; Conférence invitée - conférence plénière-Key note lecture, 18-19 novembre 2021, Hammamet, Tunisie3- 	Dugué B : What do we talk about when we talk about Whole-Body cryostimulation. Congrès “Whole-Body cryostimulation: an update on the latest research and clinical use. Conférence invitée - conférence plénière-Key note lecture, 2 décembre 2022, Milan, Italie4-	Dugué B : Utilisation de l'immersion en eau froide pour la récupération et l'optimisation de la performance. Colloque « Médecine du Sport et conditions environnementales extrêmes » - 51èmes Entretiens de Médecine Physique et de Réadaptation. Conférence invitée, 22-24 Mars 2023, Corum de Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communications écrites:1-	Ntoumani M, Gongaki K, Dugué B, Soultanakis H : Thermoregulatory and cardiovascular responses in carbonated mineral thermal baths. 29th International Congress on Physical Education and Sport Science (e-conference), 2021 May 14-16th, Athens, Greece2-	Dugué B, Theurot D, Vinches L, Al Sayed C, Hallé S, Dupuy O: Reducing thermal perceptual and physiological strains during exercise in a warm ambient temperature improve cognitive performance after physical exercise. Congrès de l’ACAPS,  27-29 octobre 2021, Montpellier, France3-	Theurot D, Louis J, Filliard JR, Volondat M, Dugué B, Dupuy O: The use of whole body cryotherapy:  time- and dose-response investigation on circulating blood catecholamines and heart rate variability. Congrès de l’ACAPS,  27-29 octobre 2021, Montpellier, France4-	Arc-Chagnaud C, Garcia M, Dugué B, Dupuy O : Effects of repeated cryostimulation on sleep parameters in healthy subjects. Congrès de l’ACAPS,  27-29 octobre 2021, Montpellier, France5-	Ntoumani M, Gongaki K, Dugué B: On the classification of water temperature during whole-body immersion in healthy individuals based on human thermoregulation and thermal perception : A scoping review. International Society of Biometeorology. E-conference “Connecting our world – Biometeorology 2021” September 21-22, 20216- 	Ntoumani M, Dugué B, Kouskoukis C, Tzouvara S: Exploring the thermal perception paradox of carbonated baths. 3rd International Multidisciplinary Conference on Mineral and Thermal Waters,Caserta (Italy), June 26th – 30th 20227-	Douzi W, Bon D, Suikkanen S, Soukkio P, Boildieu N, Nenonen N, Hupli M, Kukkonen-Harjula K, Dugué B: 1H NMR urinary metabolomic analysis in older adults after hip fracture surgery may provide valuable information for patient profiling. Annual meeting of the European College of Sports Sciences, August 30th- September 2nd 2022, Sevilla, Spain8-	Meslet J-B, Dugué B, Brisset U, Pianeta A, Monpère C, Pavy B, Kubas S : Bénéfices de la réadaptation cardiaque à distance de la réadaptation (1 an) chez des patients coronariens et proposition d’une nouvelle approche hydride de réadaptation chez des patients coronariens à bas risque. Les 21ème Journées d’Études Francophones en Activité Physique Adaptée (JEFAPA), 29-31 mars 2023, Nantes, France9- 	Ntoumani N, Dugué B, Gongaki K, Kouskoukis K, Koutsilieris M, Philippou A, Soultanakis H: Development and validation of an integrated thermal sensation scale for the assessment of thermal state during whole-body water immersion: A pilot study. The 23rd International Congress of Biometeorology, May 14-17, 2023, Tempe, Arizona, USA.10-	Arc-Chagnaud C, Dupuy O, Pla R, Bouzigon R, Bosquet L, Dugué B: Effects of repeated cryostimulation on sleep quality of elite swimmers during an intense training period. 28th Annual ECSS Congress, July 4-7, 2023, Paris, France11-	Dugué B, Arc-Chagnaud C, Pla R, Bouzigon R, Bosquet L, Dupuy O : Effects of repeated cryostimulation exposures on sleep and wellness in healthy subjects. 28th Annual ECSS Congress, July 4-7, 2023, Paris, France12- 	Dupuy O, Dugué B, Pla R, Bouzigon R, Bosquet L, Arc-Chagnaud C: Effects of cryostimulation before bedtime on sleep and recovery of well-trained athletes. 28th Annual ECSS Congress, July 4-7, 2023, Paris, France13-	Bouzigon R, Politoff M, Petit H, Dupuy O, Dugué B : Difference in skin temp response during a whole-body cryotherapy exposure in males and females. 26th IIR International Congress of Refrigeration (ICR 2023), 21- 25th August, 2023, Paris, France14- Douzi W, Machnia M, Jdidi H, Miller E, Dugué B : Impact of regular cold exposure on electrodermal activity in patients with joint degenerative diseases. 26th IIR International Congress of Refrigeration (ICR 2023), 21- 25th August, 2023, Paris, France15-	Meslet J-B, Dugué B, Brisset U, Pianeta A, Monpère C, Pavy B, Kubas S : Bénéfices de la réadaptation cardiaque à distance de la réadaptation (1 an) chez des patients coronariens et proposition d’une nouvelle approche hydride de réadaptation chez des patients coronariens à bas risque. Congrès de la Société Française de Santé Publique, 4-6 octobre 2023, Saint Etienne, France</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (48)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerebral oxygenation and cognitive performance under different acute normobaric hypoxic conditions: a fNIRS study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Pichon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Mathe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Gimenes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Applied Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00421-025-06042-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05471086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Whole-body cryostimulation exposures effectively alleviates menstrual-related pain and associated sleep disturbances in young women: a randomized controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Bretonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Arc-Chagnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Delpech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 6, pp.1614153. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpain.2025.1614153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05360604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;sup&amp;gt;1&amp;lt;/sup&amp;gt;H NMR urinary metabolomic analysis in recreational athletes: Impact of physical exercise, high intensity interval training and whole body cryostimulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bieuzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27, pp.1913 - 1926. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csbj.2025.05.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05291013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of repeated cryostimulation exposures on sleep and wellness in healthy young adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Arc-Chagnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuela Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bouzigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 117, pp.104948. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cryobiol.2024.104948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated thermal sensation scale for estimating thermal strain in water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Ntoumani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen Soultanakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rivas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Potter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Hypotheses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 187, pp.111342. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mehy.2024.111342⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04555039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Effects of Cold Exposure (Cold Water Immersion, Whole- and Partial- Body Cryostimulation) on Cardiovascular and Cardiac Autonomic Control Responses in Healthy Individuals: A Systematic Review, Meta-Analysis and Meta-Regression.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hela Jdidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire de Bisschop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Thermal Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.103857. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtherbio.2024.103857⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04554821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arm cooling selectively impacts sensorimotor control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Scotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Petitcollin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géry Casiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 131 (4), pp.607-618. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/jn.00196.2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of regular cold exposure on electrical skin resistance in patients with joint degenerative diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Machnia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hela Jdidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Physiology and Functional Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 44 (2), pp.164-170. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cpf.12862⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04518218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effectiveness of cryostimulation exposure on sleep and recovery in male athletes: Timing considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Arc-Chagnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bouzigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Pla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (12), pp.1788-1797. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejsc.12200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04841499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermoregulation and thermal sensation during whole-body water immersion at different water temperatures in healthy individuals: A scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Ntoumani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rivas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantina Gongaki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Thermal Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 112, pp.103430. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtherbio.2022.103430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04518172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating safety risks of whole-body cryotherapy/cryostimulation (WBC): a scoping review from an international consortium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Costello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Bleakley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Medical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 28 (1), pp.387. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40001-023-01385-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04247097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial-body cryostimulation does not impact peripheral microvascular responsiveness but reduces muscular metabolic O2 consumption (m V ˙ O2) at rest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renée Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 112, pp.104561. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cryobiol.2023.104561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04246147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regular short exposures to cold environment as an adjunct therapy for patients with sleep apnea syndrome (SAS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire de Bisschop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Hypotheses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 161, pp.110795. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mehy.2022.110795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04516026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR Urinary Metabolomic Analysis in Older Adults after Hip Fracture Surgery May Provide Valuable Information for Patient Profiling—A Preliminary Investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Suikkanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Soukkio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Boildieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (8), pp.744. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/metabo12080744⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of a Hybrid Cardiovascular Rehabilitation Program in Acute Coronary Syndrome Low-Risk Patients Organised in Both Cardiac Rehabilitation and Sport Centres: A Model Feasibility Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Meslet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Brisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Pianeta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Kubas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (15), pp.9455. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijerph19159455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04094245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Whole-body cryostimulation in obesity. A scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacopo Maria Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibel Bozgeyik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Gobbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Piterà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuele Maria Giusti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Thermal Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106, pp.103250. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtherbio.2022.103250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryostimulation for Post-exercise Recovery in Athletes: A Consensus and Position Paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bouzigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivo Tiemessen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo de Nardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3, pp.688828. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fspor.2021.688828⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of acute partial-body cryostimulation on cognitive performance, cerebral oxygenation, and cardiac autonomic activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Guitet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (1), </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-87089-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03251759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooling During Exercise May Induce Benefits Linked to Improved Brain Perfusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludwig Vinches</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Hallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sports Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 42 (02), pp.122-131. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1055/a-1213-5960⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04518557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The use of whole-body cryotherapy: time- and dose-response investigation on circulating blood catecholamines and heart rate variability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Robert Filliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Volondat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Applied Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 120 (8), pp.1733 - 1743. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00421-020-04406-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04246874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H-NMR-Based Analysis for Exploring Knee Synovial Fluid Metabolite Changes after Local Cryotherapy in Knee Arthritis Patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X. Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Seguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Boildieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (11), pp.460. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/metabo10110460⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03177010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Per-Cooling (Using Cooling Systems during Physical Exercise) Enhances Physical and Cognitive Performances in Hot Environments. A Narrative Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juhani Smolander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (3), pp.1031. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijerph17031031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04520322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Air/CO2 cooling garment: Description and benefits of use for subjects exposed to a hot and humid climate during physical activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chady Al Sayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludwig Vinches</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Mining Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (6), pp.899-903. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmst.2019.02.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3‐min whole body cryotherapy/cryostimulation after training in the evening improves sleep quality in physically active men</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxence Tanneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bouzigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (6), pp.860-867. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17461391.2018.1551937⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulating soluble intercellular adhesion molecule-1 (sICAM-1) after exercise-induced muscular damage: Does the use of whole-body cryostimulation influence its concentration in blood?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bieuzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hausswirth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cryobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 87, pp.120 - 122. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cryobiol.2019.01.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03485716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PARTIAL-BODY CRYOSTIMULATION AFTER TRAINING IMPROVES SLEEP QUALITY IN PROFESSIONAL SOCCER PLAYERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Boucard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Research Notes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12, pp.141. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13104-019-4172-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02453484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooling during exercise enhances performances, but the cooled body areas matter: A systematic review with meta‐analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludwig Vinches</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chady Al Sayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Hallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (11), pp.1660-1676. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/sms.13521⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03251809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Sensations during a Partial-Body Cryostimulation Exposure in Elite Basketball Players</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bouzigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Ravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Grappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Kinetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 62 (1), pp.55-63. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/hukin-2017-0158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Evidence-Based Approach for Choosing Post-exercise Recovery Techniques to Reduce Markers of Muscle Damage, Soreness, Fatigue, and Inflammation: A Systematic Review With Meta-Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphys.2018.00403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The practice of physical activity and cryotherapy in rheumatoid arthritis: systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Peres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshimasa Sagawa Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Domenech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Physical and Rehabilitation Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 775-787, 53 (5), pp.775-787. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23736/S1973-9087.16.04534-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03016751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of a new whole-body cryotherapy chamber based on forced convection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bouzigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahlem Arfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Ravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Jarlot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Thermal Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 65, pp.138-144. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtherbio.2017.02.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03007159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The &amp;quot;Stroop Walking Task&amp;quot; : An innovative dual-task for the early detection of executive function impairment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïck Perrochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Kemoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Watelain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Berthoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 45 (3), pp.181-90. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neucli.2015.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryotherapy in inflammatory rheumatic diseases: a systematic review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mourot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Demougeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Review of Clinical Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10 (2), pp.281-294. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1586/1744666X.2014.870036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03405078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should the concept of MCI be revised in order to improve detection of dementia?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïck Perrochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Kemoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 44 (2), pp.235-7. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neucli.2014.02.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive Impairment Assessment through Visuospatial Memory Can Be Performed with a Modified Walking Corsi Test Using the 'Magic Carpet'.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïck Perrochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Kemoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berthoz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dementia and Geriatric Cognitive Disorders Extra</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (1), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000356727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01144488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral contraception but not menstrual cycle phase is associated with increased free cortisol levels and low hypothalamo-pituitary-adrenal axis reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Boisseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carina Enea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Benoît Corcuff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Endocrinological Investigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 36 (11), pp.955-64. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3275/8971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of the risk factors for falls in the elderly: Can meta-analysis provide a valid answer?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Bloch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Tournoux-Facon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Brèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Rigaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geriatrics and Gerontology International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13 (2), pp.250-263. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1447-0594.2012.00965.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concomitant changes in clinical and posturographic data in elderly fallers during the course of an in-home anti-falling multimodal program – A preliminary investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Carette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Kemoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Watelain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 43 (4), pp.229--236. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neucli.2013.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01342023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of a Physical Training Programme on Cognitive Function and Walking Efficiency in Elderly Persons with Dementia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Kemoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Roumagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Albinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dementia and Geriatric Cognitive Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 29 (2), pp.109-114. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000272435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02109862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nandrolone excretion in sedentary vs physically trained young women</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Bayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Magdeleine Flament-Waton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Florence Grenier-Loustalot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carina Enea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Boisseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20 (1), pp.90-99. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1600-0838.2008.00877.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00510235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of a 6-week arm exercise program on walking ability and health status after hip arthroplasty: a 1-year follow-up pilot study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Françoise Faillenet-Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juhani Smolander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rehabilitation Research and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 43 (4), pp.445-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00452088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative analysis of DHEA and androsterone in female urine: investigating the effects of menstrual cycle, oral contraception and training on exercise-induced changes in young women.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Bayle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Enea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Goetinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Lafay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Boisseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 393 (4), pp.1315-25. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-008-2549-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00509309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximal accumulated oxygen deficit and blood responses of ammonia, lactate and pH after anaerobic test : a comparison between international and national elite karate athletes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Ravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sports Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 27 (10), pp. 810-817</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00178549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A specific arm-interval exercise program could improve the health status and walking ability of elderly patients after total hip arthroplasty: a pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Françoise Faillenet-Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rehabilitation Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 36 (2), pp.92-94. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/16501970310021383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03448281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceived exertion and rehabilitation with arm crank in elderly patients after total hip arthroplasty: A preliminary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Christine Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Groslambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rehabilitation Research and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 41 (4), pp.611. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1682/jrrd.2003.05.0080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RECOVERY AFTER TOTAL HIP JOINT ARTHROPLASTY IN ELDERLY PATIENTS WITH OSTEOARTHRITIS: POSITIVE EFFECT OF UPPER LIMB INTERVAL-TRAINING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Françoise Faillenet-Maire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Parratte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rehabilitation Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 35 (4), pp.174-179. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/16501970306127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of autogenic and imagery training on the shooting performance in biathlon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Groslambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Candau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dugue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Rouillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Quarterly for Exercise and Sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 74, pp. 337-341</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00079547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interval training program on a wheelchair ergometer for paraplegic subjects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Tordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Dugue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Klupzinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Rasseneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jd Rouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spinal Cord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 39 (10), pp.532-537. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.sc.3101206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03353993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foreword concerning the book entitled &amp;quot;Whole-Body Cryostimulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paolo Capodaglio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Whole-Body Cryostimulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.Page V, 2024, 978-3-031-18544-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolomics: Metabolite Changes in Response to Cold Stress with a Special Focus on Whole-body Cryostimulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paolo Capodaglio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Whole-Body Cryostimulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.81-92, 2024, 978-3-031-18544-1. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-18545-8_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muscular and Cerebral Tissue Oxygenation and Blood Flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paolo Capodaglio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Whole-Body Cryostimulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.59-65, 2024, 978-3-031-18544-1. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-18545-8_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Polidori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Lombardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paolo Capodaglio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Whole-Body Cryostimulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.197-207, 2024, 978-3-031-18544-1. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-18545-8_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolonged or Repeated Cold Exposure: From Basic Physiological Adjustment to Therapeutic Effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacopo Maria Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Capodaglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paolo Capodaglio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Whole-Body Cryostimulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.3-19, 2024, 978-3-031-18544-1. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-18545-8_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Capodaglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Lombardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Polidori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacopo Maria Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Whole-Body Cryostimulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.223-237, 2024, 978-3-031-18544-1. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-18545-8_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de l'immersion en eau froide pour la récupération et l'optimisation de la performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Julia; Stéphane Perrey; Arnaud Dupeyron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine du Sport et conditions environnementales extrêmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sauramps médical</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.73-78, 2023, Pathologie locomotrice et médecine orthopédique, 979-10-303-0382-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H NMR Urinary Metabolomic Analysis in Recreational athletes: effect of physical exercise and whole body cryostimulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bieuzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th Annual Congress of the ECSS : Enhancing Health, Performance and Community Sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Glasgow, United Kingdom. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of cold exposure on cardiovascular and autonomic nervous system responses : A systematic review with meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hela Jdidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire de Bisschop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e congrès international ACAPS : Les Environnements de l'Activité Physique et Sportive (ACAPS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Reims, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of regular cold exposure on electrical skin resistance in patients with joint degenerative diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcin Machnia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hela Jdidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e congrès international ACAPS : Les Environnements de l'Activité Physique et Sportive (ACAPS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Reims, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1H NMR urinary metabolomic analysis in older adults after hip fracture surgery may provide valuable information for patient profiling. A preliminary investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Suikkanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Soukkio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Boildieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Annual Congress of the ECSS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Séville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Courbatures, Fatigue et Inflammation : Méta-analyse pour connaître les techniques de récupération les plus efficaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Theurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e Congrès International de l'ACAPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Whole body cryotherapy/cryostimulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bouzigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo de Nardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Douzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th Informatory Note on Refrigeration Technologies / 39e Note d’Information sur les technologies du froid /</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18462/iif.NItec39.09.2020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altération du contrôle postural à un stade précoce de la maladie d’Alzheimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jossart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Watelain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Kemoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SOFMER</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de facteurs préanalytiques in vivo : influence du stress psychologique sur les concentrations de divers composes sanguins et sur un marqueur protéique intestinal (le récepteur du complexe facteur intrinsèque-cobalamine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dugué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Médecine humaine et pathologie. Université Henri Poincaré - Nancy 1, 1993. Français. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1993NAN19421⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01753697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId265"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="517418CA"/>
+    <w:nsid w:val="0E9497CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-dugue" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2660-8244" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/129579378" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/190813595" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.18462/iir.icr.2019.1859" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.18462/iif.NItec39.09.2020;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471086v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Faucher" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Pichon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Mathe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gimenes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Theurot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-025-06042-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360604v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bretonneau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Arc-Chagnaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dugu&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delpech" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpain.2025.1614153" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291013v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Douzi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bieuzen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2025.05.007" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746493v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Garcia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bosquet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouzigon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2024.104948" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555039v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ntoumani" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Soultanakis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rivas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Potter" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mehy.2024.111342" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529087v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Scotto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Petitcollin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;ry Casiez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00196.2023" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554821v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Jdidi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire de Bisschop" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2024.103857" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518218v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Machnia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Miller" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cpf.12862" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841499v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pla" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsc.12200" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518172v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Gongaki" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2022.103430" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247097v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Legrand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dugu&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Costello" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Bleakley" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40001-023-01385-z" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246147v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Morin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2023.104561" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516026v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mehy.2022.110795" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098751v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Suikkanen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Soukkio" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Boildieu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12080744" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094245v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Meslet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Brisset" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pianeta" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kubas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19159455" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098822v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Maria Fontana" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibel Bozgeyik" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Gobbi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Piter&#224;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Maria Giusti" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2022.103250" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099190v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Tiemessen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo de Nardi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bernard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2021.688828" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251759v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Guitet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-87089-y" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518557v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Vinches" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hall&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1213-5960" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246874v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Robert Filliard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Volondat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-020-04406-5" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177010v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Guillot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Seguin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10110460" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520322v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juhani Smolander" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17031031" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538640v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chady Al Sayed" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dugue" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmst.2019.02.010" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538273v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Tanneau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Boucard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2018.1551937" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485716v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hausswirth" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2019.01.013" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453484v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-019-4172-9" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251809v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.13521" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007289v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ravier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grappe" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hukin-2017-0158" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538601v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00403" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03016751v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Peres" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshimasa Sagawa Junior" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Domenech" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tordi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S1973-9087.16.04534-2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03007159v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Arfaoui" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grappe" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jarlot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2017.02.019" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01220808v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;ck Perrochon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Kemoun" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Watelain" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Dugu&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berthoz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2015.03.001" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4CX43RLN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03405078v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Guillot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mourot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Demougeot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1586/1744666X.2014.870036" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01144487v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2014.02.002" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2RG51PC9-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01144488v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kemoun" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berthoz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000356727" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002233v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boisseau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Enea" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Diaz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Corcuff" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3275/8971" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962349v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bloch" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thibaud" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tournoux-Facon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Br&#232;que" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Rigaud" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1447-0594.2012.00965.x" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4DR0DRS7-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01342023v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carette" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kemoun" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dugu&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2013.06.003" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5RD9VWTW-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109862v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roumagne" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carette" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Albinet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000272435" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510235v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Bayle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Magdeleine Flament-Waton" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Florence Grenier-Loustalot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2008.00877.x" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CTVS2KFK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452088v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Maire" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Faillenet-Maire" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509309v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Enea" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Goetinck" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lafay" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-008-2549-z" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XHM8LQ24-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178549v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ravier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03448281v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Grange" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16501970310021383" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03547723v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Christine Grange" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Maire" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Groslambert" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1682/jrrd.2003.05.0080" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03547714v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Parratte" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16501970306127" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079547v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Candau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dugue" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Rouillon" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03353993v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Tordi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Dugue" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Klupzinski" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Rasseneur" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jd Rouillon" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.sc.3101206" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536913v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/book/10.1007/978-3-031-18545-8?" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536843v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/chapter/10.1007/978-3-031-18545-8_5" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18545-8_5" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536853v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/chapter/10.1007/978-3-031-18545-8_7" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18545-8_7" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536854v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Polidori" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Lombardi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/chapter/10.1007/978-3-031-18545-8_17" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18545-8_17" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536857v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Capodaglio" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/chapter/10.1007/978-3-031-18545-8_19" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18545-8_19" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536840v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/chapter/10.1007/978-3-031-18545-8_1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18545-8_1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536888v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sauramps-medical.com/medecine-de-reeducation/53072-medecine-du-sport-et-conditions-environnementales-extremes.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377214v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411545v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377265v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377193v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411702v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536899v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18462/iif.NItec39.09.2020" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475329v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jossart" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01753697v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1993NAN19421" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-dugue" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2660-8244" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/129579378" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/190813595" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.18462/iir.icr.2019.1859" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.18462/iif.NItec39.09.2020;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471086v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Faucher" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Pichon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Mathe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gimenes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Theurot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-025-06042-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360604v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bretonneau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Arc-Chagnaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dugu&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delpech" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpain.2025.1614153" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291013v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Douzi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bieuzen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2025.05.007" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746493v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Garcia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bosquet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouzigon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2024.104948" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555039v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ntoumani" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Soultanakis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rivas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Potter" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mehy.2024.111342" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554821v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Jdidi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire de Bisschop" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2024.103857" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529087v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Scotto" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Petitcollin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;ry Casiez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00196.2023" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518218v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Machnia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Miller" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cpf.12862" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841499v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pla" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsc.12200" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518172v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Gongaki" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2022.103430" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247097v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Legrand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dugu&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Costello" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Bleakley" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40001-023-01385-z" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246147v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Morin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2023.104561" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516026v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mehy.2022.110795" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098751v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Suikkanen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Soukkio" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Boildieu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12080744" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094245v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Meslet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Brisset" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pianeta" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kubas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19159455" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098822v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Maria Fontana" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibel Bozgeyik" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Gobbi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Piter&#224;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Maria Giusti" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2022.103250" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099190v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Tiemessen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo de Nardi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bernard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2021.688828" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251759v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Guitet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-87089-y" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518557v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Vinches" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hall&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1213-5960" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246874v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Robert Filliard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Volondat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-020-04406-5" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177010v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Guillot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Seguin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10110460" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520322v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juhani Smolander" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17031031" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538640v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chady Al Sayed" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dugue" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmst.2019.02.010" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538273v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Tanneau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Boucard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2018.1551937" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485716v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hausswirth" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2019.01.013" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453484v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-019-4172-9" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251809v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.13521" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007289v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ravier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grappe" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hukin-2017-0158" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538601v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00403" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03016751v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Peres" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshimasa Sagawa Junior" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Domenech" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tordi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S1973-9087.16.04534-2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03007159v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Arfaoui" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grappe" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jarlot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2017.02.019" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01220808v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;ck Perrochon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Kemoun" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Watelain" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Dugu&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berthoz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2015.03.001" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4CX43RLN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03405078v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Guillot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mourot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Demougeot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1586/1744666X.2014.870036" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01144487v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2014.02.002" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2RG51PC9-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01144488v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kemoun" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berthoz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000356727" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002233v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boisseau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Enea" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Diaz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Corcuff" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3275/8971" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962349v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bloch" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Thibaud" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tournoux-Facon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Br&#232;que" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Rigaud" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1447-0594.2012.00965.x" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4DR0DRS7-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01342023v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carette" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kemoun" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dugu&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2013.06.003" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5RD9VWTW-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109862v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roumagne" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carette" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Albinet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000272435" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510235v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Bayle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Magdeleine Flament-Waton" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Florence Grenier-Loustalot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2008.00877.x" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CTVS2KFK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452088v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Maire" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Faillenet-Maire" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509309v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Enea" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Goetinck" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lafay" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-008-2549-z" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XHM8LQ24-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178549v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ravier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03448281v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Grange" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16501970310021383" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03547723v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Christine Grange" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Maire" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Groslambert" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1682/jrrd.2003.05.0080" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03547714v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Parratte" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16501970306127" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079547v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Candau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dugue" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Rouillon" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03353993v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Tordi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Dugue" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Klupzinski" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Rasseneur" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jd Rouillon" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.sc.3101206" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536913v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/book/10.1007/978-3-031-18545-8?" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536853v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/chapter/10.1007/978-3-031-18545-8_7" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18545-8_7" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536843v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/chapter/10.1007/978-3-031-18545-8_5" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18545-8_5" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536854v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Polidori" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Lombardi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/chapter/10.1007/978-3-031-18545-8_17" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18545-8_17" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536840v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Capodaglio" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/chapter/10.1007/978-3-031-18545-8_1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18545-8_1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536857v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/chapter/10.1007/978-3-031-18545-8_19" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18545-8_19" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536888v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sauramps-medical.com/medecine-de-reeducation/53072-medecine-du-sport-et-conditions-environnementales-extremes.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377214v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411545v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377265v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377193v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411702v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536899v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18462/iif.NItec39.09.2020" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03475329v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jossart" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01753697v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1993NAN19421" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>