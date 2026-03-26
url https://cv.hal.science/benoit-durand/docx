--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (71)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (73)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,8875 +234,9155 @@
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04938845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Awareness and risk perception of bovine brucellosis among subsistence and medium-large scale farmers, and veterinarians: Insights from focus groups in Ecuador</w:t>
+                <w:t xml:space="preserve">A common form of dominant human IFNAR1 deficiency impairs IFN-α and -ω but not IFN-β-dependent immunity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rommel Vinueza</w:t>
+                <w:t xml:space="preserve">Fahd Al Qureshah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Chungata</w:t>
+                <w:t xml:space="preserve">Jérémie Le Pen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Ortega</w:t>
+                <w:t xml:space="preserve">Nicole de Weerd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Waters</w:t>
+                <w:t xml:space="preserve">Marcela Moncada-Velez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Durand</w:t>
+                <w:t xml:space="preserve">Marie Materna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 242, pp.106591. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 222 (2), pp.e20241413. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2025.106591⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1084/jem.20241413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05426171v1</w:t>
+                <w:t xml:space="preserve">hal-04926027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multi-Host Approach to Quantitatively Assess the Role of Dogs as Sentinels for Rift Valley Fever Virus (RVFV) Surveillance in Madagascar</w:t>
+                <w:t xml:space="preserve">Reconstructing the silent circulation of West Nile Virus in a Caribbean island during 15 years using sentinel serological data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herilantonirina Solotiana Ramaroson</w:t>
+                <w:t xml:space="preserve">Celia Hamouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andres Garchitorena</w:t>
+                <w:t xml:space="preserve">Jennifer Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Lacoste</w:t>
+                <w:t xml:space="preserve">Nonito Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soa Fy Andriamandimby</w:t>
+                <w:t xml:space="preserve">Véronique Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Schoenhals</w:t>
+                <w:t xml:space="preserve">Sylvie Lecollinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (11), pp.1461. </w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (6), pp.e0012895. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/v17111461⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0012895⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05426153v1</w:t>
+                <w:t xml:space="preserve">hal-05209492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstructing the silent circulation of West Nile Virus in a Caribbean island during 15 years using sentinel serological data</w:t>
+                <w:t xml:space="preserve">Awareness and risk perception of bovine brucellosis among subsistence and medium-large scale farmers, and veterinarians: Insights from focus groups in Ecuador</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celia Hamouche</w:t>
+                <w:t xml:space="preserve">Rommel Vinueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Pradel</w:t>
+                <w:t xml:space="preserve">Luis Chungata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonito Pagès</w:t>
+                <w:t xml:space="preserve">Fernando Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Chevalier</w:t>
+                <w:t xml:space="preserve">William Waters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Lecollinet</w:t>
+                <w:t xml:space="preserve">Benoît Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 19 (6), pp.e0012895. </w:t>
+              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 242, pp.106591. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0012895⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2025.106591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05209492v1</w:t>
+                <w:t xml:space="preserve">hal-05426171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting roles of farm categories in the enzootic circulation of bovine brucellosis through cattle trade in Paraguay</w:t>
+                <w:t xml:space="preserve">A Multi-Host Approach to Quantitatively Assess the Role of Dogs as Sentinels for Rift Valley Fever Virus (RVFV) Surveillance in Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amaias Avalos</w:t>
+                <w:t xml:space="preserve">Herilantonirina Solotiana Ramaroson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rossana Irrazábal</w:t>
+                <w:t xml:space="preserve">Andres Garchitorena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Maldonado</w:t>
+                <w:t xml:space="preserve">Vincent Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gina Zanella</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Soa Fy Andriamandimby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Schoenhals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2025.106629⟩</w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (11), pp.1461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v17111461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05426164v1</w:t>
+                <w:t xml:space="preserve">hal-05426153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farm Prevalence of Bovine Brucellosis, Farmer Awareness, and Local Practices in Small- and Medium-Scale Cattle Farms in a Tropical Region of Ecuador</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contrasting roles of farm categories in the enzootic circulation of bovine brucellosis through cattle trade in Paraguay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Durand</w:t>
+                <w:t xml:space="preserve">Amaias Avalos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Ortega-Perez</w:t>
+                <w:t xml:space="preserve">Rossana Irrazábal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Salas</w:t>
+                <w:t xml:space="preserve">Victor Maldonado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acacia Ferreira Vicente</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gina Zanella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 2023, pp.1-9. </w:t>
+              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 244, pp.106629. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2023/6242561⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2025.106629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04370551v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05426164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveillance de la tuberculose due à Mycobacterium bovis en France métropolitaine pour la campagne 2019-2020 : résultats et indicateurs de fonctionnement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La France métropolitaine a conservé son statut indemne de brucellose des petits ruminants en 2023 et 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Hénaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Forfait</w:t>
+                <w:t xml:space="preserve">Laurent Cloastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María-Laura Boschiroli</w:t>
+                <w:t xml:space="preserve">Barbara Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Carles</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Barbara Dufour</w:t>
+                <w:t xml:space="preserve">Luca Freddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 97, pp.9</w:t>
+              <w:t xml:space="preserve">, 2025, 106 (7), pp.1-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04291131v1</w:t>
+                <w:t xml:space="preserve">anses-05535898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveillance de la tuberculose due à Mycobacterium bovis en France métropolitaine pour la campagne 2020-2021 : résultats et indicateurs de fonctionnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carole Forfait</w:t>
+                <w:t xml:space="preserve">Farm Prevalence of Bovine Brucellosis, Farmer Awareness, and Local Practices in Small- and Medium-Scale Cattle Farms in a Tropical Region of Ecuador</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rommel L. Vinueza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Laura Boschiroli</w:t>
+                <w:t xml:space="preserve">Fernando Ortega-Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Girard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Carles</w:t>
+                <w:t xml:space="preserve">Fernando Salas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Chaigneau</w:t>
+                <w:t xml:space="preserve">Acacia Ferreira Vicente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2023, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2023/6242561⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04652314v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04370551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de la propagation de la brucellose bovine au Paraguay par le commerce des vaches</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Surveillance de la tuberculose due à Mycobacterium bovis en France métropolitaine pour la campagne 2019-2020 : résultats et indicateurs de fonctionnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Forfait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María-Laura Boschiroli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Carles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaigneau Pauline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 81 (1), pp.109-130</w:t>
+              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 97, pp.9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04370571v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04291131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des facteurs associés à la brucellose bovine dans une région du Paraguay</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Surveillance de la tuberculose due à Mycobacterium bovis en France métropolitaine pour la campagne 2020-2021 : résultats et indicateurs de fonctionnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Forfait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Laura Boschiroli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Carles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Chaigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 81 (1), pp.97-108</w:t>
+              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 100, pp.Article 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04370566v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the Potential Human Exposure to Japanese Encephalitis Virus (JEV) in Case of Introduction into Reunion Island</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héléna Ladreyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Garros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nausicaa Habchi-Hanriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dupraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Baldet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 2023, pp.1-11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1155/2023/3118640⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04167018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of a multi-type resurgence of Mycobacterium bovis in cattle and badgers in Southwest France, 2007-2019</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modélisation de la propagation de la brucellose bovine au Paraguay par le commerce des vaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaias Avalos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gina Zanella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 81 (1), pp.109-130</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04127004v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04370571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of palmiped farm density on the resilience of the poultry sector to highly pathogenic avian influenza H5N8 in France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Billy Bauzile</w:t>
+                <w:t xml:space="preserve">Analyse des facteurs associés à la brucellose bovine dans une région du Paraguay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaias Avalos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gina Zanella</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 81 (1), pp.97-108</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04183713v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04370566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan de la surveillance de la brucellose des petits-ruminants en France métropolitaine entre 2020 et 2022</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Barbara Dufour</w:t>
+                <w:t xml:space="preserve">Analysis of a multi-type resurgence of Mycobacterium bovis in cattle and badgers in Southwest France, 2007-2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Bouchez-Zacria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Ruette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Richomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Ponsart</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Viviane Hénaux</w:t>
+                <w:t xml:space="preserve">Sandrine Lesellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Rüger</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ariane Payne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 54, pp.41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-023-01168-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04370688v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04127004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A systematic review of mechanistic models used to study avian influenza virus transmission and control</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bilan de la surveillance de la brucellose des petits-ruminants en France métropolitaine entre 2020 et 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothée Vergne</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Claire Ponsart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Hénaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Rüger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 100, pp.Article 4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03997785v2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04370688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanistic models of Rift Valley fever virus transmission: A systematic review</w:t>
+                <w:t xml:space="preserve">Impact of palmiped farm density on the resilience of the poultry sector to highly pathogenic avian influenza H5N8 in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Cecilia</w:t>
+                <w:t xml:space="preserve">Billy Bauzile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex Drouin</w:t>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaëlle Métras</w:t>
+                <w:t xml:space="preserve">Séverine Rautureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Balenghien</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoit Durand</w:t>
+                <w:t xml:space="preserve">Lisa Fourtune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 16 (11), pp.e0010339. </w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 54, pp.56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0010339⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13567-023-01183-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03886982v1</w:t>
+                <w:t xml:space="preserve">hal-04183713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methods Combining Genomic and Epidemiological Data in the Reconstruction of Transmission Trees: A Systematic Review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A systematic review of mechanistic models used to study avian influenza virus transmission and control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Billy Bauzile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Duault</w:t>
+                <w:t xml:space="preserve">Amélie Mugnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Canini</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11 (2), pp.252. </w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 54, pp.96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pathogens11020252⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13567-023-01219-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-03926779v1</w:t>
+                <w:t xml:space="preserve">hal-03997785v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serological Responses in Cattle following Booster Vaccination against Serotypes 4 and 8 Bluetongue Virus with Two Bivalent Commercial Inactivated Vaccines</w:t>
+                <w:t xml:space="preserve">Mechanistic models of Rift Valley fever virus transmission: A systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Sailleau</w:t>
+                <w:t xml:space="preserve">Hélène Cecilia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydie Postic</w:t>
+                <w:t xml:space="preserve">Alex Drouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Chatenet</w:t>
+                <w:t xml:space="preserve">Raphaëlle Métras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Salat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Turpaud</w:t>
+                <w:t xml:space="preserve">Thomas Balenghien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/v14122719⟩</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (11), pp.e0010339. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0010339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-03926629v1</w:t>
+                <w:t xml:space="preserve">hal-03886982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan de la surveillance de la brucellose bovine en France en 2020 et 2021</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoit Durand</w:t>
+                <w:t xml:space="preserve">Serological Responses in Cattle following Booster Vaccination against Serotypes 4 and 8 Bluetongue Virus with Two Bivalent Commercial Inactivated Vaccines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Sailleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Ruger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claire Ponsart</w:t>
+                <w:t xml:space="preserve">Lydie Postic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Bourely</w:t>
+                <w:t xml:space="preserve">Xavier Chatenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Salat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Turpaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (12), pp.2719. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v14122719⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04246608v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03926629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two major epidemics of highly pathogenic avian influenza virus H5N8 and H5N1 in domestic poultry in France, 2020–2022</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+                <w:t xml:space="preserve">Methods Combining Genomic and Epidemiological Data in the Reconstruction of Transmission Trees: A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Duault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Canini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tbed.14722⟩</w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (2), pp.252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens11020252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03926786v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03926779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling Japanese encephalitis virus transmission dynamics and human exposure in a Cambodian rural multi-host system</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Véronique Chevalier</w:t>
+                <w:t xml:space="preserve">Bilan de la surveillance de la brucellose bovine en France en 2020 et 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Ruger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ponsart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Bourely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 97 (SPÉCIAL MALADIES ANIMALES RÉGLEMENTÉES ET EMERGENTES (MRE)), pp.Article 5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03745907v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04246608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Foot and mouth disease virus: transmission, pathogenesis, diagnosis and surveillance].</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David Lefebvre</w:t>
+                <w:t xml:space="preserve">Two major epidemics of highly pathogenic avian influenza virus H5N8 and H5N1 in domestic poultry in France, 2020–2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souheyla Benfrid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Barbara Dufour</w:t>
+                <w:t xml:space="preserve">Mathieu Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Delacourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/vir.2022.0972⟩</w:t>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 69 (6), pp.3160-3166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.14722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03897910v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03926786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vector Competence of Mediterranean Mosquitoes for Rift Valley Fever Virus: A Meta-Analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Modelling Japanese encephalitis virus transmission dynamics and human exposure in a Cambodian rural multi-host system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héléna Ladreyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Balenghien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pathogens11050503⟩</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (7), pp.e0010572. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/JOURNAL.PNTD.0010572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03694911v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03745907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revue des facteurs de risque spatialisés de transmission du virus de l’influenza aviaire hautement pathogène H5N8 en France en 2016-2017</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Guinat</w:t>
+                <w:t xml:space="preserve">Vector Competence of Mediterranean Mosquitoes for Rift Valley Fever Virus: A Meta-Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Drouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Balenghien</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (5), pp.503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens11050503⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03335797v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03694911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan de la surveillance de la brucellose bovine en France entre 2015 et 2019</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">[Foot and mouth disease virus: transmission, pathogenesis, diagnosis and surveillance].</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Sarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Romey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souheyla Benfrid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Virologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 26 (5), pp.355-373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/vir.2022.0972⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04264803v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03897910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan de la surveillance de la brucellose des petits ruminants en France métropolitaine entre 2015 et 2019</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Revue des facteurs de risque spatialisés de transmission du virus de l’influenza aviaire hautement pathogène H5N8 en France en 2016-2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bronner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tifenn Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 94 (SPÉCIAL MALADIES ANIMALES RÉGLEMENTÉES ET EMERGENTES (MRE)), pp.Article 5</w:t>
+              <w:t xml:space="preserve">, 2021, 92, pp.3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">anses-04268289v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03335797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Host-Feeding Preference and Diel Activity of Mosquito Vectors of the Japanese Encephalitis Virus in Rural Cambodia</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bilan de la surveillance de la brucellose des petits ruminants en France métropolitaine entre 2015 et 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Rüger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Hénaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 94 (SPÉCIAL MALADIES ANIMALES RÉGLEMENTÉES ET EMERGENTES (MRE)), pp.Article 5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03209045v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04268289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveillance de la tuberculose due à Mycobacterium bovis en France métropolitaine en 2019 : Résultats et indicateurs de fonctionnement</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bilan de la surveillance de la brucellose bovine en France entre 2015 et 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Ruger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Hénaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 94, pp.13</w:t>
+              <w:t xml:space="preserve">, 2021, 94 (SPÉCIAL MALADIES ANIMALES RÉGLEMENTÉES ET EMERGENTES (MRE)), pp.Article 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03997139v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04264803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasted Epidemiological Patterns of West Nile Virus Lineages 1 and 2 Infections in France from 2015 to 2019</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Host-Feeding Preference and Diel Activity of Mosquito Vectors of the Japanese Encephalitis Virus in Rural Cambodia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Leparc Goffart</w:t>
+                <w:t xml:space="preserve">Sébastien Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Franke</w:t>
+                <w:t xml:space="preserve">Sony Yean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaelle Gonzalez</w:t>
+                <w:t xml:space="preserve">Cécile Brengues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Dumarest</w:t>
+                <w:t xml:space="preserve">Pierre-Olivier Maquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 9 (11), pp.908. </w:t>
+              <w:t xml:space="preserve">, 2021, 10 (3), pp.376. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pathogens9110908⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/pathogens10030376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03350088v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03209045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serological Evidence of West Nile and Usutu Viruses Circulation in Domestic and Wild Birds in Wetlands of Mali and Madagascar in 2008</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Surveillance de la tuberculose due à Mycobacterium bovis en France métropolitaine en 2019 : Résultats et indicateurs de fonctionnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Marsot</w:t>
+                <w:t xml:space="preserve">Camille Delavenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Molia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">René Rakotondravao</w:t>
+                <w:t xml:space="preserve">Stéphanie Desvaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Laura Boschiroli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Carles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 94, pp.13</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02893795v1</w:t>
+                <w:t xml:space="preserve">anses-03997139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of human resources needed and comparison with human resources available to implement emergency vaccination in case of foot and mouth disease outbreaks in Tunisia</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoit Durand</w:t>
+                <w:t xml:space="preserve">Contrasted Epidemiological Patterns of West Nile Virus Lineages 1 and 2 Infections in France from 2015 to 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Leparc Goffart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Franke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wafa Ben Hammouda</w:t>
+                <w:t xml:space="preserve">Gaelle Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heni Hadj Ammar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Malek Zrelli</w:t>
+                <w:t xml:space="preserve">Marine Dumarest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0950268820001284⟩</w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (11), pp.908. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens9110908⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03941527v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03350088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serological Evidence of West Nile and Usutu Viruses Circulation in Domestic and Wild Birds in Wetlands of Mali and Madagascar in 2008</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Marsot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Molia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harena Rasamoelina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Rakotondravao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 17 (6), pp.1998. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijerph17061998⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03941542v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02893795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rift Valley fever in northern Senegal: A modelling approach to analyse the processes underlying virus circulation recurrence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of human resources needed and comparison with human resources available to implement emergency vaccination in case of foot and mouth disease outbreaks in Tunisia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Marsot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Fafa Sow</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Ben Hammouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heni Hadj Ammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malek Zrelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0008009⟩</w:t>
+              <w:t xml:space="preserve">Epidemiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 148, pp.e128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0950268820001284⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02934597v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03941527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How central is the domestic pig in the epidemiological cycle of Japanese Encephalitis Virus? A review of scientific evidence and implications for disease control</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Serological Evidence of West Nile and Usutu Viruses Circulation in Domestic and Wild Birds in Wetlands of Mali and Madagascar in 2008</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Chevalier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Marsot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Molia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harena Rasamoelina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Rakotondravao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (6), pp.1998. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph17061998⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/v11100949⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02618504v1</w:t>
+                <w:t xml:space="preserve">hal-03941542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A network-based approach to modelling bluetongue spread in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rift Valley fever in northern Senegal: A modelling approach to analyse the processes underlying virus circulation recurrence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Courtejoie</w:t>
+                <w:t xml:space="preserve">Moustapha Lo Modou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Cauchemez</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Annelise Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminata Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fafa Sow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2019.104744⟩</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (6), pp.e0008009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0008009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03333652v1</w:t>
+                <w:t xml:space="preserve">hal-02934597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying bluetongue vertical transmission in French cattle from surveillance data</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Benoît Durand</w:t>
+                <w:t xml:space="preserve">How central is the domestic pig in the epidemiological cycle of Japanese Encephalitis Virus? A review of scientific evidence and implications for disease control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Ladreyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dussart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (10), 27 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v11100949⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13567-019-0651-1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02133821v1</w:t>
+                <w:t xml:space="preserve">hal-02618504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using serological studies to reconstruct the history of bluetongue epidemic in French cattle under successive vaccination campaigns</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
+                <w:t xml:space="preserve">Quantifying bluetongue vertical transmission in French cattle from surveillance data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Courtejoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bournez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gina Zanella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Durand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simon Cauchemez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epidem.2018.05.005⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 50 (1), pp.34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-019-0651-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03430087v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description de l’épisode d’influenza aviaire hautement pathogène en France en 2016-2017</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A network-based approach to modelling bluetongue spread in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Niqueux</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Noémie Courtejoie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Cauchemez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gina Zanella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Durand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 170, pp.104744. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2019.104744⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05264033v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03333652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental determinants of the Mycobacterium bovis concomitant infection in cattle and badgers in France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benoit Durand</w:t>
+                <w:t xml:space="preserve">Using serological studies to reconstruct the history of bluetongue epidemic in French cattle under successive vaccination campaigns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Courtejoie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrik Salje</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gina Zanella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Cauchemez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Wildlife Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10344-017-1131-4⟩</w:t>
+              <w:t xml:space="preserve">Epidemics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25, pp.54-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epidem.2018.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03429137v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03430087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seroprevalence of West Nile and Usutu viruses in military working horses and dogs, Morocco, 2012: dog as an alternative WNV sentinel species?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H. Haskouri</w:t>
+                <w:t xml:space="preserve">Description de l’épisode d’influenza aviaire hautement pathogène en France en 2016-2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steeve Lowenski</w:t>
+                <w:t xml:space="preserve">Éric Niqueux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Vachiery</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Beck</w:t>
+                <w:t xml:space="preserve">Audrey Schmitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lebouquin-Leneveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Huneau-Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Infection</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 79, 13-17 p;</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02636401v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05264033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors associated with Toxoplasma gondii infection in confined farrow-to-finish pig herds in western France: an exploratory study in 60 herds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vitomir Djokic</w:t>
+                <w:t xml:space="preserve">Environmental determinants of the Mycobacterium bovis concomitant infection in cattle and badgers in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Bouchez-Zacria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Fablet</w:t>
+                <w:t xml:space="preserve">Aurélie Courcoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radu Blaga</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Jabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Richomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13071-016-1753-5⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Wildlife Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 63 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10344-017-1131-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02636056v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03429137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating the economic impact of a possible equine and human epidemic of West Nile virus infection in Belgium</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seroprevalence of West Nile and Usutu viruses in military working horses and dogs, Morocco, 2012: dog as an alternative WNV sentinel species?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Haskouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steeve Lowenski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Humblet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">C. Gosset</w:t>
+                <w:t xml:space="preserve">Nathalie Vachiery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosurveillance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2807/1560-7917.es.2016.21.31.30309⟩</w:t>
+              <w:t xml:space="preserve">Epidemiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 144 (09), pp.1857-1864. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S095026881600011X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01606473v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial-temporal variations of bovine tuberculosis incidence in France between 1965 and 2000</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimating the economic impact of a possible equine and human epidemic of West Nile virus infection in Belgium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Humblet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vandeputte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fecher-Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Leonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. E. A. Bekara</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Gosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tbed.12224⟩</w:t>
+              <w:t xml:space="preserve">Eurosurveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 21 (31), pp.17-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2807/1560-7917.es.2016.21.31.30309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02637313v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxoplasma gondii infection in pork produced in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
+                <w:t xml:space="preserve">Factors associated with Toxoplasma gondii infection in confined farrow-to-finish pig herds in western France: an exploratory study in 60 herds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitomir Djokic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Fablet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radu Blaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0031182015001870⟩</w:t>
+              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9 (1), pp.466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13071-016-1753-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02631173v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de la contamination par Toxoplasma gondii des viandes ovines, bovines et porcines – résultats des plans de surveillance pour les années 2007, 2009 et 2013</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spatial-temporal variations of bovine tuberculosis incidence in France between 1965 and 2000</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régine Geers</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. E. A. Bekara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamiae Azizi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.- J. Bénet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 63, pp.101-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.12224⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04539634v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02637313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Stakeholders Influence, Geographic Level and Risk Perception on Strategic Decisions in Simulated Foot and Mouth Disease Epizootics in France</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Toxoplasma gondii infection in pork produced in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitomir Djokic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radu Blaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0086323⟩</w:t>
+              <w:t xml:space="preserve">Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 143 (5), pp.557-567. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0031182015001870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03941715v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02631173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bluetongue dynamics in french wildlife: Exploring the driving Forces</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Gibert</w:t>
+                <w:t xml:space="preserve">Étude de la contamination par Toxoplasma gondii des viandes ovines, bovines et porcines – résultats des plans de surveillance pour les années 2007, 2009 et 2013</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radu Blaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régine Geers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 69, pp.15-19</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02631486v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04539634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Spatially Explicit Metapopulation Model and Cattle Trade Analysis Suggests Key Determinants for the Recurrent Circulation of Rift Valley Fever Virus in a Pilot Area of Madagascar Highlands</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bluetongue dynamics in french wildlife: Exploring the driving Forces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luciano Michael Tantely</w:t>
+                <w:t xml:space="preserve">S. Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Fontenille</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maryline Pioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Beard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0003346⟩</w:t>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 61 (6), pp.E12 - E24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tbed.12061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03057074v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02631486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zero-inflated models for identifying disease risk factors when case detection is imperfect: Application to highly pathogenic avian influenza H5N1 in Thailand</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Wanida Chaengprachak</w:t>
+                <w:t xml:space="preserve">Impact of Stakeholders Influence, Geographic Level and Risk Perception on Strategic Decisions in Simulated Foot and Mouth Disease Epizootics in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Marsot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Rautureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (1), pp.e86323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0086323⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2014.01.011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02630698v1</w:t>
+                <w:t xml:space="preserve">hal-03941715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tensile and water barrier properties of cassava starch composite films reinforced by synthetic zeolite and beidellite Journal of Food Engineering.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Spatially Explicit Metapopulation Model and Cattle Trade Analysis Suggests Key Determinants for the Recurrent Circulation of Rift Valley Fever Virus in a Pilot Area of Madagascar Highlands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. J. Daou</w:t>
+                <w:t xml:space="preserve">Gaëlle Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie B. Ndjaka</w:t>
+                <w:t xml:space="preserve">Luciano Michael Tantely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Michelin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Didier Fontenille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Durand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (12), pp.e3346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0003346⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00984282v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03057074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New strategy for the survey of Toxoplasma gondii in meat for human consumption</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Zero-inflated models for identifying disease risk factors when case detection is imperfect: Application to highly pathogenic avian influenza H5N1 in Thailand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Vergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Villena</w:t>
+                <w:t xml:space="preserve">Mathilde C. Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wanida Chaengprachak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Régine Geers</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2011.08.001⟩</w:t>
+              <w:t xml:space="preserve">Preventive Veterinary Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 114 (1), pp.28-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prevetmed.2014.01.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04537896v1</w:t>
+                <w:t xml:space="preserve">hal-02630698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le transcodage de l'axe II : une avancée utile</w:t>
+                <w:t xml:space="preserve">Tensile and water barrier properties of cassava starch composite films reinforced by synthetic zeolite and beidellite Journal of Food Engineering.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Coinçon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Durand</w:t>
+                <w:t xml:space="preserve">Pierre C. Belibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Misès</w:t>
+                <w:t xml:space="preserve">T. J. Daou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Botbol</w:t>
+                <w:t xml:space="preserve">Jean-Marie B. Ndjaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Bursztejn</w:t>
+                <w:t xml:space="preserve">Laure Michelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Brendlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 115 (3), pp.339-346</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00748144v1</w:t>
+                <w:t xml:space="preserve">hal-00984282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La CFTMEA R 2010, présentation des modifications de l'axe I</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New strategy for the survey of Toxoplasma gondii in meat for human consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Garrabé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Garret Gloanec</w:t>
+                <w:t xml:space="preserve">Isabelle Villena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radu Blaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régine Geers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 183 (3-4), pp.203-208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2011.08.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.amp.2011.03.006⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00748145v1</w:t>
+                <w:t xml:space="preserve">hal-04537896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the time-dependent transmission rate for porcine circovirus type 2 (PCV2) in pigs using data from serial transmission experiments</w:t>
+                <w:t xml:space="preserve">Le transcodage de l'axe II : une avancée utile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Andraud</w:t>
+                <w:t xml:space="preserve">Y. Coinçon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Grasland</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Durand</w:t>
+                <w:t xml:space="preserve">R. Misès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Cariolet</w:t>
+                <w:t xml:space="preserve">M. Botbol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Jestin</w:t>
+                <w:t xml:space="preserve">C. Bursztejn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 6 (30), pp.39-50. </w:t>
+              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rsif.2008.0210⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2011.03.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00370911v1</w:t>
+                <w:t xml:space="preserve">hal-00748144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficiency of a phase 1 vaccine for the reduction of vaginal Coxiella burnetii shedding in a clinically affected goat herd.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La CFTMEA R 2010, présentation des modifications de l'axe I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Misès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bursztejn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Botbol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Rousset</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Durand</w:t>
+                <w:t xml:space="preserve">J. Garrabé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean- Luc Champion</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dufour</w:t>
+                <w:t xml:space="preserve">N. Garret Gloanec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1469-0691.2008.02220.x⟩</w:t>
+              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 169 (4), pp.248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2011.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00430144v1</w:t>
+                <w:t xml:space="preserve">hal-00748145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of polyelectrolyte multilayer films on polyethylene terephtalate vascular prostheses under mechanical stretching</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling the time-dependent transmission rate for porcine circovirus type 2 (PCV2) in pigs using data from serial transmission experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Andraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Grasland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Rinckenbach</w:t>
+                <w:t xml:space="preserve">Roland Cariolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Hemmerle</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">J. G. Kretz</w:t>
+                <w:t xml:space="preserve">A. Jestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomedical Materials Research Part A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 6 (30), pp.39-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsif.2008.0210⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00367846v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00370911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raw materials dossier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficiency of a phase 1 vaccine for the reduction of vaginal Coxiella burnetii shedding in a clinically affected goat herd.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean- Luc Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Bernache-Assollant</w:t>
+                <w:t xml:space="preserve">Myriam Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Bonnet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thierry Chartier</w:t>
+                <w:t xml:space="preserve">Philippe Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrie céramique et verrière (L’)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-0691.2008.02220.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00293786v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00430144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel function of the ciliogenic transcription factor RFX3 in development of the endocrine pancreas.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of polyelectrolyte multilayer films on polyethylene terephtalate vascular prostheses under mechanical stretching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rinckenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hemmerle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ait-Lounis</w:t>
+                <w:t xml:space="preserve">F. Dieval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Baas</w:t>
+                <w:t xml:space="preserve">Y. Arntz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Barras</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Charrolais</w:t>
+                <w:t xml:space="preserve">J. G. Kretz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biomedical Materials Research Part A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 84A (3), pp.576-588. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jbm.a.31333⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00161422v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00367846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A deficiency in Rfx3 causes hyrdocephalus associated wit abnormal differentiation of ependymal cells.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Raw materials dossier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Meiniel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Benadiba</w:t>
+                <w:t xml:space="preserve">Didier Bernache-Assollant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Bonnafe</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Meiniel</w:t>
+                <w:t xml:space="preserve">C. Carry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chaput.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 24, pp.1020-30</w:t>
+              <w:t xml:space="preserve">Industrie céramique et verrière (L’)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1012, pp.40-73</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00161414v1</w:t>
+                <w:t xml:space="preserve">hal-00293786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A deficiency in RFX3 causes hydrocephalus associated with abnormal differentiation of ependymal cells.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Novel function of the ciliogenic transcription factor RFX3 in development of the endocrine pancreas.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ait-Lounis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Baas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Benadiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">O. Meiniel</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Charrolais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Diabetes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 56, pp.950-959</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00192833v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00161422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A History of Organic Geochemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A deficiency in Rfx3 causes hyrdocephalus associated wit abnormal differentiation of ependymal cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Baas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Meiniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Benadiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bonnafe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Meiniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oil &amp; Gas Science and Technology - Revue d'IFP Energies nouvelles</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 24, pp.1020-30</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02043852v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00161414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">dRFX is an embryonic type I neuron marker also expressed in spermatids and in the brain of Drosophila.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Vandaele</w:t>
+                <w:t xml:space="preserve">A deficiency in RFX3 causes hydrocephalus associated with abnormal differentiation of ependymal cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Baas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Meiniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Coulon-Bublex</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Benadiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bonnafe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Meiniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanisms of Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 24 (4), pp.1020-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1460-9568.2006.05002.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00144511v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00192833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalysis assisted characterizations of nanosized TiO2-Al2O3 mixtures obtained in molten alkali metal nitrates. Effect of the metal precursor</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">A History of Organic Geochemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Durand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J.P. Deloume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis A : General</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Oil &amp; Gas Science and Technology - Revue d'IFP Energies nouvelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 58 (2), pp.203-231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2516/ogst:2003014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00006969v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02043852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration by reaction in molten nitrates and characterization of pure titanium oxide with large surface area</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">dRFX is an embryonic type I neuron marker also expressed in spermatids and in the brain of Drosophila.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Vandaele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Coulon-Bublex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Couble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Durand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Solid State and Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1994, 31, pp.197-210</w:t>
+              <w:t xml:space="preserve">Mechanisms of Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 103, pp.159-162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00005997v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00144511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of cerium (IV) oxide by the method of molten salts</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId301" w:history="1">
+                <w:t xml:space="preserve">Catalysis assisted characterizations of nanosized TiO2-Al2O3 mixtures obtained in molten alkali metal nitrates. Effect of the metal precursor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Harle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vrinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Scharff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Deloume</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Vrinat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Solid State and Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1994, 31, pp.487-500</w:t>
+              <w:t xml:space="preserve">Applied Catalysis A : General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 196, pp.261-269</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00005998v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00006969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zirconia- and alumina -supported molybdenum-based catalysts: a comparative study in hydrodesulfurization and hydrogenation reactions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId299" w:history="1">
+                <w:t xml:space="preserve">Elaboration by reaction in molten nitrates and characterization of pure titanium oxide with large surface area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Harle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Deloume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Mosoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vrinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Catalysis Today</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1994, 20, pp.273-282</w:t>
+              <w:t xml:space="preserve">European Journal of Solid State and Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 31, pp.197-210</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00006001v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00005997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zirconia-alumina supports for hydrotreatment catalysts: molten salt preparation and characterization</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId299" w:history="1">
+                <w:t xml:space="preserve">Preparation of cerium (IV) oxide by the method of molten salts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Kulikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Deloume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Mosoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vrinat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Solid State and Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1993, 30, pp.713-726</w:t>
+              <w:t xml:space="preserve">, 1994, 31, pp.487-500</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00006042v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00005998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics and sintering behaviour of 3 mol % Y2O3-ZrO2 powders synthesized by reaction in molten salts</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Zirconia- and alumina -supported molybdenum-based catalysts: a comparative study in hydrodesulfurization and hydrogenation reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vrinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Breysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Des Courieres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Catalysis Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 20, pp.273-282</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00754965v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00006001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of production conditions on the densification of zirconia powders obtained from acetates</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Zirconia-alumina supports for hydrotreatment catalysts: molten salt preparation and characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vrinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Breysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Roubin</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Mosoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Journal of Solid State and Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 30, pp.713-726</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00754963v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00006042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pHmetric and Raman investigations of zirconium aqueous solutions and gel submitted to reflux</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Characteristics and sintering behaviour of 3 mol % Y2O3-ZrO2 powders synthesized by reaction in molten salts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Descemond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brodhag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Thevenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">L. Mosoni</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jebrouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, Volume 28 (Issue 9), pp 2283-2288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/BF01151654⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00006119v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00754965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Influence of production conditions on the densification of zirconia powders obtained from acetates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Descemond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brodhag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Thevenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Roubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, Volume 28 (Issue 14), pp 3754-3760. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/BF00353174⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00754963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pHmetric and Raman investigations of zirconium aqueous solutions and gel submitted to reflux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Tosan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Roubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Chassagneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Mosoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 160, pp.167-176</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00006119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Etude de quelques critères indicateurs de l'état hydrique d'une culture de tomate en région semi-aride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nader Katerji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Itier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Flura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1988, 8 (5), pp.425-433</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00885120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9112,741 +9392,741 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Big Data to Prediction: Machine Learning for source attribution in a One Health approach - A case study on L. monocytogenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isis Lorenzo Colina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Chesnais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BSFM 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Bruxelle, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-05308168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Big Data to Prediction: Machine Learning for source attribution in a One Health approach - A case study on L. monocytogenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isis Lorenzo Colina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Chesnais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbes 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-05308156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling RVF vector population dynamics in a tropical setting in South-Eastern Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure J. G. Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Balenghien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Luciano Tantely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESOVE 2024 - 23. European Society for Vector Ecology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Montpellier, France. , pp.S3-P02</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05007435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the spread of bovine brucellosis in Paraguay through the trade of cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaias Avalos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zanella Gina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Symposium of Veterinary Epidemiology and Economics (ISVEE16)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Halifax, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03797349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of molecular typing to the understanding of the circulation of Anaplasma phagocytophilum in cattle herds and to the description of a marker associated with cattle abortions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Claire Lagrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Rouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëllys Kevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Caignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Dugat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques et doctorales de l’ANSES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Maisons-Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04447116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volatilisation de micro-polluants présents dans des sols de montagne, étude prévisionnelle et de terrain.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Naffrechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de Printemps de la SCF, section Rhône-Alpes.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Le Bourget du Lac, France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9856,128 +10136,128 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping the areas at risk for transmission of a vector-borne disease (West Nile fever)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelise Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Roger François; Olive Marie-Marie; Peyre Marie-Isabelle; Pfeiffer Dirk; Zinsstag Jakob. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">One health atlas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ed. Quae, pp.50-51, 2025, 978-2-7592-4027-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05304881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9987,1369 +10267,1369 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nettoyer pour Innover : Améliorer la qualité des données publiques de pathogènes alimentaires pour les utiliser dans des modèles d’IA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isis Lorenzo-Colina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Meyniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFM 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04765200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification phylogéographique des routes de diffusion du virus de la fièvre aphteuse de topotype O/EA-3 en Afrique et en Asie Orientale de 1974 à 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Blaise-Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jemma Wadsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonello Di Nardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Shaw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIVèmes Journées Francophones de Virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFV, Apr 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04524201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial distribution and infection of West Nile virus lineages 1 and 2 in France from 2015 to 2020</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marine Dumarest</w:t>
+                <w:t xml:space="preserve">Anatomical distribution of Toxoplasma gondii in naturally and experimentally infected lambs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandie Escotte-Binet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Equine Infectious Diseases Conference 2021 - IEIDC XI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Deauville, France</w:t>
+              <w:t xml:space="preserve">XIIIth European Multicolloquium of Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04570961v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04544506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction phylodynamique de l’histoire du topotype O/EA-3 du virus de la fièvre aphteuse en Afrique (1974-2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souheyla Benfrid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Canini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Mai-Lan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Blaise-Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques et doctorales de l'Anses (JSDA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Anses, Sep 2021, Maisons-Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04523988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anatomical distribution of Toxoplasma gondii in naturally and experimentally infected lambs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Robert</w:t>
+                <w:t xml:space="preserve">Spatial distribution and infection of West Nile virus lineages 1 and 2 in France from 2015 to 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Leparc Goffart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Franke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Dumarest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIIth European Multicolloquium of Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Belgrade, Serbia</w:t>
+              <w:t xml:space="preserve">International Equine Infectious Diseases Conference 2021 - IEIDC XI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04544506v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04570961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection sérologique d’infection par les virus de la dengue et du Zika sur des chevaux de Nouvelle-Calédonie et Polynésie française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Leparc Goffart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denise Desoutter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Debergé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIèmes Journées francophones de virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Virologie, Mar 2019, Lyon, France. pp.88, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1684/vir.2019.0768⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04570558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serological evidence of horses’ infection with ZIKAV and DENV1 in French pacific islands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denise Desoutter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Debergé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPIZONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Vienne (AUT), Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04570069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfert de pesticides vers l'atmosphère à l'application : mesure au champ de la granulométrie des fines gouttelettes de spray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bedos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Sellegri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Flura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bonicelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38ème Congrès du Groupe Français des Pesticides (GFP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Brest, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02591643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparation of solids constitued of nanocrystallites by reactions in molten salts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Deloume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vrinat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1994, pp.327-330</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00009736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration by reaction in molten nitrates and characterization of pure titanium oxide with large surface area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Harle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Deloume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mosoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vrinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1994, pp.221-236</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00009735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration by reaction in molten nitrates and characterization of pure titanium oxide with large surface area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Harle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Deloume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mosoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vrinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Chemistry Routes to New Materials Symposium, 6/09/93 - 10/09/93</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00010834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11359,121 +11639,121 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outbreak reconstruction with a slowly evolving multi-host pathogen: a comparative study of three existing methods on Mycobacterium bovis outbreaks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Duault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Canini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04369132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11483,639 +11763,639 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis de l'Anses relatif à l’élaboration d’une stratégie nationale de vaccination au regard del’influenza aviaire hautement pathogène en France métropolitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariette Ducatez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Eterradossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2022-SA-0165, Anses. 2023, 37 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04171558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis de l'Anses relatif aux modalités de surveillance et de lutte contre la brucellose des bouquetins dans les massifs du Bargy et des Aravis et aux modalités de surveillance des cheptels de ruminants estivant dans le massif des Aravis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Boullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Courcoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2022-SA-0220, Anses. 2023, 39 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04167896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis de l'Anses relatif à un retour d’expérience sur la crise influenza aviaire hautement pathogène 2020-2021 (3eme partie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Andraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dehorter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariette Ducatez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Saisine n° 2021-SA-0022, Anses. 2022, 32 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03972609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis de l'Anses relatif à l’élaboration d’une stratégie nationale de vaccination au regard de l’influenza aviaire hautement pathogène chez les galliformes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariette, Ducatez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Eterradossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Hars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2022-SA-0139, Anses. 2022, 46 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04082679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis de l'Anses relatif à l’évaluation de l’efficacité de différents scénarios de lutte contre la brucellose dans les populations des bouquetins dans le massif du Bargy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Garin-Bastuji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Gilot-Fromont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Saisine n° 2021-SA-0200, Anses. 2021, 39 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03800143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12125,118 +12405,118 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complexité de Kolmogorov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Zvonkine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">E. Charpentier and A. Lesne and N. Nikolski, pp.269-287, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00307798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId405"/>
+      <w:footerReference w:type="default" r:id="rId417"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12383,51 +12663,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04938845v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giffona Loysell Justinia Hanitravelo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lhermie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Manriquez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane H&#233;naux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2025.106443" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426171v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rommel Vinueza" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Chungata" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ortega" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Waters" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Durand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2025.106591" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426153v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herilantonirina Solotiana Ramaroson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Garchitorena" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lacoste" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soa Fy Andriamandimby" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Schoenhals" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v17111461" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05209492v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Hamouche" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Pradel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nonito Pag&#232;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chevalier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lecollinet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0012895" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426164v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaias Avalos" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Irraz&#225;bal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Maldonado" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Zanella" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2025.106629" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04370551v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rommel L. Vinueza" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Durand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ortega-Perez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Salas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Acacia Ferreira Vicente" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2023/6242561" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04291131v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Forfait" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Laura Boschiroli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Carles" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaigneau Pauline" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dufour" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04652314v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Boschiroli" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Girard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chaigneau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04370571v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04370566v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04167018v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#233;na Ladreyt" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garros" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nausicaa Habchi-Hanriot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Dupraz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baldet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2023/3118640" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04127004v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Bouchez-Zacria" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ruette" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richomme" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lesellier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Payne" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01168-8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183713v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billy Bauzile" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lambert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Rautureau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fourtune" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01183-9" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04370688v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ponsart" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte R&#252;ger" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997785v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mugnier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Vergne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01219-0" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886982v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cecilia" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Drouin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle M&#233;tras" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Balenghien" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0010339" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926779v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Duault" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Canini" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens11020252" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926629v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sailleau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Postic" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Chatenet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Salat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Turpaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v14122719" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246608v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Ruger" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Bourely" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926786v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Delacourt" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Scoizec" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14722" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745907v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/JOURNAL.PNTD.0010572" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03897910v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Sarry" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Romey" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lefebvre" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheyla Benfrid" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2022.0972" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694911v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens11050503" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03335797v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guinat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Gilbert" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bronner" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Corre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04264803v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04268289v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/pasteur-03209045v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boyer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sony Yean" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Brengues" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Maquart" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10030376" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03997139v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Delavenne" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Desvaux" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03350088v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Beck" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leparc Goffart" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Franke" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Gonzalez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dumarest" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9110908" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02893795v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marsot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Molia" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harena Rasamoelina" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Rakotondravao" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17061998" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941527v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Ben Hammouda" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heni Hadj Ammar" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Zrelli" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0950268820001284" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941542v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934597v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Lo Modou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Tran" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Ba" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fafa Sow" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0008009" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618504v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Ladreyt" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dussart" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v11100949" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03333652v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Courtejoie" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cauchemez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2019.104744" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133821v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bournez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-019-0651-1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03430087v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Salje" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2018.05.005" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05264033v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Niqueux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Schmitz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lebouquin-Leneveu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Huneau-Sala&#252;n" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03429137v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Courcoul" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jabert" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-017-1131-4" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636401v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Haskouri" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Lowenski" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vachiery" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S095026881600011X" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636056v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitomir Djokic" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Fablet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Blaga" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rose" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Perret" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-016-1753-5" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606473v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Humblet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vandeputte" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fecher-Bourgeois" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Leonard" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gosset" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.es.2016.21.31.30309" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637313v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. A. Bekara" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiae Azizi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.- J. B&#233;net" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.12224" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631173v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aubert" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182015001870" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04539634v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Aubert" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Th&#233;bault" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Geers" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941715v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086323" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631486v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rossi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Pioz" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Beard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gibert" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.12061" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GMX72CZ9-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057074v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Nicolas" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Michael Tantely" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fontenille" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0003346" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630698v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde C. Paul" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanida Chaengprachak" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2014.01.011" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984282v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre C. Belibi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. J. Daou" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie B. Ndjaka" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Michelin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Brendl&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537896v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Villena" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2011.08.001" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MBTMJ6F6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748144v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Coin&#231;on" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mis&#232;s" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Botbol" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bursztejn" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2011.03.010" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748145v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garrab&#233;" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Garret Gloanec" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2011.03.006" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370911v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andraud" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grasland" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Cariolet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jestin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2008.0210" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00430144v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rousset" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Luc Champion" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Prigent" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufour" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-0691.2008.02220.x" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367846v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rinckenbach" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hemmerle" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dieval" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Arntz" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. G. Kretz" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293786v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bernache-Assollant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bonnet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carry" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chaput." TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chartier" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161422v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ait-Lounis" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baas" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barras" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Benadiba" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charrolais" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161414v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meiniel" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonnafe" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Meiniel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192833v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2006.05002.x" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043852v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst:2003014" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144511v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vandaele" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coulon-Bublex" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Couble" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006969v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Harle" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vrinat" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Scharff" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Deloume" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005997v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mosoni" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005998v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kulikova" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006001v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hamon" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Breysse" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Des Courieres" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006042v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00754965v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Descemond" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brodhag" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thevenot" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jebrouni" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF01151654" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-PX1F9XVM-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00754963v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roubin" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00353174" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-D2F0DW2C-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006119v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Tosan" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chassagneux" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00885120v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Katerji" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Itier" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ferreira" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Flura" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05308168v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Lorenzo Colina" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Roussel" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brauge" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Chesnais" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05308156v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007435v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure J. G. Chevalier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Luciano Tantely" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797349v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zanella Gina" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447116v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Lagr&#233;e" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Rouxel" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;llys Kevin" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Caignard" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Dugat" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01803358v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Besombes" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. David" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Naffrechoux" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Perrette" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304881v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04765200v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Lorenzo-Colina" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Meyniel" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04524201v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Canini" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Blaise-Boisseau" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jemma Wadsworth" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonello Di Nardo" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Shaw" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04570961v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gonzalez" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04523988v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Mai-Lan" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04544506v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Thomas" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Escotte-Binet" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robert" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04570558v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Desoutter" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Deberg&#233;" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bichet" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2019.0768" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570069v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591643v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sellegri" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Pichon" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Flura" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonicelli" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009736v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009735v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010834v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369132v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04171558v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Ducatez" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eterradossi" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Juin" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04167896v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Boullier" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marchand" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03972609v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Andraud" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dehorter" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082679v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette, Ducatez" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Hars" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03800143v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Garin-Bastuji" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00307798v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zvonkine" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04938845v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giffona Loysell Justinia Hanitravelo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lhermie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Manriquez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane H&#233;naux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Durand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2025.106443" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926027v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahd Al Qureshah" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Le Pen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole de Weerd" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Moncada-Velez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Materna" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20241413" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05209492v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Hamouche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Pradel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nonito Pag&#232;s" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chevalier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lecollinet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0012895" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426171v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rommel Vinueza" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Chungata" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ortega" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Waters" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Durand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2025.106591" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426153v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herilantonirina Solotiana Ramaroson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Garchitorena" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lacoste" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soa Fy Andriamandimby" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Schoenhals" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v17111461" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426164v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaias Avalos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Irraz&#225;bal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Maldonado" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Zanella" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2025.106629" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05535898v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cloastre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dufour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Freddi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04370551v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rommel L. Vinueza" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Durand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ortega-Perez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Salas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Acacia Ferreira Vicente" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2023/6242561" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04291131v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Forfait" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Laura Boschiroli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Carles" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaigneau Pauline" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04652314v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Boschiroli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Girard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chaigneau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04167018v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#233;na Ladreyt" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garros" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nausicaa Habchi-Hanriot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Dupraz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baldet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2023/3118640" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04370571v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04370566v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04127004v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Bouchez-Zacria" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ruette" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richomme" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lesellier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Payne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01168-8" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04370688v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ponsart" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte R&#252;ger" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183713v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billy Bauzile" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lambert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Rautureau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Fourtune" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01183-9" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997785v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Mugnier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Vergne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-023-01219-0" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886982v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cecilia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Drouin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle M&#233;tras" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Balenghien" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0010339" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926629v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sailleau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Postic" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Chatenet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Salat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Turpaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v14122719" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926779v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Duault" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Canini" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens11020252" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246608v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Ruger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Bourely" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03926786v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Andraud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Delacourt" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Scoizec" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.14722" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745907v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/JOURNAL.PNTD.0010572" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694911v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens11050503" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03897910v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Sarry" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Romey" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lefebvre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheyla Benfrid" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2022.0972" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03335797v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guinat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Gilbert" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bronner" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Corre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04268289v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04264803v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/pasteur-03209045v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boyer" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sony Yean" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Brengues" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Maquart" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens10030376" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03997139v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Delavenne" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Desvaux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03350088v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Beck" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leparc Goffart" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Franke" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Gonzalez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dumarest" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9110908" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02893795v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marsot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Molia" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harena Rasamoelina" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Rakotondravao" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17061998" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941527v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Ben Hammouda" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heni Hadj Ammar" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Zrelli" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0950268820001284" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941542v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934597v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Lo Modou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Tran" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Ba" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fafa Sow" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0008009" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618504v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Ladreyt" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dussart" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v11100949" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133821v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Courtejoie" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bournez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-019-0651-1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03333652v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cauchemez" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2019.104744" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03430087v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Salje" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2018.05.005" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05264033v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Niqueux" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Schmitz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lebouquin-Leneveu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Huneau-Sala&#252;n" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03429137v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Courcoul" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jabert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-017-1131-4" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636401v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Haskouri" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Lowenski" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vachiery" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S095026881600011X" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606473v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Humblet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vandeputte" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fecher-Bourgeois" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Leonard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gosset" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.es.2016.21.31.30309" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636056v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitomir Djokic" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Fablet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Blaga" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rose" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Perret" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-016-1753-5" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637313v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. A. Bekara" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiae Azizi" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.- J. B&#233;net" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.12224" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631173v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aubert" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182015001870" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04539634v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Aubert" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Th&#233;bault" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Geers" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631486v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rossi" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Pioz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Beard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gibert" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tbed.12061" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GMX72CZ9-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941715v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086323" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057074v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Nicolas" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Michael Tantely" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fontenille" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0003346" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630698v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde C. Paul" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanida Chaengprachak" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prevetmed.2014.01.011" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984282v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre C. Belibi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. J. Daou" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie B. Ndjaka" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Michelin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Brendl&#233;" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537896v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Villena" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2011.08.001" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MBTMJ6F6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748144v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Coin&#231;on" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mis&#232;s" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Botbol" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bursztejn" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2011.03.010" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748145v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garrab&#233;" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Garret Gloanec" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2011.03.006" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370911v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andraud" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grasland" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Cariolet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jestin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2008.0210" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00430144v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rousset" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Luc Champion" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Prigent" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dufour" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-0691.2008.02220.x" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367846v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rinckenbach" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hemmerle" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dieval" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Arntz" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. G. Kretz" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.31333" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-C4LHNDD9-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293786v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bernache-Assollant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bonnet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carry" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chaput." TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chartier" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161422v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ait-Lounis" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baas" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barras" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Benadiba" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charrolais" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161414v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meiniel" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonnafe" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Meiniel" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192833v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2006.05002.x" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043852v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst:2003014" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144511v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vandaele" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coulon-Bublex" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Couble" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006969v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Harle" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vrinat" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Scharff" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Deloume" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005997v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mosoni" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005998v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kulikova" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006001v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hamon" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Breysse" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Des Courieres" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006042v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00754965v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Descemond" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brodhag" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thevenot" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jebrouni" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF01151654" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-PX1F9XVM-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00754963v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roubin" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00353174" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-D2F0DW2C-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006119v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Tosan" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chassagneux" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00885120v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Katerji" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Itier" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ferreira" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Flura" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05308168v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Lorenzo Colina" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Roussel" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brauge" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Chesnais" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05308156v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007435v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure J. G. Chevalier" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Luciano Tantely" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797349v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zanella Gina" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447116v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Lagr&#233;e" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Rouxel" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;llys Kevin" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Caignard" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Dugat" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01803358v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Besombes" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. David" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Naffrechoux" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Perrette" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304881v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04765200v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Lorenzo-Colina" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Meyniel" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04524201v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Canini" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Blaise-Boisseau" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jemma Wadsworth" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonello Di Nardo" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Shaw" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04544506v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Thomas" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Escotte-Binet" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robert" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04523988v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Delannoy" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Mai-Lan" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04570961v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gonzalez" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04570558v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Desoutter" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Deberg&#233;" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bichet" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2019.0768" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570069v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591643v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sellegri" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Pichon" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Flura" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonicelli" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009736v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009735v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010834v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369132v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04171558v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Ducatez" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eterradossi" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Juin" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04167896v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Boullier" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marchand" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03972609v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Andraud" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dehorter" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082679v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette, Ducatez" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Hars" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03800143v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Garin-Bastuji" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00307798v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Zvonkine" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>