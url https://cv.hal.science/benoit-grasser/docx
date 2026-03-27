--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1446,168 +1446,138 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03817283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La recherche en communication persuasive des organisations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La transmission des compétences analysée comme une routine organisationnelle : le cas d’une cristallerie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Genvo</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estelle Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Table ronde dans le cadre de l'École thématique d’excellence – Faire de la recherche en communication persuasive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Européen de Recherche en Economie Financière et Gestion des Entreprises (Université de Lorraine), Nov 2021, Metz, France</w:t>
+              <w:t xml:space="preserve">Journées d’études « Transmission des savoir-faire traditionnels »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Périgueux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03472038v1</w:t>
+                <w:t xml:space="preserve">halshs-03362311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment favoriser l’entreprenariat institutionnel dans une institution vieille de 800 ans ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1623,329 +1593,359 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGRH 2020 - Atelier doctoral</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Format numérique, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03548867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La transmission des compétences analysée comme une routine organisationnelle : le cas d’une cristallerie.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’études « Transmission des savoir-faire traditionnels »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Périgueux, France</w:t>
+              <w:t xml:space="preserve">XIV Colloque Internationale AGECSO -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Lac Chambon en Auvergne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03362311v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03362320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La transmission des compétences analysée comme une routine organisationnelle : le cas d’une cristallerie.</w:t>
+                <w:t xml:space="preserve">Usages des robots collaboratifs dans l’industrie : quelles mutations en termes de travail et de compétences ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Estelle Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIV Colloque Internationale AGECSO -</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Lac Chambon en Auvergne, France</w:t>
+              <w:t xml:space="preserve">32ème congrès de l’AGRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03362320v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03364153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usages des robots collaboratifs dans l’industrie : quelles mutations en termes de travail et de compétences ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Colin</w:t>
+                <w:t xml:space="preserve">La recherche en communication persuasive des organisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Genvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fedoua Kasmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gordy Pleyers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32ème congrès de l’AGRH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Table ronde dans le cadre de l'École thématique d’excellence – Faire de la recherche en communication persuasive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Européen de Recherche en Economie Financière et Gestion des Entreprises (Université de Lorraine), Nov 2021, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03364153v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03472038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La transmission des compétences analysée comme une routine organisationnelle : le cas d’une cristallerie</w:t>
               </w:r>
@@ -1957,51 +1957,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32ème congrès de l’AGRH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2171,342 +2171,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03032688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémunération et gestion des compétences : une nécessaire mise en perspective organisationnelle</w:t>
+                <w:t xml:space="preserve">Employabilité, production et transmission des compétences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque La rémurénation du travail : Enjeux de gestion et débats de société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Nancy, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude multidisciplinaire Mutations et employabilité : enjeux, déterminants, responsabilités, Chaire Mutations Anticipations Innovations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02518306v1</w:t>
+                <w:t xml:space="preserve">hal-02518275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le transfert des compétences des opérateurs dans un contexte innovant : Une étude de cas dans le secteur aéronautique</w:t>
+                <w:t xml:space="preserve">Employabilité, production et transmission des compétences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabien Meier</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Noël</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30ème Congrès AGRH</w:t>
+              <w:t xml:space="preserve">Symposium « Gouvernance d’entreprise et relation d’emploi : une question de dialogue social 30ème Congrès AGRH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02511604v1</w:t>
+                <w:t xml:space="preserve">hal-02518285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion des compétences des salariés et Buidling Information Modeling (BIM)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le rôle des cadres de proximité dans le processus de changement d’une organisation complexe : l’impact de la socio-matérialité sur les activités de sense giving et de sense making</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Carol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ewan Oiry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop du Groupe Compétences (GT3) de MINnD (Modélisation des informations interopérables pour les infrastructures durables), projet national de recherche collaborative en lien avec le BIM (Building Information Modeling)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">30ème Congrès AGRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03032691v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of first-line managers in managing change : the impact of sociomateriality on sensegiving activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Carol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2530,635 +2530,622 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03032134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Employabilité, production et transmission des compétences</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gestion des compétences des salariés et Buidling Information Modeling (BIM)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Loufrani-Fedida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewan Oiry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude multidisciplinaire Mutations et employabilité : enjeux, déterminants, responsabilités, Chaire Mutations Anticipations Innovations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Workshop du Groupe Compétences (GT3) de MINnD (Modélisation des informations interopérables pour les infrastructures durables), projet national de recherche collaborative en lien avec le BIM (Building Information Modeling)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02518275v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Employabilité, production et transmission des compétences</w:t>
+                <w:t xml:space="preserve">How can competences management tools modify production routines according to an innovation strategy?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Noël</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium « Gouvernance d’entreprise et relation d’emploi : une question de dialogue social 30ème Congrès AGRH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journée d'étude "innovation, créativité et compétences", Organisée par le LEST</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02518285v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02511606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le rôle des cadres de proximité dans le processus de changement d’une organisation complexe : l’impact de la socio-matérialité sur les activités de sense giving et de sense making</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Meriem Fournier</w:t>
+                <w:t xml:space="preserve">Les outils de gestion des compétences dans le secteur industriel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30ème Congrès AGRH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journée d'étude : Usage(s) des outils de gestion et transformation(s) des organisations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03032138v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02518300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How can competences management tools modify production routines according to an innovation strategy?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Autonomie, compétences et performances : le cas des équipes de direction des agences de Pôle Emploi dans la mise en œuvre d’un modèle de pilotage par la performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Noël</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude "innovation, créativité et compétences", Organisée par le LEST</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">30ème Congrès AGRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02511606v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les outils de gestion des compétences dans le secteur industriel</w:t>
+                <w:t xml:space="preserve">Le transfert des compétences des opérateurs dans un contexte innovant : Une étude de cas dans le secteur aéronautique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Meier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude : Usage(s) des outils de gestion et transformation(s) des organisations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Nancy, France</w:t>
+              <w:t xml:space="preserve">30ème Congrès AGRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02518300v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02511604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autonomie, compétences et performances : le cas des équipes de direction des agences de Pôle Emploi dans la mise en œuvre d’un modèle de pilotage par la performance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rémunération et gestion des compétences : une nécessaire mise en perspective organisationnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Noël</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30ème Congrès AGRH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Colloque La rémurénation du travail : Enjeux de gestion et débats de société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03032142v1</w:t>
+                <w:t xml:space="preserve">hal-02518306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gouvernance, modèle de pilotage par les résultats, et action managériale des dirigeants : le cas des directeurs d’agence de Pôle Emploi</w:t>
+                <w:t xml:space="preserve">La gestion des compétences pour les métiers en évolution rapide ou en transformation dans les métiers de l’informatique, repenser les concepts et les outils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Gurtner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international "La gouvernance dans tous ses états"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Séminaire oragnisé par Think-Tank Gfi Informatique « Trajectoires organisationnelles et compétences RH »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02512669v1</w:t>
+                <w:t xml:space="preserve">hal-03032693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Competency Management Tools Can Influence Routines in Workshops Depending on New Strategic Intent?</w:t>
               </w:r>
@@ -3220,631 +3207,644 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02511608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gestion des compétences pour les métiers en évolution rapide ou en transformation dans les métiers de l’informatique, repenser les concepts et les outils</w:t>
+                <w:t xml:space="preserve">Gouvernance, modèle de pilotage par les résultats, et action managériale des dirigeants : le cas des directeurs d’agence de Pôle Emploi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Gurtner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire oragnisé par Think-Tank Gfi Informatique « Trajectoires organisationnelles et compétences RH »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international "La gouvernance dans tous ses états"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03032693v1</w:t>
+                <w:t xml:space="preserve">hal-02512669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multilevel approach of the competence: review, theoretical foundations, and recommendations</w:t>
+                <w:t xml:space="preserve">Dans quelle mesure les outils de gestion contribuent-ils à une proximité relationnelle dans les projets d’innovation collaboratifs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ewan Oiry</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khoudia Gueye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop du Groupe de Recherche Thématique de l’AGRH « Management des Compétences »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Huitièmes journées du Groupe Thématique Innovation de l’AIMS, Innovations, Espaces et Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02047522v1</w:t>
+                <w:t xml:space="preserve">hal-02512490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dans quelle mesure les outils de gestion contribuent-ils à une proximité relationnelle dans les projets d’innovation collaboratifs ?</w:t>
+                <w:t xml:space="preserve">D’incompétent à compétent : à la recherche d’une modélisation du transfert de compétences »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Khoudia Gueye</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Meier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Huitièmes journées du Groupe Thématique Innovation de l’AIMS, Innovations, Espaces et Territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">Ecole d’été du Réseau de Recherche en Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02512490v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02512527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D’incompétent à compétent : à la recherche d’une modélisation du transfert de compétences »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Competency Management Tools and Firm Strategy: the Case of a Foundry Company</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Meier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole d’été du Réseau de Recherche en Innovation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Nancy, France</w:t>
+              <w:t xml:space="preserve">EURAM conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02512527v1</w:t>
+                <w:t xml:space="preserve">hal-02511612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Competency Management Tools and Firm Strategy: the Case of a Foundry Company</w:t>
+                <w:t xml:space="preserve">Dynamique des routines, outils de gestion RH et stratégie de l'entreprise: le cas d'une entreprise de fonderie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURAM conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">XXVIème Conférence Internationale de Management Stratégique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02511612v1</w:t>
+                <w:t xml:space="preserve">hal-02511615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique des routines, outils de gestion RH et stratégie de l'entreprise: le cas d'une entreprise de fonderie</w:t>
+                <w:t xml:space="preserve">Le rôle de la fonction RH et des instruments de gestion RH dans la pratique stratégique : le cas fonderie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVIème Conférence Internationale de Management Stratégique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t>
+              <w:t xml:space="preserve">XXVIIème Congrès AGRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02511615v1</w:t>
+                <w:t xml:space="preserve">hal-02511611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le rôle de la fonction RH et des instruments de gestion RH dans la pratique stratégique : le cas fonderie</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A multilevel approach of the competence: review, theoretical foundations, and recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Loufrani-Fedida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewan Oiry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVIIème Congrès AGRH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">Workshop du Groupe de Recherche Thématique de l’AGRH « Management des Compétences »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02511611v1</w:t>
+                <w:t xml:space="preserve">halshs-02047522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le management du changement dans les organisations publiques complexes : l’approche Strategy as Practice dans le déploiement du contrat d’objectif et de performance de l'ONF 2016-2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Carol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3908,51 +3908,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing operator’s competency within an innovative context Case: Aeronautical Sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Meier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd ARTEM Organizational Creativity and sustainability International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3971,191 +3971,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02512520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le travail des managers de proximité comme échange social : une analyse à partir de trois organisations</w:t>
+                <w:t xml:space="preserve">Quel rôle pour les instruments de gestion dans la production d’une compétence collective ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25 ème congrès de l’AGRH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AGRH, Association Francophone de Gestion des Ressources Humaines, Nov 2014, Chester, Royaume-Uni</w:t>
+              <w:t xml:space="preserve">7e Colloque International GeCSO (Gestion des Connaissances dans la Société et les Organisations): Dynamiques cognitives et transformations sociétales : Comment se forment les connaissances et où nous conduisent-elles ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d’Économie et de Sociologie du Travail, UMR CNRS; AGeCSO, L’Association pour la Gestion des Connaissances dans la Société et les Organisations; Telecom, école de management; Laboratoire CNRS d’Economie et de Sociologie du Travail, Jun 2014, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01374548v1</w:t>
+                <w:t xml:space="preserve">hal-01376698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quel rôle pour les instruments de gestion dans la production d’une compétence collective ?</w:t>
+                <w:t xml:space="preserve">Le travail des managers de proximité comme échange social : une analyse à partir de trois organisations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7e Colloque International GeCSO (Gestion des Connaissances dans la Société et les Organisations): Dynamiques cognitives et transformations sociétales : Comment se forment les connaissances et où nous conduisent-elles ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire d’Économie et de Sociologie du Travail, UMR CNRS; AGeCSO, L’Association pour la Gestion des Connaissances dans la Société et les Organisations; Telecom, école de management; Laboratoire CNRS d’Economie et de Sociologie du Travail, Jun 2014, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">25 ème congrès de l’AGRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGRH, Association Francophone de Gestion des Ressources Humaines, Nov 2014, Chester, Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01376698v1</w:t>
+                <w:t xml:space="preserve">hal-01374548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les politiques RH peuvent-elles participer à la construction des Compétences Clés ?Une réflexion conceptuelle et une étude de cas sur le rôle de la formation</w:t>
               </w:r>
@@ -4356,51 +4356,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Managing Competences: Research, Practice, and Contemporary Issues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Loufrani-Fedida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ewan Oiry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4962,51 +4962,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ewan Oiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Meier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Global Human Resource Management Casebook</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, Routledge, pp.12-20, 2023, 9781003307099. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5152,51 +5152,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Meier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Schmidt Géraldine; Noël Florent. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Employabilité et mutations industrielles - Entre trajectoires individuelles et projet organisationnel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE éditions, 2022, 978-1-78405-808-1</w:t>
@@ -5320,51 +5320,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The conceptual travel of competence: Building a bridge between North American and European approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Loufrani-Fedida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ewan Oiry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6013,195 +6013,195 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Si vous pensez que l’autonomie au travail n’est pas pour tout le monde, lisez vite cet article</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Noël</w:t>
+                <w:t xml:space="preserve">Les cobots, des collègues de travail comme les autres ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.64628/AAK.m93gsucc6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.64628/AAK.674vffngg⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05015341v1</w:t>
+                <w:t xml:space="preserve">hal-05244823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les cobots, des collègues de travail comme les autres ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Colin</w:t>
+                <w:t xml:space="preserve">Si vous pensez que l’autonomie au travail n’est pas pour tout le monde, lisez vite cet article</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.64628/AAK.674vffngg⟩</w:t>
+                <w:t xml:space="preserve">⟨10.64628/AAK.m93gsucc6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05244823v1</w:t>
+                <w:t xml:space="preserve">hal-05015341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cobots, partenaires de l'industrie du futur</w:t>
               </w:r>
@@ -7414,51 +7414,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04627817v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Grasser" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-69yg-mfzh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04450349v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Tombre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00501-024-01433-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315500v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Colin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.153.0021" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04179507v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent No&#235;l" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg309.37-62" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369784v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.012.0075" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369249v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Oiry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RFG.233.55-71" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-LJFFVRF2-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380658v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1012536ar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00435794v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182502v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04498148v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Seurot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Lanna" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315465v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Stich" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04223433v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gurtner" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierronnet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224396v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817283v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03472038v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Genvo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fedoua Kasmi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordy Pleyers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548867v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362311v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lambert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362320v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364153v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364194v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03371894v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032688v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518306v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511604v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Meier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032691v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Loufrani-Fedida" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032134v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carol" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Fournier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518275v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518285v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032138v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511606v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518300v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032142v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512669v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511608v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032693v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02047522v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512490v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoudia Gueye" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512527v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511612v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511615v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511611v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512538v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem M. Fournier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512520v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01374548v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376698v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458038v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370725v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Noel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869499v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003043355" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370743v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511559v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;d&#233;e Pedon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512511v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546987v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Azan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bares" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cornolti" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Assens" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bancel-Charensol" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=21186" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04767786v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/boutique/les-grands-auteurs-en-grh/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268912v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003307099-3" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103218v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032111v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032118v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.oiry.2021.01.0343" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869504v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511560v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562885v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jacquot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01619843v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610336v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin T." TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562934v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00146593v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Cavestro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05015341v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.m93gsucc6" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05244823v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.674vffngg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697980v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Zaramon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032047v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05062125v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gaucher" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fressengeas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032173v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032223v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Mercier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gilbert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Gr&#233;selle-Za&#239;bet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032216v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04485348v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nosbonne" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dalmasso" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01777005v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1997NAN20012" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04723240v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Denis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04723525v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04713665v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04627817v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Grasser" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-69yg-mfzh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04450349v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Tombre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00501-024-01433-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315500v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Colin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.153.0021" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04179507v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent No&#235;l" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg309.37-62" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369784v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.012.0075" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369249v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Oiry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RFG.233.55-71" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-LJFFVRF2-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380658v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1012536ar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00435794v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182502v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04498148v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Seurot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Lanna" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315465v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Stich" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04223433v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gurtner" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierronnet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224396v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817283v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362311v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lambert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548867v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362320v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364153v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03472038v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Genvo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fedoua Kasmi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordy Pleyers" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364194v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03371894v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032688v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518275v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518285v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032138v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carol" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Fournier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032134v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032691v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Loufrani-Fedida" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511606v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518300v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032142v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511604v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Meier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518306v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032693v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511608v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512669v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512490v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoudia Gueye" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512527v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511612v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511615v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511611v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02047522v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512538v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem M. Fournier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512520v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376698v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01374548v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458038v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370725v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Noel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869499v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003043355" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370743v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511559v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;d&#233;e Pedon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512511v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546987v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Azan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bares" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cornolti" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Assens" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bancel-Charensol" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=21186" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04767786v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/boutique/les-grands-auteurs-en-grh/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268912v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003307099-3" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103218v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032111v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032118v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.oiry.2021.01.0343" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869504v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511560v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562885v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jacquot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01619843v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01610336v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin T." TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562934v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00146593v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Cavestro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05244823v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.674vffngg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05015341v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.m93gsucc6" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697980v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Zaramon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032047v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05062125v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gaucher" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fressengeas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032173v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032223v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Mercier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gilbert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Gr&#233;selle-Za&#239;bet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032216v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04485348v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nosbonne" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dalmasso" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01777005v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1997NAN20012" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04723240v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Denis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04723525v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04713665v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>