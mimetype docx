--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1244,1110 +1244,1110 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Gestion quantitative de l’eau et usages agricoles sous contrainte climatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Ellies-Oury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Compagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Alletto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Barat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marie-Pierre Ellies, Alain Dupuy, Daniel Compagnon (coord.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions AcclimaTerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 4, pp.68, 2024, Cahier Thématique, 978-2-9574665-4-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04477793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Eurythmie du chaos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Publishroom, 2024, 978-2-38625-467-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04687445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Alain Dupuy</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protéger les cultures par la diversité végétale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Tibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Ellies-Oury</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Compagnon</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Vialatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lionel Alletto</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Alignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Xavier Barat</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Angeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">éditions Quae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 132 p., 2023, Matière à débattre et décider, 978-2-7592-3732-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-3733-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Tibi</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04191565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La relocalisation des systèmes alimentaires : un défi pour le droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Martinet</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaèle-Jeanne Aubin-Brouté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires juridiques de Poitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 151 p., 2021, Collection de la Faculté de droit et des sciences sociales de Poitiers. Actes &amp; colloques, 978-2-38194-009-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03254582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit de l'eau en milieu rural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions France Agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 235 p., 2021, Agridécisions, 978-2-85557-734-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03239534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Production agricole et droit de l’environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Doussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aude Vialatte</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hermon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Audrey Alignier</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LexisNexis, 523 p., 2020, Droit &amp; professionnels. Droit de l'environnement, 978-2-7110-3462-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03046595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La terre en commun. Plaidoyer pour une justice foncière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Potier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...36 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fondation Jean-Jaurès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 90 p., 2019, 978-2-36244-123-3</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...58 lines deleted...]
-              <w:t xml:space="preserve">, 235 p., 2021, Agridécisions, 978-2-85557-734-0</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02156695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réforme du droit foncier rural : demander l'impossible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Benoît Grimonprez. LexisNexis, 212p., 2018, 978-2-7110-3048-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01866083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guide de l'agriculture et de la forêt - 2018-2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Bosse-Platière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">, 151 p., 2021, Collection de la Faculté de droit et des sciences sociales de Poitiers. Actes &amp; colloques, 978-2-38194-009-0</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LexisNexis, 1192p., 2018, Les Guides, 978-2-7110-2899-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Doussan</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit des biens au service de la transition écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dalloz, 168p., 2018, Thèmes et commentaires, 978-2-247-17788-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801451v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les droits de préemption de la SAFER</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LexisNexis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 157 p., 2016, Droit &amp; professionnels, 978-2-7110-2658-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01544134v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit rural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Bosse-Platière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carole Hermon</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">LexisNexis, 523 p., 2020, Droit &amp; professionnels. Droit de l'environnement, 978-2-7110-3462-8</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Travely</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LexisNexis, pp.778, 2013, Droit &amp; Professionnels / Droit rural, 978-2-7110-1789-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...387 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...90 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01887384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'exigibilité en droit des contrats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LGDJ; Université de Poitiers, 491 p., 2007, Collection de la Faculté de droit et des sciences sociales de Poitiers, 2-275-03094-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2539,51 +2539,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gouverner les pesticides par l'agroécologie. Enjeux de politique juridique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les pesticides saisis par le droit. Regards pluridisciplinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1-25, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2608,51 +2608,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radicalement votre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travers d'esprit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2677,51 +2677,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De quelques enjeux juridiques autour de la méthanisation à la ferme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La méthanisation agricole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Idées reçues, Le cavalier bleu, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2746,51 +2746,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les « nourritures terrestres » vues du ciel de la loi Climat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Abadie; Camille Drouiller; Arnaud Lecourt. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La loi climat et résilience du 22 août 2021 : état des lieux et perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LexisNexis, A paraître, 978-2-7110-4014-8</w:t>
@@ -2813,116 +2813,361 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04328977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La certification environnementale en agriculture</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Les instruments réglementaires : quel rôle dans la régulation des pesticides ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florence Jacquet; Marie-Hélène Jeuffroy; Julia Jouan; Édith Le Cadre; Thibaut Malausa; Xavier Reboud; Christian Huyghe. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Quae, 2022, Synthèses, 978-2-7592-3310-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les instruments réglementaires : quel rôle dans la régulation des pesticides en agriculture ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florence Jacquet; Thibaut Malausa; Xavier Reboud; Christian Huyghe; Marie-Hélène Jeuffroy; Julia Jouan; Édith Le Cadre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions Quae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.201-205, 2022, Synthèses, 978-2-7592-3310-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367722v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La compensation écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AGRIDROIT. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lexis Pratique Agriculture &amp; Forêt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LexisNexis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03564430v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La certification environnementale en agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AGRIDROIT. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexis Pratique Agriculture &amp; Forêt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, LexisNexis, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03564460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les leviers politiques et organisationnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Bazoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2975,355 +3220,110 @@
                 <w:t xml:space="preserve">Cedric Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florence Jacquet; Marie-Hélène Jeuffroy; Julia Jouan; Édith Le Cadre; Thibaut Malausa; Xavier Reboud; Christian Huyghe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.195-227, 2022, Synthèses, 978-2-7592-3310-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03612024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...243 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les contributions du droit des biens à la préservation du vivant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les apports du droit privé à la protection de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mare et Martin, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3342,569 +3342,569 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03132383v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les périmètres de protection des points de captage d'eau potable</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Les conséquences financières de l’expiration du bail rural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AGRIDROIT. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lexis pratique Agriculture et forêt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lexisnexis, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">hal-03564437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relocaliser les systèmes alimentaires : le levier du droit de l'entreprise agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Faculté de droit de Poitiers. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La relocalisation des systèmes alimentaires : un défi pour le droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LGDJ, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02902484v4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les périmètres de protection des points de captage d'eau potable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AGRIDROIT. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexis pratique Agriculture et forêt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lexisnexis, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">hal-03647929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Code rural et de la pêche maritime - Commentaire des livres V et VI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Code rural et de la pêche maritime</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lexisnexis, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03564416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle des structures et statut du fermage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AGRIDROIT. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lexis pratique Agriculture et forêt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lexisnexis, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03564446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'éthique environnementale : boussole du droit en temps de crise ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'éthique à l'épreuve de la crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, XXXIV, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Epitoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.249, 2021, L'unité du droit, 979-10-92684-50-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03098265v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les contrats environnementaux au crible des contrats spéciaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'offre de réforme des contrats spéciaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dalloz, pp.275, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03292975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...71 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eau et agriculture : mariage sous le régime de la communauté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Baptiste Millard; Hubert Bosse-Platière. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les biens communs en agriculture, tragédie ou apologie ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -3946,51 +3946,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bien-être des animaux d'élevage : mythe ou réalité juridique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Faculté de droit de Poitiers. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les animaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires Juridiques de l’Université de Poitiers, 2020, 978-2-3819-4002-1</w:t>
@@ -4019,51 +4019,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le droit au service de la justice foncière du XXIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dominique Potier; Pierre Blanc; Benoît Grimonprez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La terre en commun : plaidoyer pour une justice foncière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -4105,51 +4105,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baux ruraux,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Moreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4181,565 +4181,565 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02020333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La terre : un bien hors du commun. De l'utopie à la révolution foncière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La réforme du droit foncier rural : demander l'impossible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LexisNexis, 2018, 978-2-7110-3048-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La réparation du dommage écologique - Rapport de synthèse du séminaire du GRERCA 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La responsabilité environnementale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Larcier, p. 345, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01872969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les biens nature : précis de recomposition juridique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Benoît Grimonprez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le droit des biens au service de la transition écologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalloz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 13-28, 2018, Thèmes et commentaires. Actes, 978-2-247-17788-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalloz</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01801368v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zones humides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Agathe Van Lang; François Collart Dutilleul; Valérie Pironon; Thomas Bréger. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire juridique des transitions écologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut universitaire Varenne, p. 848, 2018, Transition &amp; Justice, 978-2-37032-178-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coopératives (agricoles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Agathe Van Lang; François Collart Dutilleul; Valérie Pironon; Thomas Bréger. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire juridique des transitions écologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut universitaire Varenne, pp.257, 2018, Transition &amp; Justice, 978-2-37032-178-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01838693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La valorisation de l'exploitation agricole : totem et tabou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La réforme du droit foncier rural : demander l'impossible</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LexisNexis, 2018, 978-2-7110-3048-4</w:t>
+              <w:t xml:space="preserve">Liber amicorum. Mélanges en l'honneur de François Collart Dutilleul</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.413-424, 2017, 978-2-247-17057-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01565678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statut du fermage et du métayage. – Champ d'application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jurisclasseur Baux ruraux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fasc. 110, LexisNexis, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01802601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...67 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cession de droits réels démembrés en droit français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Javier Lete Achirica; Éric Savaux; Rose-Noëlle Schütz; Hélène Boucard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La recodification du droit des obligations en France et en Espagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -4781,51 +4781,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers un concept juridique d’agriculture de proximité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Benoît Grimonprez; Denis Rochard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agriculture et ville : vers de nouvelles relations juridiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -4867,51 +4867,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’enseignement du droit rural au XXIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entre les ordres juridiques : Mélanges en l'honneur du Doyen François Hervouët</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4949,51 +4949,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La coexploitation agricole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges en l'honneur du professeur Raymond Le Guidec</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LexisNexis, 2014, 978-2-7110-1857-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5018,51 +5018,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'accès au procès civil des associations de défense de l'environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'accès au juge. Recherche sur l'effectivité d'un droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bruylant, pp.292-302, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5087,51 +5087,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LE VOISINAGE A L'AUNE DE L'ENVIRONNEMENT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Philippe Tricoire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Variations sur le thème du voisinage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -5199,6864 +5199,6864 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pesticides et préjudice écologique : l'État condamné à revoir ses protocoles d'évaluation des risques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 38, n° 1047</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05268330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La haie à l'honneur. À propos de la loi d’orientation pour la souveraineté alimentaire du 24 mars 2025 réformant le régime des haies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, dossier, pp.36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05282370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La régulation des importations au service de la soutenabilité des politiques agroécologiques européennes. Le cas des pesticides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Lalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 4, étude 7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05126907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sécurisation contractuelle de la pratique du pâturage des intercultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Etude, pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04862401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrat collectif en agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, dossier, pp.18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zones humides : un peu, à la folie, pas du tout [Éditorial]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum – La lettre des marais atlantiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, 51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05100285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protecting crops with plant diversity: Agroecological promises, socioeconomic lock-in, and political levers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Vialatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Tibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Alignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Angeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bedoussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">One Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Food systems, 8 (7), pp.101309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oneear.2025.101309⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05079011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'aliénation de l'immeuble grevé de charges environnementales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJDI. Actualité juridique Droit immobilier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6, pp.441-445</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05107796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normes environnementales et agriculture: divorce à la française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Paysan Vigneron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, mars</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05147978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi d'orientation pour la souveraineté agricole : presque rien sur presque tout</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, n° 17, 1079</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05164793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'action collective territoriale : chaînon manquant politique de la transition agroécologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Hors série, pp.159</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04401740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agrivoltaïsme : le champ contractuel des possibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaèle-Jeanne Aubin-Brouté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1201</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05535217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agrivoltaïsme : le champ contractuel des possibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1201</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05391251v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'arable du futur 2 : le droit des sols agricoles vivants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Énergie - Environnement - Infrastructures : actualité, pratiques et enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° 8-9 (Dossier 21)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04634636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit français d'accès à la terre agricole est-il socialement performant ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° 6-7 (dossier 33)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourquoi tant de haies ? Art et essai de simplification normative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agridroit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Quinzomadaire (14)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04654000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La propriété à l'ère de l'anthropocène : l'appel du devoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 38, n° 1047</w:t>
+              <w:t xml:space="preserve">, 2024, Supplément au numéro 50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cadre d'application de l'agrivoltaïsme: pas la lumière à tous les étages!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agridroit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Quinzomadaire, pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04433938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Statut civil de l'arbre : la plantation du décor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solution Notaire Hebdo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 41, pp.Eclairage 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04812526v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'urgence d'un nouveau contrat social agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lettre Un plus Bio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04451944v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plan « eau » : la politique des petits tuyaux fera-t-elle les grandes rivières ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04067914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agrivoltaïsme : les « champs électriques » désormais mieux définis par la loi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04067933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politique de gestion de l'eau : le mieux est l'ami du moins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Actualité Nouvelle-Aquitaine : Science et culture, innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 136, pp.90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04162200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demandes d'autorisation d'exploiter concurrentes: le préfet tenu au maintien de l'ordre des priorités?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, dossier, pp.18</w:t>
+              <w:t xml:space="preserve">, A paraître, 2022, pp.comm. 93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réserves de substitution : la justice sanctionne la folie des grandeurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum – La lettre des marais atlantiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, A paraître, 51</w:t>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Aude Vialatte</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04333715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utilisation de produits phyto­pharmaceutiques : quelle influence des cahiers des charges des filières agroalimentaires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Tibi</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélina Roditis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Audrey Alignier</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valérie Angeon</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Garnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bedoussac</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Aubertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">One Earth</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Biodiversité, des clés pour agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6, pp.39-39</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...42 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04685344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La définition de la &amp;quot;mégabassine&amp;quot; construite par le juge administratif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AJDI. Actualité juridique Droit immobilier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 6, pp.441-445</w:t>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.comm. 51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04009690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pollutions par les pesticides : l'État doit politiquement répondre du préjudice écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Paysan Vigneron</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, mars</w:t>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.935</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agrivoltaïsme : et la lumière juridique fut !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agridroit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Quinzomadaire (5), pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04015262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit rural entre déclin et regain. La politique agricole en transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, août-sept. 2023, pp.14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04097843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autorisation de prélèvement d’eau pour l’irrigation : le péché de gourmandise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.comm. 69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04066812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'agrivoltaïsme à la lumière du droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 22, pp.1168</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04139111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agriculture et sécheresse : la pénurie de droit ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6, pp.Dossier 22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03959795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alternatives aux pesticides conventionnels : les voies de la normalisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit de l'environnement [La revue jaune]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 309, pp.84</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03594916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les rapports agriculture-nature dans le champ littéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Droit &amp; Littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1 (6), pp.87-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdl.006.0087⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03457937v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoires de hautes eaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, n° 505 (alerte 168)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690670v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Méga-bassines » : réparer la fracture hydraulique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analyse Opinion Critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Méga-bassines » : aux sources d’un conflit pour l’eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analyse Opinion Critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les démembrements de la propriété privée au service de la préservation de l'environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solution Notaire Hebdo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, n° 39, p. 21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La performance environnementale dans les politiques agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agridroit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03662737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiques de sortie des pesticides : quels outils juridiques d’accompagnement financier des agriculteurs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jacquez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 502, pp.Etude 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04433904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les biens communs aux portes du Code civil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, n° 499 (Focus n° 1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03455435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'eau d'ici et l'eau de là</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agridroit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03799426v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les contrats environnementaux : une vraie-fausse catégorie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit de l'environnement [La revue jaune]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 300, pp.186</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03278301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réintroduction des néonicotinoïdes dans l’environnement : la nécessité fait-elle loi ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Bouchema</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit de l'environnement [La revue jaune]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 296, pp.9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03474376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La normativité des alternatives aux pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit de l'environnement [La revue jaune]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, nov. (305), pp.393</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03410861v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Néonicotinoïdes : 120 jours de plus pour semer !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Bouchema</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit de l'environnement [La revue jaune]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 299, pp.154</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03194704v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pesticides : les enfants empoisonnés, les viticulteurs condamnés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Terryn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit de l'environnement [La revue jaune]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 297, pp.70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03181560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Pétrole contre nourriture » : décryptage à chaud de la loi « Climat »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agridroit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Quinzomadaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03338576v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Promoting crop pest control by plant diversification in agricultural landscapes: A conceptual framework for analysing feedback loops between agro-ecological and socio-economic effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vialatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Tibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Angeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bedoussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advances in Ecological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Advances in Ecological Research,, 65, pp.133-165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/bs.aecr.2021.10.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03477116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dangerosité non signalée du produit est un vilain défaut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 489 (comm. 1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03105336v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ajuster nos rapports juridiques au vivant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agridroit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03468775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pesticides et riverains : l'impossible conciliation juridique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Bouchema</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 6 (doctrine 174)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02491337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usages agricoles de l'eau : l'apologie juridique des communs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 487 (étude 32)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02556408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exportation des produits phytosanitaires : un monde, une seule santé environnementale [Note sous : Cons. const., 31 janv. 2020, n° 2019-823 QPC, ECLI:FR:CC:2020:2019.823.QPC]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Bouchema</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 482 (commentaire 73)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protection des riverains des épandages de pesticides : il n'y a pas urgence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit de l'environnement [La revue jaune]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 290 (214)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02989543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pesticides et riverains : l'impossible conciliation juridique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Bouchema</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 483 (étude 3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04069162v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Statut des baux ruraux : reculer pour mieux réformer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire permanent Entreprise agricole - Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, juin, p. 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03955934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vendre ou prescrire des pesticides : quand il faut choisir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Bouchema</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 488 (comm. 135)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03252909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les freins juridiques à la transition agro-écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine de Lombardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2018/2-3 (234-235), pp.279-285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pour.234.0279⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02073574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utilisation des pesticides : la nécessaire protection du voisinage [Note sous : CE, 6e-5e ch. réunies, 26 juin 2019, n° 415426 et 415431, ECLI:FR:CECHR:2019:415426.20190626]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n° 477 (comm. 118)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02407190v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'agriculture urbaine : une agriculture juridiquement comme les autres ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n° 475 (étude 18)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02073564v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le stockage agricole de l'eau : l'adaptation idéale au changement climatique?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019/4, pp.751-767</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02175788v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'arable du futur : lettre au législateur de la loi sur la terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n° 471 (dossier 16)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01838706v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bien mal sous-loué profite au propriétaire [Note sous : Cass. 3e civ., 12 sept. 2019, n° 18-20.727, ECLI:FR:CCASS:2019:C300745]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n° 42 (actualité 1051)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02315996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La concentration des terres dans le collimateur de l'Union européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire permanent Entreprise agricole - Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, mars 2018, pp.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAFER : le temps de la rétrocession respectueux de la Constitution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Constitutions : Revue de droit constitutionnel appliqué</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, avril-juin 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01838722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les accessoires « naturels » de l'immeuble rural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2018, n° 467 (étude 19)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01913152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrôle des structures : quand le GAEC a l'âge de ses membres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire permanent Entreprise agricole - Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, mai 2018, pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le travail agricole à façon : des tribulations à la régulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire permanent Entreprise agricole [Encyclopédie juridique Éditions législatives]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Bulletin, 521, pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01866081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La SCIC : une structure originale pour une agriculture innovante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Brangier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire permanent Entreprise agricole [Encyclopédie juridique Éditions législatives]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Bulletin, pp.1-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02920073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'incidence du droit commun sur le droit spécial des baux ruraux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n° 449 (dossier 4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01550532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semences agricoles : la tragédie d'un « bien commun »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n° 457 (étude 31)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02015234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réparer le vivant : éthique de la compensation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42 (4), pp.681-691</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01802578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude d’impact sur l’agriculture de la loi « biodiversité »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Janvier 2017 (Etude 1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01550559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le bail rural étreint par le contrôle des structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solution Notaire Hebdo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.Doctrine 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plantations installées par le preneur à bail : l'accession du bailleur en différé [Note sous : Cass. 3e civ., 23 nov. 2017, n° 16-16.815, FS-P+B+I, ECLI:FR:CCASS:2017:C301173]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, n° 17, 1079</w:t>
+              <w:t xml:space="preserve">, 2017, n° 50 (1341)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04069782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Registre des actifs agricoles : une pierre à l'édifice du statut d'agriculteur ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire permanent Entreprise agricole - Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02437718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SAFER et sociétés : trois mariages et un enterrement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire permanent Entreprise agricole [Encyclopédie juridique Éditions législatives]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Veille permanente</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02437711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La transmission de l’exploitation agricole à l’épreuve des obligations environnementales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, pp.1201</w:t>
+              <w:t xml:space="preserve">, 2017, n° 12 (1141)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01550524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelle utopie foncière : pour une autre régulation de la maîtrise du foncier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n° 452 (étude 11)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01550464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La transmission de l'entreprise agricole en société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit &amp; Patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 272, pp.34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01593284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La compensation écologique d’après la loi biodiversité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit &amp; Patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 263, pp.22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01550574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La cession du bail rural transfigurée par la réforme du droit des contrats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Bosse-Platière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Raphaèle-Jeanne Aubin-Brouté</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La semaine juridique. Notariale et immobilière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, pp.1201</w:t>
+              <w:t xml:space="preserve">, 2016, n° 41 (1295)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01550576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’obligation réelle environnementale : chronique d’une naissance annoncée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Reboul-Maupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Énergie - Environnement - Infrastructures : actualité, pratiques et enjeux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, n° 8-9 (Dossier 21)</w:t>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 35, pp.2074-2081</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...104 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01550578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le suicide alimentaire français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n° 6-7 (dossier 33)</w:t>
+              <w:t xml:space="preserve">, 2015, Février, n° 430 (alerte 7)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02294054v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petite théorie des copreneurs à bail rural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agridroit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Quinzomadaire (14)</w:t>
+              <w:t xml:space="preserve">Répertoire du notariat Defrénois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 21, pp.1113, Id : DEF121e6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...436 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01569778v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La transition agro-écologique. Synthèse du colloque Aÿ 2014</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:t xml:space="preserve">, 2015, n° 437 (dossier 25)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02454470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fonction environnementale de la propriété</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCiv. Revue trimestrielle de droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3, pp.539-550</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01574823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'indivisibilité du bail rural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, A paraître, 2022, pp.comm. 93</w:t>
+              <w:t xml:space="preserve">, 2013, 2013, pp.Etude 15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...4181 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01611322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Servitudes et contrats : instruments de protection des espaces naturels et agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit &amp; Patrimoine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 272, pp.34</w:t>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...117 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02443756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marques viticoles : on ne badine pas avec le terroir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 35, pp.2074-2081</w:t>
+              <w:t xml:space="preserve">, 2010, 05, pp.299</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...585 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02211758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une responsabilité des sociétés mères du fait de leurs filiales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 04, pp.715</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02239545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...67 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Action en nullité du TEG : la prescription diffère pour les crédits aux particuliers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 40, pp.2728</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12113,51 +12113,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en demeure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12201,570 +12201,570 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Communs agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05392265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Normes agricoles : entre fétichisme et populisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05108810v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loi &amp;quot;Duplomb&amp;quot;: reculer pour mieux sauter?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05329296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le culte de l'inculte. La souveraineté alimentaire à l’épreuve de l’improductivité agricole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05392052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pesticides agricoles : variable d'ajustement des besoins alimentaires aux ressources naturelles disponibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03944413v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociétés agricoles et contrôle des structures : que reste-t-il de nos amours?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...27 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03752616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pesticide exit policies: what legal tools for financial support for farmers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Grimonprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jacquez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03541111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grande exploitation agricole dans la course au foncier en aires d'attraction des villes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03338633v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...73 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gestion agricole de l'eau en Nouvelle-Aquitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Grimonprez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12951,51 +12951,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687445v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Grimonprez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04477793v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dupuy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ellies-Oury" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Compagnon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Barat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acclimaterra.fr/rapport-page-menu/cahiers-thematiques/gestion-quantitative-de-leau-et-usages-agricoles-sous-contrainte-climatique/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04191565v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martinet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vialatte" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Angeon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/223/9782759237333/proteger-les-cultures-par-la-diversite-vegetale?utm_source=dialoginsight&amp;amp;utm_medium=email&amp;amp;utm_campaign=B5532" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3733-3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239534v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-france-agricole.fr/site/gfaed/GESTION__gfaed.4464.42971__/fr/boutique/produit.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254582v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#232;le-Jeanne Aubin-Brout&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://droit.cairn.info/la-relocalisation-des-systemes-alimentaires-un-defi-pour-le-droit--9782381940090?lang=fr" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03046595v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Doussan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Hermon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156695v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Potier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Blanc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jean-jaures.org/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801384v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Bosse-Plati&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866083v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801451v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01544134v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/les-droits-de-preemption-de-la-safer-9782711026586.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01887384v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Collard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tauran" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Travely" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550458v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04971434v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bazoche" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carpentier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Fadhuile" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Femenia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gendre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1721/9782759233113/zero-pesticide" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164762v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927631v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944423v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328977v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564460v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03612024v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1721/9782759233106/zero-pesticide" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564430v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agridroit.fr/index.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367722v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612833v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132383v3" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647929v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564416v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564446v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098265v4" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.l-epitoge.com/2021/06/10/lethique-a-lepreuve-de-la-crise/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902484v4" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292975v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564437v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800505v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agridees.com/ouvrages/les-biens-communs-en-agriculture-tragedie-ou-apologie/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289635v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916253v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jean-jaures.org/publication/la-terre-en-commun-plaidoyer-pour-une-justice-fonciere/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020333v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Moreau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872969v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801368v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/le-droit-des-biens-au-service-de-la-transition-ecologique-p.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838699v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838693v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916784v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802601v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565678v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913088v3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/la-recodification-du-droit-des-obligations-en-france-et-en-espagne-9791090426535.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550626v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/agriculture-et-ville-vers-de-nouvelles-relations-juridiques-9791090426498.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559077v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/entre-les-ordres-juridiques-9791090426467.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570960v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176088v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574825v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/variations-theme-du-voisinage" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282370v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126907v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Lalande" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862401v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268330v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842258v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100285v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05079011v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oneear.2025.101309" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107796v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147978v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164793v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391251v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535217v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634636v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401740v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511005v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654000v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844653v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812526v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451944v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433938v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04685344v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Roditis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Humbert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Garnault" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333715v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234316v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009690v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190778v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015262v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067933v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162200v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097843v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066812v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04139111v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959795v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067914v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877406v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690670v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662737v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716034v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670851v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457937v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdl.006.0087" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594916v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433904v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacquez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455435v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799426v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194704v2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Bouchema" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410861v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03474376v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181560v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Terryn" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338576v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03477116v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vialatte" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2021.10.004" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105336v2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468775v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278301v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069162v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989543v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944578v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955934v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252909v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491337v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556408v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073564v2" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175788v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838706v2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315996v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407190v2" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073574v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Lombardon" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.234.0279" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801483v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866081v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838722v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913152v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920073v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brangier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801471v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285728v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802578v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550559v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069782v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015234v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437718v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437711v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550464v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550524v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593284v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550532v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550578v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Reboul-Maupin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550576v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550574v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569778v2" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294054v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454470v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574823v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611322v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443756v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239545v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02211758v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02211647v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550567v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108810v2" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329296v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392052v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392265v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944413v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752616v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338633v3" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541111v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460932v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04477793v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dupuy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ellies-Oury" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Compagnon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Barat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acclimaterra.fr/rapport-page-menu/cahiers-thematiques/gestion-quantitative-de-leau-et-usages-agricoles-sous-contrainte-climatique/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687445v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Grimonprez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04191565v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martinet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vialatte" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Angeon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/223/9782759237333/proteger-les-cultures-par-la-diversite-vegetale?utm_source=dialoginsight&amp;amp;utm_medium=email&amp;amp;utm_campaign=B5532" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3733-3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254582v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#232;le-Jeanne Aubin-Brout&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://droit.cairn.info/la-relocalisation-des-systemes-alimentaires-un-defi-pour-le-droit--9782381940090?lang=fr" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239534v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-france-agricole.fr/site/gfaed/GESTION__gfaed.4464.42971__/fr/boutique/produit.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03046595v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Doussan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Hermon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156695v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Potier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Blanc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jean-jaures.org/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866083v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801384v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Bosse-Plati&#232;re" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801451v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01544134v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/les-droits-de-preemption-de-la-safer-9782711026586.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01887384v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Collard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tauran" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Travely" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550458v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04971434v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bazoche" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carpentier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Fadhuile" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Femenia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gendre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1721/9782759233113/zero-pesticide" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164762v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927631v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944423v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328977v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612833v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367722v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564430v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agridroit.fr/index.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564460v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03612024v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1721/9782759233106/zero-pesticide" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132383v3" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564437v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902484v4" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647929v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564416v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03564446v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098265v4" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.l-epitoge.com/2021/06/10/lethique-a-lepreuve-de-la-crise/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292975v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800505v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agridees.com/ouvrages/les-biens-communs-en-agriculture-tragedie-ou-apologie/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289635v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916253v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jean-jaures.org/publication/la-terre-en-commun-plaidoyer-pour-une-justice-fonciere/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020333v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Moreau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916784v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872969v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801368v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/le-droit-des-biens-au-service-de-la-transition-ecologique-p.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838699v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838693v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565678v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802601v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913088v3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/la-recodification-du-droit-des-obligations-en-france-et-en-espagne-9791090426535.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550626v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/agriculture-et-ville-vers-de-nouvelles-relations-juridiques-9791090426498.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559077v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/entre-les-ordres-juridiques-9791090426467.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570960v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176088v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574825v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/variations-theme-du-voisinage" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268330v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282370v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126907v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Lalande" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862401v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842258v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100285v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05079011v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oneear.2025.101309" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107796v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147978v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164793v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401740v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535217v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391251v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634636v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511005v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654000v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844653v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433938v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812526v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451944v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067914v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067933v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162200v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234316v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333715v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04685344v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Roditis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Humbert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Garnault" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009690v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190778v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015262v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097843v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066812v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04139111v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959795v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594916v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457937v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdl.006.0087" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690670v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877406v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670851v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716034v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662737v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433904v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacquez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455435v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799426v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278301v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03474376v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Bouchema" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410861v2" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194704v2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181560v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Terryn" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338576v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03477116v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vialatte" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2021.10.004" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105336v2" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468775v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491337v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556408v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944578v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989543v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069162v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955934v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252909v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073574v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Lombardon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.234.0279" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407190v2" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073564v2" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175788v2" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838706v2" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315996v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801471v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838722v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913152v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801483v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866081v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920073v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brangier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550532v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015234v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802578v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550559v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285728v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069782v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437718v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437711v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550524v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550464v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593284v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550574v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550576v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550578v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Reboul-Maupin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294054v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569778v2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454470v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574823v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611322v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443756v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02211758v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02239545v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02211647v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550567v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392265v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108810v2" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329296v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392052v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944413v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752616v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541111v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338633v3" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460932v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>