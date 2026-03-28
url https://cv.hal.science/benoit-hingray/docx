--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -372,265 +372,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05251434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of antecedent conditions in translating precipitation events into extreme floods at the catchment scale and in a large-basin context</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Generation of sub-daily precipitation time series anywhere in Switzerland by mapping the parameters of GWEX-MRC, an at-site weather generator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Mas</w:t>
+                <w:t xml:space="preserve">Kaltrina Maloku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Hingray</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 25 (1), pp.247-265. </w:t>
+              <w:t xml:space="preserve">Journal of Hydrology: Regional Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 60, pp.102454. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/nhess-25-247-2025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejrh.2025.102454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05251421v1</w:t>
+                <w:t xml:space="preserve">hal-05167735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of sub-daily precipitation time series anywhere in Switzerland by mapping the parameters of GWEX-MRC, an at-site weather generator</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The role of antecedent conditions in translating precipitation events into extreme floods at the catchment scale and in a large-basin context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Staudinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Kauzlaric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaltrina Maloku</w:t>
+                <w:t xml:space="preserve">Alexandre Mas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Hingray</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology: Regional Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 60, pp.102454. </w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (1), pp.247-265. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejrh.2025.102454⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/nhess-25-247-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05167735v1</w:t>
+                <w:t xml:space="preserve">hal-05251421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing policies to reduce the carbon footprint of mini-grids in Africa</w:t>
               </w:r>
@@ -982,442 +982,442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04533320v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing downscaling methods to simulate hydrologically relevant weather scenarios from a global atmospheric reanalysis: case study of the upper Rhône River (1902–2009)</w:t>
+                <w:t xml:space="preserve">Teal-WCA: A Climate Services Platform for Planning Solar Photovoltaic and Wind Energy Resources in West and Central Africa in the Context of Climate Change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Legrand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoît Hingray</w:t>
+                <w:t xml:space="preserve">Salomon Obahoundje</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arona Diedhiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Wilhelm</w:t>
+                <w:t xml:space="preserve">Alberto Troccoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Ménégoz</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Penny Boorman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taofic Abdel Fabrice Alabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/hess-28-2139-2024⟩</w:t>
+              <w:t xml:space="preserve">Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (12), pp.148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/data9120148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04578330v1</w:t>
+                <w:t xml:space="preserve">hal-04839064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teal-WCA: A Climate Services Platform for Planning Solar Photovoltaic and Wind Energy Resources in West and Central Africa in the Context of Climate Change</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How fast is the frequency of precipitation extremes doubling in global land regions?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Troccoli</w:t>
+                <w:t xml:space="preserve">Guillaume Chagnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penny Boorman</w:t>
+                <w:t xml:space="preserve">Juliette Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Hingray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taofic Abdel Fabrice Alabi</w:t>
+                <w:t xml:space="preserve">Thierry Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 9 (12), pp.148. </w:t>
+              <w:t xml:space="preserve">Environmental Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6 (12), pp.121010. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/data9120148⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2515-7620/ad9f12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04839064v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04968397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How fast is the frequency of precipitation extremes doubling in global land regions?</w:t>
+                <w:t xml:space="preserve">Assessing downscaling methods to simulate hydrologically relevant weather scenarios from a global atmospheric reanalysis: case study of the upper Rhône River (1902–2009)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Chagnaud</w:t>
+                <w:t xml:space="preserve">Caroline Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Hingray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Blanchet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoit Hingray</w:t>
+                <w:t xml:space="preserve">Bruno Wilhelm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Lebel</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martin Ménégoz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 6 (12), pp.121010. </w:t>
+              <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 28 (9), pp.2139-2166. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2515-7620/ad9f12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/hess-28-2139-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04968397v1</w:t>
+                <w:t xml:space="preserve">hal-04578330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generating hourly mean areal precipitation times series with an at-site weather generator in Switzerland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaltrina Maloku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1477,51 +1477,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accounting for precipitation asymmetry in a multiplicative random cascade disaggregation model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaltrina Maloku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Hingray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1960,399 +1960,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04581590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive space-time hydrometeorological simulations for estimating very rare floods at multiple sites in a large river basin</w:t>
+                <w:t xml:space="preserve">The least cost design of 100% solar power microgrids in Africa: sensitivity to meteorological and economic drivers and possibility for simple pre-sizing rules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Viviroli</w:t>
+                <w:t xml:space="preserve">T. Chamarande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Sikorska-Senoner</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Mathy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Hingray</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/nhess-22-2891-2022⟩</w:t>
+              <w:t xml:space="preserve">Energy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 69, pp.211-223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.esd.2022.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03740021v2</w:t>
+                <w:t xml:space="preserve">hal-03740059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The least cost design of 100% solar power microgrids in Africa: sensitivity to meteorological and economic drivers and possibility for simple pre-sizing rules</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A CMIP6 assessment of the potential climate change impacts on solar photovoltaic energy and its atmospheric drivers in West Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Mathy</w:t>
+                <w:t xml:space="preserve">Derrick Kwadwo Danso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Anquetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arona Diedhiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Hingray</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christophe Lavaysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Hingray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy for Sustainable Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 69, pp.211-223. </w:t>
+              <w:t xml:space="preserve">Environmental Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (4), pp.044016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.esd.2022.07.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1748-9326/ac5a67⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03740059v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03739997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A CMIP6 assessment of the potential climate change impacts on solar photovoltaic energy and its atmospheric drivers in West Africa</w:t>
+                <w:t xml:space="preserve">Comprehensive space-time hydrometeorological simulations for estimating very rare floods at multiple sites in a large river basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Derrick Kwadwo Danso</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Arona Diedhiou</w:t>
+                <w:t xml:space="preserve">Daniel Viviroli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Lavaysse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoit Hingray</w:t>
+                <w:t xml:space="preserve">Anna Sikorska-Senoner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Staudinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Kauzlaric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 17 (4), pp.044016. </w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (9), pp.2891-2920. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1748-9326/ac5a67⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/nhess-22-2891-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03739997v1</w:t>
+                <w:t xml:space="preserve">hal-03740021v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balanced estimate and uncertainty assessment of European climate change using the large EURO-CORDEX regional climate model ensemble</w:t>
               </w:r>
@@ -2576,51 +2576,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing hydropower flexibility for integrating solar and wind energy in West Africa using dynamic programming and sensitivity analysis. Illustration with the Akosombo reservoir, Ghana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derrick Kwadwo Danso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2719,51 +2719,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanieh Seyedhashemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Hingray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lavaysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Chamarande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3355,51 +3355,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncertainty component estimates in transient climate projections.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Hingray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3723,51 +3723,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Hingray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Eckert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5584,64 +5584,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating very rare floods at multiple sites in a large river basin with comprehensive hydrometeorological simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Viviroli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Sikorska-Senoner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5712,256 +5712,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04648698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing the carbon footprint of mini-grids in Africa: the value of solar PV.</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Reducing the carbon footprint of a public research laboratory in Geosciences. Assessing a reduction strategy built with laboratory members after a 3-year experimentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pellarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Champollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gratiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Teran-Escobar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Ruin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference Energy &amp; Meteorology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU23, the 25th EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Vienna (Austria), Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-13694⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04871937v1</w:t>
+                <w:t xml:space="preserve">hal-04648692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing the carbon footprint of a public research laboratory in Geosciences. Assessing a reduction strategy built with laboratory members after a 3-year experimentation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reducing the carbon footprint of mini-grids in Africa: the value of solar PV.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Chamarande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Hingray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Mathy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU23, the 25th EGU General Assembly</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference Energy &amp; Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Padoue, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-13694⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04648692v1</w:t>
+                <w:t xml:space="preserve">hal-04871937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Future changes in hydrological extremes of a Mediterranean catchment: what can we say in an uncertainty context?</w:t>
               </w:r>
@@ -6206,51 +6206,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The long-term variability of flood hazard in the Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Wilhelm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Anquetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6344,51 +6344,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on reconstituer de longues séries de crues par modélisation pluie-débit à partir d’une réanalyse atmosphérique globale ? Application au Fier et à l’Arve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Brigode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Wilhelm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Hingray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6450,51 +6450,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03018670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low flows and reservoir management for the Durance River basin (Southern France) in the 2050s</w:t>
+                <w:t xml:space="preserve">Prospective approach for assessing change in water resources management for large river basins in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sauquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Arama</w:t>
@@ -6529,97 +6529,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Vienne, Austria. pp.1</w:t>
+              <w:t xml:space="preserve">Our Common Future Under Climate Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Paris, France. pp.14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02602235v1</w:t>
+                <w:t xml:space="preserve">hal-02602229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospective approach for assessing change in water resources management for large river basins in France</w:t>
+                <w:t xml:space="preserve">Low flows and reservoir management for the Durance River basin (Southern France) in the 2050s</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sauquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Arama</w:t>
@@ -6654,73 +6654,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Our Common Future Under Climate Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Paris, France. pp.14</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Vienne, Austria. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02602229v1</w:t>
+                <w:t xml:space="preserve">hal-02602235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7234,806 +7234,1074 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02604561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (8)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Messages et enseignements du projet Explore2 - Analyse de l’hydrologie de surface selon les niveaux de réchauffement fixés par la TRACC</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Sauquet</w:t>
+                <w:t xml:space="preserve">Mid-Term Lessons Learned from a Voluntary Carbon Footprint Reduction initiative in a Climate Lab Aiming for a 50% Reduction in 10 Years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pellarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gratiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Champollion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Torremocha</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charles Amory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Anquetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (9)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">Sonia Siauve</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport sur les services climatiques réussis dans le monde et leurs critères de succès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Anquetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Arnaud</w:t>
+                <w:t xml:space="preserve">Jérôme Servonnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Hingray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Jebeile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Nief</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAE; BRGM; Météo France; EDF; CNRS; IRD. 2025</w:t>
+              <w:t xml:space="preserve">CNR; CNRS; ANR (Agence Nationale de la Recherche - France). 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05517697v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05455678v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ensemble de projections Explore2 : Changements moyens et incertitudes associées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Messages et enseignements du projet Explore2 - Analyse de l’hydrologie de surface selon les niveaux de réchauffement fixés par la TRACC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sauquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Torremocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">INRAE - IGE; CNRS - IGE; CNRS - IPSL; INRAE. 2024</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Siauve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE; BRGM; Météo France; EDF; CNRS; IRD. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04609542v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05517697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Messages et enseignements du projet Explore2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ensemble de projections Explore2 : Changements moyens et incertitudes associées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Hingray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Ducharne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sauquet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">INRAE; OiEau; OFB; MTECT; BRGM; CNRS; IRD; EDF; Météo-France. 2024</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE - IGE; CNRS - IGE; CNRS - IPSL; INRAE. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04642698v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04609542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notice de présentation des projections et incertitudes pour Explore2: version courte</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alix Reverdy</w:t>
+                <w:t xml:space="preserve">Messages et enseignements du projet Explore2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sauquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">INRAE; CNRS. 2023</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Siauve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bornancin-Plantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Jacquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE; OiEau; OFB; MTECT; BRGM; CNRS; IRD; EDF; Météo-France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04258394v2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notice de présentation des projections et incertitudes pour Explore2</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId222" w:history="1">
+                <w:t xml:space="preserve">Notice de présentation des projections et incertitudes pour Explore2: version courte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Reverdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Hingray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE; CNRS. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04258382v2</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04258394v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncertainty components estimates in transient climate projections. Bias of moment-based estimators in the single time and time series approaches.</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] Université grenoble Alpes, CNRS, Institut des Géosciences et de l'Environnement. 2018</w:t>
+                <w:t xml:space="preserve">Notice de présentation des projections et incertitudes pour Explore2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Reverdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Hingray</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE; CNRS. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01738218v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04258382v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet R²D² 2050 : Risque, ressource en eau et gestion durable de la Durance en 2050</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2015, pp.245</w:t>
+                <w:t xml:space="preserve">Uncertainty components estimates in transient climate projections. Bias of moment-based estimators in the single time and time series approaches.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Hingray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Université grenoble Alpes, CNRS, Institut des Géosciences et de l'Environnement. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02601503v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01738218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Projet R²D² 2050 : Risque, ressource en eau et gestion durable de la Durance en 2050</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sauquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Arama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Blanc Coutagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bouscasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Branger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2015, pp.245</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02601503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Scoping report on downscaling of climate model outputs for CRE estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Hingray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -8082,65 +8350,65 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] irstea. 2013, pp.85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02599064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId227"/>
+      <w:footerReference w:type="default" r:id="rId233"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8287,51 +8555,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520086v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Evin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hingray" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thirel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ducharne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Strohmenger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-30-1023-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251434v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Kritidou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Kauzlaric" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Staudinger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00477-024-02843-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251421v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-25-247-2025" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167735v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaltrina Maloku" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2025.102454" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125326v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Chamarande" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mathy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2025.126296" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353428v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Destouches" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arona Diedhiou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Pierre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esd-16-497-2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533320v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Teran-Escobar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Champollion" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Hingray" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#233;my Panthou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0301124" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578330v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Legrand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin M&#233;n&#233;goz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-28-2139-2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839064v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salomon Obahoundje" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Troccoli" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penny Boorman" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taofic Abdel Fabrice Alabi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/data9120148" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968397v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chagnaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Blanchet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lebel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7620/ad9f12" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696160v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00477-024-02757-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284489v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-27-3643-2023" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872630v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghafi Kondi-Akara" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fran&#231;ois" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2023.127597" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126329v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gratiot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Klein" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Challet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dangles" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Janicot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pstr.0000049" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581590v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Jurasz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Guezgouz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro E Campana" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartosz Ka&#378;mierczak" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Kuriqi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2023.114181" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740021v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Viviroli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sikorska-Senoner" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-22-2891-2022" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740059v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chamarande" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mathy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hingray" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.esd.2022.07.001" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739997v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derrick Kwadwo Danso" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lavaysse" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac5a67" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03668369v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Somot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esd-12-1543-2021" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349373v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lemaitre-Basset" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Collet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj Parajka" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626667.2021.1895437" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370754v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2020.125559" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370802v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanieh Seyedhashemi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14112978" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026800v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Raynaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Favre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Chardon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-24-4339-2020" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949569v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bichet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N'Datchoh Evelyne Tour&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10584-020-02833-z" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327351v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mensah Mortey" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouakou Lazare Kouassi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Genoud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su11184846" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341149v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Mouhamed Fadel K&#233;b&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ab500a" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327452v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vidal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-019-04635-1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391560v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eckert" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blanchet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Morin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.2.19" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984896v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00704-018-2404-x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327459v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/jcli-d-18-0606.1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327462v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Brunner" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Zappa" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019WR024701" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984891v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Verfaillie" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3188/szf.2018.0203" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02912352v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-22-655-2018" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327382v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-22-265-2018" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327426v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Borga" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Zoccatelli" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casey Brown" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en11020290" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327441v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dominique Creutin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2018.02.130" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916877v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Zin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Debionne" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joc.4844" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01388009v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Magand" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sauquet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-20-3651-2016" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406130v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Arama" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Blanc Coutagne" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouscasse" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Branger" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/201604625" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110406v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hessd-12-12649-2015" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600685v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;dominique Creutin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kolbjorn Engeland" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.10274" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3FBS588L-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00386858v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Mezghani" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb:2007090" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-N13SR6WJ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076005v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Tamunoibinyemiem Banigo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Crochemore" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Marticorena" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-8965" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871920v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-3367" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648698v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-1384" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871937v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648692v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pellarin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ruin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-13694" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02912580v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-13806" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020766v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne J&#233;gonday" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gailhard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Mathevet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896831v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Blanchet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018670v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602235v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602229v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917233v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.11605.09446" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600158v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598484v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tilmant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604561v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Ramos" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517697v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Torremocha" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Siauve" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Arnaud" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609542v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642698v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bornancin-Plantier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Jacquin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04258394v2" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Reverdy" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04258382v2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738218v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601503v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599064v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520086v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Evin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hingray" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thirel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ducharne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Strohmenger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-30-1023-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251434v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Kritidou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Kauzlaric" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Staudinger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00477-024-02843-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167735v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaltrina Maloku" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2025.102454" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05251421v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-25-247-2025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125326v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Chamarande" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mathy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2025.126296" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353428v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Destouches" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arona Diedhiou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Pierre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esd-16-497-2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533320v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Teran-Escobar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Champollion" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Hingray" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#233;my Panthou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0301124" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839064v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salomon Obahoundje" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Troccoli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penny Boorman" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taofic Abdel Fabrice Alabi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/data9120148" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968397v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chagnaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Blanchet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lebel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7620/ad9f12" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578330v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Legrand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin M&#233;n&#233;goz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-28-2139-2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696160v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00477-024-02757-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284489v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-27-3643-2023" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872630v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghafi Kondi-Akara" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fran&#231;ois" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2023.127597" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126329v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gratiot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Klein" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Challet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dangles" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Janicot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pstr.0000049" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581590v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Jurasz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Guezgouz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro E Campana" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartosz Ka&#378;mierczak" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Kuriqi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2023.114181" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740059v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chamarande" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mathy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hingray" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.esd.2022.07.001" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739997v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derrick Kwadwo Danso" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lavaysse" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ac5a67" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740021v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Viviroli" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sikorska-Senoner" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-22-2891-2022" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03668369v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Somot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esd-12-1543-2021" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349373v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lemaitre-Basset" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Collet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj Parajka" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02626667.2021.1895437" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370754v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2020.125559" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370802v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanieh Seyedhashemi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14112978" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026800v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Raynaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Favre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Chardon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-24-4339-2020" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949569v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bichet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N'Datchoh Evelyne Tour&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10584-020-02833-z" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327351v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mensah Mortey" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouakou Lazare Kouassi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Genoud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su11184846" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341149v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Mouhamed Fadel K&#233;b&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ab500a" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327452v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vidal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-019-04635-1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391560v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eckert" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blanchet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Morin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.2.19" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984896v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00704-018-2404-x" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327459v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/jcli-d-18-0606.1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327462v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Brunner" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Zappa" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019WR024701" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984891v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Verfaillie" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3188/szf.2018.0203" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02912352v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-22-655-2018" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327382v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-22-265-2018" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327426v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Borga" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Zoccatelli" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casey Brown" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en11020290" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327441v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dominique Creutin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2018.02.130" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916877v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Zin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Debionne" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joc.4844" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01388009v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Magand" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sauquet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-20-3651-2016" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406130v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Arama" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Blanc Coutagne" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bouscasse" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Branger" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/201604625" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110406v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hessd-12-12649-2015" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600685v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;dominique Creutin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kolbjorn Engeland" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.10274" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3FBS588L-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00386858v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Mezghani" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb:2007090" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-N13SR6WJ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076005v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Tamunoibinyemiem Banigo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Crochemore" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Marticorena" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-8965" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871920v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-3367" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648698v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-1384" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648692v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pellarin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ruin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-13694" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871937v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02912580v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-13806" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020766v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne J&#233;gonday" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gailhard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Mathevet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896831v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Blanchet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018670v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602229v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602235v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917233v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.11605.09446" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600158v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598484v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tilmant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604561v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Ramos" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544057v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Amory" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455678v2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Servonnat" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jebeile" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Nief" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517697v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Torremocha" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Siauve" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Arnaud" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609542v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642698v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bornancin-Plantier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Jacquin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04258394v2" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Reverdy" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04258382v2" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738218v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601503v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599064v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>