--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -135,51 +135,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -273,252 +273,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05452675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les chevaux sauteurs du Cadre noir : l’art de révéler la virtuosité équine</w:t>
+                <w:t xml:space="preserve">Biomechanical Characterization of Preparation for Airs above the Ground: A Mixed Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanina Deneux-Le Barh</w:t>
+                <w:t xml:space="preserve">Sophie Biau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huet Benoit</w:t>
+                <w:t xml:space="preserve">Eléna Pycik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Pasquiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circus Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (2), pp.189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ani14020189⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05060061v1</w:t>
+                <w:t xml:space="preserve">hal-04383710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomechanical Characterization of Preparation for Airs above the Ground: A Mixed Approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Biau</w:t>
+                <w:t xml:space="preserve">Les chevaux sauteurs du Cadre noir : l’art de révéler la virtuosité équine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanina Deneux-Le Barh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Benoit Huet</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huet Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animals</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Circus Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5, pp.69-90</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04383710v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05060061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contact' as a Manifestation of Sensorimotor Empathy: The Experience of Expert Écuyers in Interaction with Horses</w:t>
               </w:r>
@@ -602,463 +602,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03954164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The joint construction of an observatory and a theoretical object: an example with the story of experience and the field of actions</w:t>
+                <w:t xml:space="preserve">L’évolution de l’espace d’actions des élèves : une aide à la compréhension des apprentissages en Éducation Physique et Sportive. Une étude de cas réalisée avec des élèves de troisième en kayak de mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Sève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Activités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 17 (2), </w:t>
+              <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 47, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/activites.5556⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ejrieps.5152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03597141v1</w:t>
+                <w:t xml:space="preserve">hal-03597217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordination between Crew Members on Flying Multihulls: A Case Study on a Nacra 17</w:t>
+                <w:t xml:space="preserve">Équipements sportifs innovants et développement d’une culture technique. L’exemple de la navigation sur des voiliers « volants »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Terrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Paul Iachkine</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Saury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sports Science and Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Activités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/activites.5762⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03597254v1</w:t>
+                <w:t xml:space="preserve">hal-03339581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évolution de l’espace d’actions des élèves : une aide à la compréhension des apprentissages en Éducation Physique et Sportive. Une étude de cas réalisée avec des élèves de troisième en kayak de mer</w:t>
+                <w:t xml:space="preserve">A construção conjunta de um observatório e de um objeto teórico : o exemplo do relato da experiência e do espaço de ação</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Sève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 47, </w:t>
+              <w:t xml:space="preserve">Laboreal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ejrieps.5152⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/laboreal.16942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03597217v1</w:t>
+                <w:t xml:space="preserve">hal-05557240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Équipements sportifs innovants et développement d’une culture technique. L’exemple de la navigation sur des voiliers « volants »</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Éric Terrien</w:t>
+                <w:t xml:space="preserve">L’évolution de l’espace d’actions des élèves : une aide à la compréhension des apprentissages en Éducation Physique et Sportive. Une étude de cas réalisée avec des élèves de troisième en kayak de mer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Terré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Sève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Huet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques Saury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Activités</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/activites.5762⟩</w:t>
+              <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 47, pp.115-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ejrieps.5152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03339581v1</w:t>
+                <w:t xml:space="preserve">hal-05557234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'évolution de l'espace d'actions des élèves : une aide à la compréhension des apprentissages en Éducation Physique et Sportive.~Une étude de cas réalisée avec des élèves de troisième en kayak de mer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Terré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1077,161 +1073,477 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 47, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ejrieps.5152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03670214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The joint construction of an observatory and a theoretical object: an example with the story of experience and the field of actions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Terré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Sève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Activités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (2), </w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/activites.5556⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03597141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction conjointe d’un observatoire et d’un objet théorique : l’exemple du récit d’expérience et de l’espace d’actions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Terré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Sève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Activités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/activites.5556⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coordination between Crew Members on Flying Multihulls: A Case Study on a Nacra 17</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Terrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huet Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Iachkine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Saury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Sports Science and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (2), pp.298-308</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03597254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ressources distribuées et interactions entre élèves au sein d’un groupe d’apprentissage : une étude de cas en éducation physique et sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Saury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 24, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ejrieps.3865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03597277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1241,379 +1553,379 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à une modélisation de la dynamique agentive transformatrice en pédagogie de l'enseignement supérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Paquelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evarice Benoît Djieufack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assiba Ohoussa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">QPES Questions de Pédagogies dans l'Enseignement Supérieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05087017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement pédagogique des enseignants du supérieur au service de la réussite étudiante : perspectives longitudinales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Crosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Chusseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Carlei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lussi Borer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversité, Réussite[s] dans l’Enseignement Supérieur (2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nantes Université [Nantes Univ], Apr 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04569126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le maintien d'une &amp;quot;stabilité de vol&amp;quot; par l'équipage de catamarans à foils comme objectif à l'interface d'enjeux scientifiques et optimisation de la performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Terrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Iachkine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Saury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Colloque SRPDLAt: Nantes, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Recherche et Sport en Pays de la Loire (RSPDL), Nantes., Oct 2018, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03597406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1623,193 +1935,193 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Itinéraires de Développement Pédagogique dans l'enseignement Supérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huet Benoit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversité, Réussite[s] dans l’Enseignement Supérieur (2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the interplay between elite athletes and sport equipment in the quest for performance: A case study in sailing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Terrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huet Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Saury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th ECSS Anniversary Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04970776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1819,222 +2131,222 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actions, significations et apprentissages en EPS. Une approche centrée sur les cours d’expérience des élèves et des enseignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Saury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adé David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Gal-Petitfaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huet Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Sève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions EPS. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05036259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'expérience corporelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huet Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Gal-Petitfaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions Revue EP.S. Editions Revue EP.S., 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01143207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2044,201 +2356,201 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’inscription corporelle de l’expérience en Education physique et sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Gal-Petitfaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions Revue EP.S. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">B. Huet &amp; N. Gal-Petitfaux (dir.). L'expérience corporelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.61-76, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01143633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regard phénoménologique sur l’expérience corporelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N. Gal-Petitfaux et B. Huet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’expérience corporelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, revue EP.S, pp.11-24, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01076125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2248,91 +2560,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un espace d’échanges et de débats autour d’une conception ‘enactive’ de l’EPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Saury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Adé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Gal-Petitfaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2344,65 +2656,65 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Sève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01144998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId66"/>
+      <w:footerReference w:type="default" r:id="rId70"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2470,51 +2782,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1FC4814B"/>
+    <w:nsid w:val="7D295FCD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2701,51 +3013,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-huet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4923-9464" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452675v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Paris" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guerin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Huet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14kwh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05060061v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Deneux-Le Barh" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Leblanc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huet Benoit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04383710v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Biau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;na Pycik" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pasquiet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Huet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani14020189" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954164v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Saury" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53765/20512201.29.11.080" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597141v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Terr&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole S&#232;ve" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.5556" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597254v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Terrien" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Iachkine" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597217v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejrieps.5152" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03339581v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.5762" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03670214v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597277v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejrieps.3865" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05087017v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Paquelin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Albert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evarice Beno&#238;t Djieufack" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assiba Ohoussa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569126v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Crosse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Chusseau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Carlei" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lussi Borer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597406v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593616v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970776v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Terrien" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Saury" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036259v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233; David" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gal-Petitfaux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143207v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143633v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076125v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cizeron" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144998v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ad&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-huet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4923-9464" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452675v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Paris" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guerin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Huet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14kwh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04383710v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Biau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Leblanc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;na Pycik" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pasquiet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Huet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani14020189" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05060061v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Deneux-Le Barh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huet Benoit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954164v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Saury" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53765/20512201.29.11.080" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597217v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Terr&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole S&#232;ve" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejrieps.5152" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03339581v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Terrien" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.5762" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557240v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/laboreal.16942" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557234v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03670214v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597141v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.5556" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557239v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597254v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Iachkine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597277v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejrieps.3865" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05087017v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Paquelin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Albert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evarice Beno&#238;t Djieufack" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assiba Ohoussa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569126v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Crosse" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Chusseau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Carlei" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lussi Borer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597406v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593616v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970776v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Terrien" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Saury" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036259v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233; David" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gal-Petitfaux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143207v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143633v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076125v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cizeron" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01144998v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ad&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>