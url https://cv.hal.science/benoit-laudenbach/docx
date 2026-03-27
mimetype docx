--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -169,165 +169,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05115892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Requête du phylacite Séôs à l’archiphylacite Dexigénès suite à une plainte pour vol calomnieuse (Inv. Sorb. 2676)</w:t>
+                <w:t xml:space="preserve">La fonction de Nechthyris et l'identité de Platon: le P.Bour. 10 en question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Laudenbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analecta Papyrologica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 37 (1), pp.95-109</w:t>
+              <w:t xml:space="preserve">Zeitschrift für Papyrologie und Epigraphik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 229, pp.145-153</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04608710v1</w:t>
+                <w:t xml:space="preserve">hal-04591349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fonction de Nechthyris et l'identité de Platon: le P.Bour. 10 en question</w:t>
+                <w:t xml:space="preserve">Requête du phylacite Séôs à l’archiphylacite Dexigénès suite à une plainte pour vol calomnieuse (Inv. Sorb. 2676)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Laudenbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zeitschrift für Papyrologie und Epigraphik</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 229, pp.145-153</w:t>
+              <w:t xml:space="preserve">Analecta Papyrologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 37 (1), pp.95-109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04591349v1</w:t>
+                <w:t xml:space="preserve">hal-04608710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reçu de chomatikon: réédition du P.Rein. 1.45</w:t>
               </w:r>
@@ -1449,165 +1449,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04692341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Composition(s) dans l’épigramme de Posidippe de Pella sur le phare d’Alexandrie (115 AB)</w:t>
+                <w:t xml:space="preserve">Guerre de succession et félonie en Haute Égypte (P. Bouriant 10 et 12, Pausanias 1.9.3)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Laudenbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rythme et son. École de métrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Michel de Boüard – CRAHAM, Apr 2023, Caen, France</w:t>
+              <w:t xml:space="preserve">Les humanités dans le texte – Journées nationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS-PSL, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04106173v1</w:t>
+                <w:t xml:space="preserve">hal-04461288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guerre de succession et félonie en Haute Égypte (P. Bouriant 10 et 12, Pausanias 1.9.3)</w:t>
+                <w:t xml:space="preserve">Composition(s) dans l’épigramme de Posidippe de Pella sur le phare d’Alexandrie (115 AB)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Laudenbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les humanités dans le texte – Journées nationales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ENS-PSL, Dec 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Rythme et son. École de métrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Michel de Boüard – CRAHAM, Apr 2023, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04461288v1</w:t>
+                <w:t xml:space="preserve">hal-04106173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2821,51 +2821,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115892v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Laudenbach" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608710v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591349v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330565v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BASP.60.0.3292181" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04435026v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092929v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34679/thersites.vol16.222" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860869v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526951v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.CDE.5.123026" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861295v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7834/phoenix.71.3-4.0411" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526856v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/apf-2017-0010" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527007v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133852v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Leroy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527001v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223745v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223761v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;m Vanthieghem" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628488v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451178v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692341v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106173v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461288v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244837v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Fressura" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Gerhardt" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Nocchi Macedo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Simons" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526992v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lesbelleslettres.com/livre/9782251005980/geographie-tome-xiv-livre-xvii-1ere-partie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526994v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehan Desanges" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lesbelleslettres.com/livre/9782251005881/geographie-tome-xv-livre-xvii-2e-partie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319041v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.libreriagonnelli.it/papyrologica-florentina/miscellanea-di-testi-inediti-e-nuove-edizioni-papiri-ostraca-epigrafi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03527006v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371571v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476667v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vwiy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285743v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Charvet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861300v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031823v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526500v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461320v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115892v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Laudenbach" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591349v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608710v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330565v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BASP.60.0.3292181" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04435026v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092929v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34679/thersites.vol16.222" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860869v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526951v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.CDE.5.123026" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861295v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7834/phoenix.71.3-4.0411" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526856v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/apf-2017-0010" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527007v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133852v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Leroy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527001v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223745v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223761v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;m Vanthieghem" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628488v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451178v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692341v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461288v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106173v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244837v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Fressura" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Gerhardt" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Nocchi Macedo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Simons" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526992v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lesbelleslettres.com/livre/9782251005980/geographie-tome-xiv-livre-xvii-1ere-partie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526994v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehan Desanges" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lesbelleslettres.com/livre/9782251005881/geographie-tome-xv-livre-xvii-2e-partie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319041v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.libreriagonnelli.it/papyrologica-florentina/miscellanea-di-testi-inediti-e-nuove-edizioni-papiri-ostraca-epigrafi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03527006v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371571v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476667v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vwiy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285743v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Charvet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861300v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031823v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526500v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461320v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>