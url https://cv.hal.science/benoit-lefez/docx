--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -321,489 +321,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02329539v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of two types of fluid inclusions in single crystals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">FT-IR Microscopic Base Imaging System: Applications for Chemical Analysis of Zn and Ni Atmospheric Corrosion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Lefez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Bobo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoit Lefez</w:t>
+                <w:t xml:space="preserve">Samuel Jouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-C Caumon</w:t>
+                <w:t xml:space="preserve">J. Kasperek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Petit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G Coquerel</w:t>
+                <w:t xml:space="preserve">B. Hannoyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CrystEngComm</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c6ce00956e⟩</w:t>
+              <w:t xml:space="preserve">Applied Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 55 (7), pp.935-938. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1366/0003702011952767⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01344665v1</w:t>
+                <w:t xml:space="preserve">hal-02155502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FT-IR Microscopic Base Imaging System: Applications for Chemical Analysis of Zn and Ni Atmospheric Corrosion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Lefez</w:t>
+                <w:t xml:space="preserve">Characterization of a Multiphase Coating Formed by a Vapor Pack Cementation Process to Protect Nb-Base Alloys against Oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Bacos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Jouen</w:t>
+                <w:t xml:space="preserve">Stéphane Landais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Kasperek</w:t>
+                <w:t xml:space="preserve">Ariel Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Hannoyer</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Etienne Rimpot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1366/0003702011952767⟩</w:t>
+              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 291, pp.94-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2016.02.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02155502v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01954249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a Multiphase Coating Formed by a Vapor Pack Cementation Process to Protect Nb-Base Alloys against Oxidation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evidence of two types of fluid inclusions in single crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariel Morel</w:t>
+                <w:t xml:space="preserve">E Bobo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Lefez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Rimpot</w:t>
+                <w:t xml:space="preserve">M.-C Caumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Rio</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Coquerel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2016.02.020⟩</w:t>
+              <w:t xml:space="preserve">CrystEngComm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18, pp.5287. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c6ce00956e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01954249v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01344665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidation behaviour of the 47Nb 16Si 25Ti 8Hf 2Al 2Cr alloy sheet and vibrational spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Lefez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Jouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hannoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Bacos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Beucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -863,51 +863,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of 10% Fe Solubility in Ammonia-Coprecipitated Fe Doped SnO&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; Nanopowders: A Structural, Optical and Hyperfine Property Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandip Dhobale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Jouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Lefez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1036,51 +1036,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Muduli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Kale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Jouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 40 (31), pp.8003. </w:t>
@@ -1144,51 +1144,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hema Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shrikant Bhagwat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Jouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Lefez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1277,64 +1277,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyperfine interactions and lattice dynamics of Sn21O6Cl16(OH)14</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moulay Tahar Sougrati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Jouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hannoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Lefez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1393,51 +1393,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fourier transform infrared spectroscopic study of abhurite Sn21O6Cl16(OH)14</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Jouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Lefez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1562,51 +1562,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anjali Athawale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Hannoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Jouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nanoscience and Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 7 (12), pp.4294-4302. </w:t>
@@ -1715,51 +1715,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Danoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Denoirjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hannoyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st International Conference on Surface Modification Technology, SMT21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1953,51 +1953,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924640v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamen Ben Ammar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Khalfaoui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wegmuller" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lefez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-022-06798-9" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02329539v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Davin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2019.106121" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01344665v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bobo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C Caumon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Petit" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Coquerel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ce00956e" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155502v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Jouen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kasperek" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hannoyer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1366/0003702011952767" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954249v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bacos" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Landais" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Morel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rimpot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rio" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2016.02.020" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90F164FJ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155575v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lefez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Beucher" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3184/096034009X435683" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155609v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandip Dhobale" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kulkarni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Hannoyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/mat.2013.1051" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155595v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chaudhari" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Warule" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Muduli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kale" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1dt10319a" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155579v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hema Singh" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shrikant Bhagwat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjali Athawale" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b917407a" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/215252F0C4D632666E5703C6350BE60999657D9E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155550v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Tahar Sougrati" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2008.06.020" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T2N536ZV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155529v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2007.04.030" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155545v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2007.873" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00287331v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Danoix" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Denoirjean" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924640v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamen Ben Ammar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Khalfaoui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wegmuller" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lefez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-022-06798-9" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02329539v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Davin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2019.106121" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155502v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Jouen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kasperek" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hannoyer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1366/0003702011952767" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954249v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bacos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Landais" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Morel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rimpot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rio" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2016.02.020" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90F164FJ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01344665v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bobo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C Caumon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Petit" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Coquerel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ce00956e" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155575v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lefez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Beucher" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3184/096034009X435683" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155609v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandip Dhobale" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kulkarni" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Hannoyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/mat.2013.1051" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155595v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chaudhari" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Warule" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Muduli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kale" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1dt10319a" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155579v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hema Singh" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shrikant Bhagwat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjali Athawale" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b917407a" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/215252F0C4D632666E5703C6350BE60999657D9E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155550v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Tahar Sougrati" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2008.06.020" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T2N536ZV-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155529v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2007.04.030" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155545v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2007.873" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00287331v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Danoix" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Denoirjean" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>