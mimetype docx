--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -255,103 +255,103 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avoir 20 ans à Sainte-Soline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Étienne Douat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanne Le Bars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lenzi Mathias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Leroux Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roblin Gwendal</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lenzi Mathias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Collectif du Loriot. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Dispute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 232 p., 2024, 978-2-84303-334-6</w:t>
@@ -2101,298 +2101,298 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour aller plus loin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Hélène Lechien</w:t>
+                <w:t xml:space="preserve">Le monde agricole est en crise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Inda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marie-Hélène Lechien; Benoît Leroux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Idées reçues sur les mondes ruraux. Le rural : des vaches et des champs ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Le Cavalier Bleu, pp.201-203, 2025, 979-10-318-0740-9</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Cavalier Bleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.21-26, 2025, Idées reçues, 979-10-318-0740-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05095392v1</w:t>
+                <w:t xml:space="preserve">hal-05095333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le monde agricole est en crise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniele Inda</w:t>
+                <w:t xml:space="preserve">Introduction : un monde rural immobile et homogène ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Lechien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marie-Hélène Lechien; Benoît Leroux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Idées reçues sur les mondes ruraux. Le rural : des vaches et des champs ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Le Cavalier Bleu, pp.15-17, 2025, Idées reçues, 979-10-318-0740-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Cavalier Bleu</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-05095333v1</w:t>
+                <w:t xml:space="preserve">hal-05095313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction : un monde rural immobile et homogène ?</w:t>
+                <w:t xml:space="preserve">Pour aller plus loin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Lechien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marie-Hélène Lechien; Benoît Leroux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Idées reçues sur les mondes ruraux. Le rural : des vaches et des champs ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Le Cavalier Bleu, pp.15-17, 2025, Idées reçues, 979-10-318-0740-9</w:t>
+              <w:t xml:space="preserve">, Le Cavalier Bleu, pp.201-203, 2025, 979-10-318-0740-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05095313v1</w:t>
+                <w:t xml:space="preserve">hal-05095392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rural. De l'histoire du mot « rural » à la construction sociale de la ruralité</w:t>
               </w:r>
@@ -2630,423 +2630,423 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05095352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étudier les transformations des conditions de travail et de santé des exploitant-es et des salarié-es en vitiviniculture</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Louise : &amp;quot;À quel point suis-je légitime de me dire témoin de Sainte-Soline ?&amp;quot;. Entretien avec Joanne Le Bars et Benoît Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Franck-Dominique Vivien; Fabrice Thuriot; François Bost; Aude Laquerriere-Lacroix; Pascal Salembier. </w:t>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanne Le Bars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">La Dispute. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regards interdisciplinaires sur l’étude et l’enseignement de la transition écologique. Actes du colloque de 2023, Université de Reims Champagne-Ardenne</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Avoir 20 ans à Sainte-Soline</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.101-111, 2024, 978-2-84303-334-6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04852865v1</w:t>
+                <w:t xml:space="preserve">hal-04493749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre Sainte-Soline avec celles et ceux qui l'ont éprouvé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Douat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Stevens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Roblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanne Le Bars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">La Dispute. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Avoir 20 ans à Sainte-Soline</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.7-20, 2024, 978 2 843033346</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04493767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise : &amp;quot;À quel point suis-je légitime de me dire témoin de Sainte-Soline ?&amp;quot;. Entretien avec Joanne Le Bars et Benoît Leroux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étudier les transformations des conditions de travail et de santé des exploitant-es et des salarié-es en vitiviniculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Julhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahima Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">La Dispute. </w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Franck-Dominique Vivien; Fabrice Thuriot; François Bost; Aude Laquerriere-Lacroix; Pascal Salembier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Avoir 20 ans à Sainte-Soline</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Regards interdisciplinaires sur l’étude et l’enseignement de la transition écologique. Actes du colloque de 2023, Université de Reims Champagne-Ardenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions des archives contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.163-178, 2024, 978-2-8130-0550-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17184/eac.8905⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04493749v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04852865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yael : &amp;quot;Le sentiment détestable d'être spectateur&amp;quot;. Entretien avec Benoît Leroux et Joanne Le Bars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joanne Le Bars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3088,90 +3088,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre Sainte-Soline avec celles et ceux qui l’ont éprouvé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Douat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lenzi Mathias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Stevens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Roblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3763,51 +3763,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04493750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (30)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3905,2428 +3905,2644 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05304937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand la transition écologique redéfinit le travail : transformation des conditions de travail et impacts sur la santé des exploitant·e·s. Le cas de la viti-viniculture</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samuel Julhe</w:t>
+                <w:t xml:space="preserve">Qui peut rouler à bas prix ? Enquête sur les voitures usagées en milieu rural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofian Beldjerd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Lechien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vaquero</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e Congrès de l’AFS « Environnement(s) &amp; Inégalités »,RT1 Savoirs, travail, professions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFS; CERTOP; CRESCO; LASSP; LISST, Jul 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Colloque « Le fait automobile »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MSH de Dijon -LIR3S, Dec 2025, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05162320v1</w:t>
+                <w:t xml:space="preserve">hal-05549087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AAP 2020, le projet TRASAD et ses résultats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Thivet</w:t>
+                <w:t xml:space="preserve">Ethnographier les pratiques de la voiture dans un espace social local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofian Beldjerd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Lechien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vaquero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conseil d’orientation scientifique de la Mutualité sociale agricole (MSA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mutualité sociale agricole (MSA), Sep 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire ANR MOTEURS#2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Limoges; Gresco (UR 15075), Oct 2025, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04709046v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05549233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l’évolution des exploitations au cours de ces dernières années, trajectoires, attentes, conditions de travail et pratiques des agriculteurs et agricultrices de Nouvelle-Aquitaine à partir d’un questionnaire en ligne</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Daniele Inda</w:t>
+                <w:t xml:space="preserve">Quand la transition écologique redéfinit le travail : transformation des conditions de travail et impacts sur la santé des exploitant·e·s. Le cas de la viti-viniculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Julhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Doga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Salaméro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude TRANSAGRINA : Mondes agricoles en transition : Regards croisés acteurs/ chercheur.es</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Émile Durkheim, Feb 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">11e Congrès de l’AFS « Environnement(s) &amp; Inégalités »,RT1 Savoirs, travail, professions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFS; CERTOP; CRESCO; LASSP; LISST, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04150677v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05162320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des agriculteurs·trices face à la transition agroécologique : une écologisation socialement différenciée des pratiques agricoles. Le cas de l’agriculture biologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniele Inda</w:t>
+                <w:t xml:space="preserve">AAP 2020, le projet TRASAD et ses résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Thivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'étude : Ecologie et classes sociales. Stratégies de reproduction, modes de domination, conditions écologiques d'existence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CERES; CMH; CREDA; CENS; CESAER; Ecole normale supérieure, Campus Jourdan, May 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Conseil d’orientation scientifique de la Mutualité sociale agricole (MSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mutualité sociale agricole (MSA), Sep 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04187195v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04709046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viticulture durable” et conditions de travail : le cas la certification Haute valeur environnementale (HVE)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Océane Carneiro</w:t>
+                <w:t xml:space="preserve">Analyse de l’évolution des exploitations au cours de ces dernières années, trajectoires, attentes, conditions de travail et pratiques des agriculteurs et agricultrices de Nouvelle-Aquitaine à partir d’un questionnaire en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bernard de Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Inda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude Transformations des conditions de travail et de santé dans les exploitations entamant une transition agro-écologique. Le cas de la vitiviniculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Sciences Po Bordeaux, Pessac, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude TRANSAGRINA : Mondes agricoles en transition : Regards croisés acteurs/ chercheur.es</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Émile Durkheim, Feb 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04492035v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04150677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une étude comparative de deux instruments d’action publique en faveur de la transition agroécologique : les GIEE et les groupes 30 000 en Région Nouvelle-Aquitaine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laz Brulé-Kopp</w:t>
+                <w:t xml:space="preserve">Des agriculteurs·trices face à la transition agroécologique : une écologisation socialement différenciée des pratiques agricoles. Le cas de l’agriculture biologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Inda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Thivet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude TRANSAGRINA : Mondes agricoles en transition : Regards croisés acteurs/ chercheur.es</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Émile Durkheim, Feb 2023, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journées d'étude : Ecologie et classes sociales. Stratégies de reproduction, modes de domination, conditions écologiques d'existence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CERES; CMH; CREDA; CENS; CESAER; Ecole normale supérieure, Campus Jourdan, May 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04150694v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04187195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse des différentes appellations et labels relatifs au monde vitivinicole (travail en collaboration avec Benoit Leroux)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Océane Minard Carneiro</w:t>
+                <w:t xml:space="preserve">Viticulture durable” et conditions de travail : le cas la certification Haute valeur environnementale (HVE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Carneiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Du travail soutenable en agriculture durable. Quelles transformations des conditions de travail dans les exploitations entamant une transition agro-écologique ? Études de cas en vitiviniculture et comparaison entre trois régions.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude Transformations des conditions de travail et de santé dans les exploitations entamant une transition agro-écologique. Le cas de la vitiviniculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Sciences Po Bordeaux, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03660725v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04492035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écologisation des pratiques agricoles, réappropriation des terres et questions des communs, Introduction aux Journées d’études</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une étude comparative de deux instruments d’action publique en faveur de la transition agroécologique : les GIEE et les groupes 30 000 en Région Nouvelle-Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laz Brulé-Kopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Bodiguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’études Écologisation des pratiques agricoles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Festival Filmer le Travail, Feb 2022, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude TRANSAGRINA : Mondes agricoles en transition : Regards croisés acteurs/ chercheur.es</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Émile Durkheim, Feb 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04492050v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04150694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écologisation et inertie du productivisme agricole: Le cas de l'agrobiologie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthèse des différentes appellations et labels relatifs au monde vitivinicole (travail en collaboration avec Benoit Leroux)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Minard Carneiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’études Écologisation des pratiques agricoles, réappropriation des terres et questions des communs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Festival Filmer le Travail, Feb 2022, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Du travail soutenable en agriculture durable. Quelles transformations des conditions de travail dans les exploitations entamant une transition agro-écologique ? Études de cas en vitiviniculture et comparaison entre trois régions.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04492060v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03660725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autonomy and herbaceous forage in goat farming of western France. First results of a sociological survey</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Écologisation des pratiques agricoles, réappropriation des terres et questions des communs, Introduction aux Journées d’études</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Joint Meeting of the FAO-CIHEAM Network for Research and Development in Sheep and Goats (Subnetworks on Nutrition and Production Systems) and the FAO-CIHEAM Subnetwork for Research and Development of Mediterranean Forage Resources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Meknès, Morocco. pp.305-308</w:t>
+              <w:t xml:space="preserve">Journées d’études Écologisation des pratiques agricoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Festival Filmer le Travail, Feb 2022, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03923280v1</w:t>
+                <w:t xml:space="preserve">hal-04492050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’herbe : un atout pour les élevages caprins laitiers en France</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Écologisation et inertie du productivisme agricole: Le cas de l'agrobiologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25. Rencontres Recherches Ruminants (3R)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, En ligne, France. pp.321-325</w:t>
+              <w:t xml:space="preserve">Journées d’études Écologisation des pratiques agricoles, réappropriation des terres et questions des communs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Festival Filmer le Travail, Feb 2022, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03166464v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04492060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socio-history of the institutionalization and commodification of French organic farming in the 20th century</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Autonomy and herbaceous forage in goat farming of western France. First results of a sociological survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Inda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Disenhaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Guinard-Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">From Contestation to Incorporation? Global and Comparative Perspectives on the Organic Farming Movement (20th-21st centuries)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European rural history organisation, Sep 2019, EHESS (Paris), France</w:t>
+              <w:t xml:space="preserve">1st Joint Meeting of the FAO-CIHEAM Network for Research and Development in Sheep and Goats (Subnetworks on Nutrition and Production Systems) and the FAO-CIHEAM Subnetwork for Research and Development of Mediterranean Forage Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Meknès, Morocco. pp.305-308</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04492065v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03923280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux et logiques de la (dé)politisation de l’agriculture biologique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L’herbe : un atout pour les élevages caprins laitiers en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Caillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bossis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Delagarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Disenhaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude (Dé)politisation des enjeux environnementaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UPVJ/CURAPP-ESS, Oct 2018, Amiens, France</w:t>
+              <w:t xml:space="preserve">25. Rencontres Recherches Ruminants (3R)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, En ligne, France. pp.321-325</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04492073v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03166464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceptions et adaptation des agriculteurs face aux changements environnementaux : l’exemple des viticulteurs de l’Île de Ré</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Socio-history of the institutionalization and commodification of French organic farming in the 20th century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Les temps des territoires »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire Dynamiques sociales et recomposition des espaces (LADYSS), Mar 2017, Université Paris Ouest – Nanterre, France</w:t>
+              <w:t xml:space="preserve">From Contestation to Incorporation? Global and Comparative Perspectives on the Organic Farming Movement (20th-21st centuries)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European rural history organisation, Sep 2019, EHESS (Paris), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492900v1</w:t>
+                <w:t xml:space="preserve">hal-04492065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les rapports de pouvoir au sein de collectifs néo-ruraux : approche comparative</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enjeux et logiques de la (dé)politisation de l’agriculture biologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7e Congrès de l’AFS « Sociologie des pouvoirs, pouvoirs de la sociologie »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association française de sociologie (AFS), Jul 2017, Amiens, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude (Dé)politisation des enjeux environnementaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UPVJ/CURAPP-ESS, Oct 2018, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492878v1</w:t>
+                <w:t xml:space="preserve">hal-04492073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les viticulteurs, le climat et la bio : quelles pratiques de changement sur les Îles de Ré et d’Oléron ?</w:t>
+                <w:t xml:space="preserve">Perceptions et adaptation des agriculteurs face aux changements environnementaux : l’exemple des viticulteurs de l’Île de Ré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Hochedez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Les métiers de la vigne, du vin et des alcools. Des terroirs aux territoires »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institutions et dynamiques historiques de l’économie et de la société (IDHE.S); Centre d’histoire culturelle des sociétés contemporaines (CHCSC) [Université de Versailles Saint-Quentin-en-Yvelines], Nov 2017, Université de Versailles-Saint-Quentin-En-Yvelines, France</w:t>
+              <w:t xml:space="preserve">Colloque « Les temps des territoires »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Dynamiques sociales et recomposition des espaces (LADYSS), Mar 2017, Université Paris Ouest – Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04492893v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04492900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’expansion du marché et les enjeux symboliques : le cas de l’agriculture biologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-France Garcia-Parpet</w:t>
+                <w:t xml:space="preserve">Les rapports de pouvoir au sein de collectifs néo-ruraux : approche comparative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maité Boullosa-Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Recherche &amp; Régulation 2015 (RR2015) : La théorie de la régulation à l’épreuve des crises</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Recherche &amp; Régulation, Jun 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">7e Congrès de l’AFS « Sociologie des pouvoirs, pouvoirs de la sociologie »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de sociologie (AFS), Jul 2017, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04492914v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04492878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre contestation et « conventionnalisation » : la mise en marché de l’agriculture biologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-France Garcia-Parpet</w:t>
+                <w:t xml:space="preserve">Les viticulteurs, le climat et la bio : quelles pratiques de changement sur les Îles de Ré et d’Oléron ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Hochedez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6e Congrès de l’AFS : « la sociologie, une science contre nature ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de sociologie (AFS), Jun 2015, Université de Versailles-Saint-Quentin-En-Yvelines, France</w:t>
+              <w:t xml:space="preserve">Colloque « Les métiers de la vigne, du vin et des alcools. Des terroirs aux territoires »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institutions et dynamiques historiques de l’économie et de la société (IDHE.S); Centre d’histoire culturelle des sociétés contemporaines (CHCSC) [Université de Versailles Saint-Quentin-en-Yvelines], Nov 2017, Université de Versailles-Saint-Quentin-En-Yvelines, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492908v1</w:t>
+                <w:t xml:space="preserve">hal-04492893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels accès les agriculteurs biologiques ont-ils au foncier agricole francilien ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Entre contestation et « conventionnalisation » : la mise en marché de l’agriculture biologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Garcia-Parpet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des doctorants &amp; postdoctorants du DIM ASTREA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AgroParisTech, Mar 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">6e Congrès de l’AFS : « la sociologie, une science contre nature ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de sociologie (AFS), Jun 2015, Université de Versailles-Saint-Quentin-En-Yvelines, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492952v1</w:t>
+                <w:t xml:space="preserve">hal-04492908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une contre-culture en agriculture ? La dynamique agrobiologique face au paradigme productiviste</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’expansion du marché et les enjeux symboliques : le cas de l’agriculture biologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Garcia-Parpet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Culture et contre-culture : genèses, pratiques conceptualisations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Paris Ouest Nanterre La Défense, Mar 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international Recherche &amp; Régulation 2015 (RR2015) : La théorie de la régulation à l’épreuve des crises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Recherche &amp; Régulation, Jun 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492957v1</w:t>
+                <w:t xml:space="preserve">hal-04492914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du cas d’étude au champ social : essai de systématisation de phénomènes sociospatiaux et sociohistoriques circonscrits</w:t>
+                <w:t xml:space="preserve">Quels accès les agriculteurs biologiques ont-ils au foncier agricole francilien ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude de l’Atelier d'études des agricultures biologiques et paysannes, Les territoires de la Bio : dynamiques de l’agriculture biologique et effets de contextes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Bergerie de Villarceaux (Vexin), France</w:t>
+              <w:t xml:space="preserve">Journée des doctorants &amp; postdoctorants du DIM ASTREA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AgroParisTech, Mar 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492941v1</w:t>
+                <w:t xml:space="preserve">hal-04492952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformations des enjeux de l’agriculture biologique : approche sociohistorique d’un engagement paysan</w:t>
+                <w:t xml:space="preserve">Une contre-culture en agriculture ? La dynamique agrobiologique face au paradigme productiviste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’études pluridisciplinaires « Regards croisés sur les petites paysanneries au nord et au sud de la Méditerranée : Questions de méthodes »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire Dynamiques sociales et recomposition des espaces (LADYSS), Nov 2012, Université Paris 10 - Nanterre, France</w:t>
+              <w:t xml:space="preserve">Colloque international Culture et contre-culture : genèses, pratiques conceptualisations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Paris Ouest Nanterre La Défense, Mar 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492930v1</w:t>
+                <w:t xml:space="preserve">hal-04492957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la ferme bio aux firmes bio, ou comment convertir une “niche de marché” en “marché porteur”</w:t>
+                <w:t xml:space="preserve">Du cas d’étude au champ social : essai de systématisation de phénomènes sociospatiaux et sociohistoriques circonscrits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude Faire de la sociologie économique avec Pierre Bourdieu</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Lille 1, Sep 2012, Lille, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude de l’Atelier d'études des agricultures biologiques et paysannes, Les territoires de la Bio : dynamiques de l’agriculture biologique et effets de contextes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Bergerie de Villarceaux (Vexin), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492944v1</w:t>
+                <w:t xml:space="preserve">hal-04492941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Travail et travailleurs en agriculture biologique. De l’étude de cas au champ</w:t>
+                <w:t xml:space="preserve">Transformations des enjeux de l’agriculture biologique : approche sociohistorique d’un engagement paysan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « Bourdieu et le travail »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Paul Bouffartigue (LEST, Aix-en-Provence); Gérard Mauger (CESSP, EHESS); Maxime Quijoux (IDHE, ENS-Cachan), Dec 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées d’études pluridisciplinaires « Regards croisés sur les petites paysanneries au nord et au sud de la Méditerranée : Questions de méthodes »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Dynamiques sociales et recomposition des espaces (LADYSS), Nov 2012, Université Paris 10 - Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492925v1</w:t>
+                <w:t xml:space="preserve">hal-04492930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectoires paysannes : relations entre mobilité sociale et (im)mobilité spatiale</w:t>
+                <w:t xml:space="preserve">Travail et travailleurs en agriculture biologique. De l’étude de cas au champ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Mobilité sociale, mobilité géographique : les enjeux socio-spatiaux de la mobilité ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MISHA, May 2011, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Colloque international « Bourdieu et le travail »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paul Bouffartigue (LEST, Aix-en-Provence); Gérard Mauger (CESSP, EHESS); Maxime Quijoux (IDHE, ENS-Cachan), Dec 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492964v1</w:t>
+                <w:t xml:space="preserve">hal-04492925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le paysan bio et la simplicité volontaire : questionnements autour d’une agriculture biologique alternative</w:t>
+                <w:t xml:space="preserve">De la ferme bio aux firmes bio, ou comment convertir une “niche de marché” en “marché porteur”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Bernard Charbonneau : habiter la terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour, May 2011, Pau, France. pp. 146-156</w:t>
+              <w:t xml:space="preserve">Journée d’étude Faire de la sociologie économique avec Pierre Bourdieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Lille 1, Sep 2012, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492968v1</w:t>
+                <w:t xml:space="preserve">hal-04492944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’agriculture biologique : un projet transversal implicite ?</w:t>
+                <w:t xml:space="preserve">Le paysan bio et la simplicité volontaire : questionnements autour d’une agriculture biologique alternative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Les transversalités de l’agriculture biologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Marc Bloch, Jun 2011, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Colloque Bernard Charbonneau : habiter la terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour, May 2011, Pau, France. pp. 146-156</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492963v1</w:t>
+                <w:t xml:space="preserve">hal-04492968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropologie de l'alternative sociale et réflexivité</w:t>
+                <w:t xml:space="preserve">L’agriculture biologique : un projet transversal implicite ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Premier congrès de l’Association Française d’Ethnologie et d’Anthropologie (AFEA) : Connaissances : no(s) limit(es)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EHESS, Sep 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque Les transversalités de l’agriculture biologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Marc Bloch, Jun 2011, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492960v1</w:t>
+                <w:t xml:space="preserve">hal-04492963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Trajectoires paysannes : relations entre mobilité sociale et (im)mobilité spatiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Mobilité sociale, mobilité géographique : les enjeux socio-spatiaux de la mobilité ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MISHA, May 2011, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04492964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthropologie de l'alternative sociale et réflexivité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Premier congrès de l’Association Française d’Ethnologie et d’Anthropologie (AFEA) : Connaissances : no(s) limit(es)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EHESS, Sep 2011, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04492960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Approche des agriculteurs biologiques sous leurs coutures sociales et culturelles : Une observation ethnologique dans le Gers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude L’agriculture biologique ferment du développement écologique ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Technologie de Troyes (UTT), Jun 2005, Troye, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04492978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6336,236 +6552,236 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’accès à la terre pour les agriculteurs biologiques en Île-de-France : soutiens, freins et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de Restitution du DIM ASTREA 2008-2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04492991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enjeux de l’accès au foncier pour les agriculteurs biologiques en Île-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire DIM ASTREA (Agrosciences, Territoires, Ecologie, Alimentation) : Avancées et perspectives pour l'Agriculture Biologique en Ile-de-France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04492986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléments d’analyse des producteurs bio de Midi-Pyrénées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Dinabio Développement et innovations en agriculture biologique : De l’étude des verrous techniques à la conception de modèles de développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04492982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6575,98 +6791,98 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Citoyenneté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Mots du foncier, dictionnaire critique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, pp. 52-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04491842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6676,389 +6892,389 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du travail soutenable en agriculture durable. Quelles transformations des conditions de travail dans les exploitations entamant une transition agroécologique ? Études de cas en vitiviniculture et comparaison entre trois régions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Thivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Julhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahima Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport final du programme TraSAD, Mutualité Sociale Agricole; Université de Bordeaux. 2024, pp.178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04633878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transagrina. Trajectoires de Transition en Agriculture en Nouvelle-Aquitaine. Rapport final</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Thivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Inda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaèle-Jeanne Aubin-Brouté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ADEME. 2023, pp.75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04112707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux de l’accès au foncier pour les agriculteurs biologiques en Île-de-France. État des lieux et analyses des freins structurels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport final d’activité (mai 2011-avril 2012), Dim-Astrea (Conseil Régional d’Île-de-France et INRA Jouy-en-Josas). 2013, 57 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04493002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude sociologique et ethnologique des agriculteurs biologiques du Gers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GDAB-Midi-Pyrénées (Parc-Bio Midi-Pyrénées); DRAF MP. 2004, 40 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04493010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7068,114 +7284,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Agriculteurs biologiques et l’alternative : Contribution à l’anthropologie politique d’un monde paysan en devenir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. EHESS (École des Hautes Études en Sciences Sociales, 2011. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04493031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId150"/>
+      <w:footerReference w:type="default" r:id="rId152"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7322,51 +7538,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948916v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Lechien" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Leroux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lecavalierbleu.com/livre/idees-recues-mondes-ruraux/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387915v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroux Beno&#238;t" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Douat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roblin Gwendal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Le Bars" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenzi Mathias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ladispute.fr/catalogue/avoir-20-ans-a-sainte-soline/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801869v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cardona" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chr&#233;tien" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ripoll" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Thivet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3365-dynamiques-des-agricultures-biologiques.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/quae.cardo.2014.01" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04402621v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Christen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501565v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14o1m" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491921v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.31434" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03887183v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Caillat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Disenhaus" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art20" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04402692v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Inda" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Jacquot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Marnet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Flament" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04491983v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.612.0311" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141463v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Garcia-Parpet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Joi Martins" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01868306v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Hochedez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.12392" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477973v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622615v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Garcia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478304v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.227.0059" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622909v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478071v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492000v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.011.0259" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655948v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/dxp8-s444" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478102v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jda.1248" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478163v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095392v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095333v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lecavalierbleu.com/livre/idees-recues-mondes-ruraux/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095313v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095403v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095383v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095352v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jahan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852865v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Julhe" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Diallo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/8905" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.8905" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493767v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Stevens" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Roblin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493749v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493786v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035776v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03659911v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488727v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491812v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-cairn-sciences-info.ressources.univ-poitiers.fr/dynamiques-des-agricultures-biologiques--9782759221608-page-19.htm" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/quae.cardo.2014.01.0019" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799482v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/quae.cardo.2014.01.0009" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493728v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493750v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304937v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofian Beldjerd" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vaquero" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162320v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Doga" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Salam&#233;ro" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709046v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150677v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bernard de Raymond" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charbonneau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04187195v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492035v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Carneiro" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150694v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laz Brul&#233;-Kopp" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bodiguel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660725v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Minard Carneiro" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492050v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492060v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923280v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Inda" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Guinard-Flament" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166464v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bossis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492065v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492073v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492900v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492878v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#233; Boullosa-Joly" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492893v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492914v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492908v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492952v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492957v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492941v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492930v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492944v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492925v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492964v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492968v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492963v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492960v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492978v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492991v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492986v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492982v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491842v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633878v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112707v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#232;le-Jeanne Aubin-Brout&#233;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493002v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493010v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04493031v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948916v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Lechien" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Leroux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lecavalierbleu.com/livre/idees-recues-mondes-ruraux/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387915v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Douat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Le Bars" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenzi Mathias" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroux Beno&#238;t" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roblin Gwendal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ladispute.fr/catalogue/avoir-20-ans-a-sainte-soline/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801869v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cardona" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chr&#233;tien" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ripoll" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Thivet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3365-dynamiques-des-agricultures-biologiques.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/quae.cardo.2014.01" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04402621v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Christen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501565v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14o1m" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491921v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.31434" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03887183v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Caillat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Disenhaus" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art20" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04402692v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Inda" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Jacquot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Marnet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Flament" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04491983v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.612.0311" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141463v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Garcia-Parpet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Joi Martins" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01868306v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Hochedez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.12392" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477973v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622615v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Garcia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478304v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.227.0059" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622909v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478071v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492000v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.011.0259" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655948v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/dxp8-s444" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478102v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jda.1248" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478163v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095333v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lecavalierbleu.com/livre/idees-recues-mondes-ruraux/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095313v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095392v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095403v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095383v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095352v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jahan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493749v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493767v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Stevens" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Roblin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852865v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Julhe" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Diallo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/8905" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.8905" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493786v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035776v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03659911v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488727v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491812v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-cairn-sciences-info.ressources.univ-poitiers.fr/dynamiques-des-agricultures-biologiques--9782759221608-page-19.htm" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/quae.cardo.2014.01.0019" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799482v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/quae.cardo.2014.01.0009" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493728v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493750v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304937v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofian Beldjerd" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vaquero" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549087v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549233v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162320v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Doga" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Salam&#233;ro" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709046v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150677v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bernard de Raymond" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charbonneau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04187195v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492035v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Carneiro" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150694v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laz Brul&#233;-Kopp" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bodiguel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660725v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Minard Carneiro" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492050v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492060v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923280v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Inda" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Guinard-Flament" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166464v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bossis" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492065v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492073v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492900v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492878v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#233; Boullosa-Joly" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492893v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492908v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492914v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492952v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492957v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492941v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492930v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492925v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492944v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492968v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492963v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492964v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492960v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492978v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492991v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492986v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492982v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491842v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633878v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112707v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#232;le-Jeanne Aubin-Brout&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493002v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493010v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04493031v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>