--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,76 +1,191 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
+        <w:pict>
+          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:99.739583333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
+            <w10:wrap type="tight" anchorx="margin"/>
+            <v:imagedata r:id="rId7" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Benoît Perez-Lamarque </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identifiants chercheurs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdHAL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">benoit-perez-lamarque</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ORCID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">0000-0001-7112-7197</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">259109673</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Présentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Maître de conférences en biologie végétale à l’Université de Toulouse, j’étudie les dynamiques de biodiversité, avec un intérêt particulier pour l’écologie et l’évolution des interactions biotiques, notamment les symbioses mycorhiziennes.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
@@ -92,2547 +207,2547 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archived natural DNA samplers reveal four decades of biodiversity change across the tree of life</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Junk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian Hans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Stothut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sven Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 9 (10), pp.1873-1884. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41559-025-02812-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05406183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seed or soil: Tracing back the plant mycobiota primary sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liam Laurent‐webb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenji Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez‐lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Bourceret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Ducousso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Microbiology Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16 (3), pp.e13301. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1758-2229.13301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04692554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Telling mutualistic and antagonistic ecological networks apart by learning their multiscale structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 15 (6), pp.1113-1128. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/2041-210X.14328⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04745020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent evolutionary origin and localized diversity hotspots of mammalian coronaviruses</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Phylogenetic Insights into Diversification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Morlon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Andréoletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Barido-Sottani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophia Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2023.03.09.531875⟩</w:t>
+              <w:t xml:space="preserve">Annual Review of Ecology, Evolution, and Systematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 55, pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1146/annurev-ecolsys-102722-020508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04361660v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04631083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogenetic Insights into Diversification</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Distinguishing cophylogenetic signal from phylogenetic congruence clarifies the interplay between evolutionary history and species interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morlon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Review of Ecology, Evolution, and Systematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1146/annurev-ecolsys-102722-020508⟩</w:t>
+              <w:t xml:space="preserve">Systematic Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/sysbio/syae013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04631083v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinguishing cophylogenetic signal from phylogenetic congruence clarifies the interplay between evolutionary history and species interactions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Recent evolutionary origin and localized diversity hotspots of mammalian coronaviruses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renan Maestri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Zhukova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systematic Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/sysbio/syae013⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2023.03.09.531875⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04507008v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04361660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Primate sympatry shapes the evolution of their brain architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Robira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peer Community Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 3, pp.e37. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.24072/pcjournal.259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03958119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a genetic theory of island biogeography: Inferring processes from multidimensional community‐scale data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isaac Overcast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Achaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Aguilée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Andújar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Arribas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 32, pp.4 - 23. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/geb.13604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-04270149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenetic comparative approach reveals evolutionary conservatism, ancestral composition, and integration of vertebrate gut microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Sommeria-Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loréna Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/molbev/msad144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04133633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenetic Comparative Approach Reveals Evolutionary Conservatism, Ancestral Composition, and Integration of Vertebrate Gut Microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Sommeria-Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loréna Duret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 40 (7), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/molbev/msad144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04294906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparing different computational approaches for detecting long‐term vertical transmission in host‐associated microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez‐lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/mec.16681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04295204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Limited Evidence for Microbial Transmission in the Phylosymbiosis between Hawaiian Spiders and Their Microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrik Krehenwinkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosemary G Gillespie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">mSystems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/msystems.01104-21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03544270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fungal microbiomes associated with Lycopodiaceae during ecological succession</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez‐lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liam Laurent‐webb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Bourceret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Bik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Microbiology Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15 (2), pp.109-118. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1758-2229.13130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03830794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing diversification dynamics using barcoding data: the case of an obligate mycorrhizal symbiont</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Do closely related species interact with similar partners? Testing for phylogenetic signal in bipartite interaction networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Maliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc- André Selosse</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-André Selosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Martos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.16478⟩</w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2, pp.e59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03650682v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04295780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do closely related species interact with similar partners? Testing for phylogenetic signal in bipartite interaction networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Analyzing diversification dynamics using barcoding data: the case of an obligate mycorrhizal symbiont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maarja Öpik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Maliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Florent Martos</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Afonso Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc- André Selosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.16478⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.179⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04295780v1</w:t>
+                <w:t xml:space="preserve">hal-03650682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparing different computational approaches for detecting long‐term vertical transmission in host‐associated microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/mec.16681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03873071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and specialization of mycorrhizal networks in phylogenetically diverse tropical communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Petrolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Strullu-Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Strasberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Microbiome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 17 (1), pp.38. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40793-022-00434-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03735689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial turnover of fungi and partner choice shape mycorrhizal networks in epiphytic orchids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Petrolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géromine Collobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Griveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 110 (11), pp.2568-2584. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2745.13986⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03792570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenomic fingerprinting of tempo and functions of horizontal gene transfer within ochrophytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard G Dorrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Audren de Kerdrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giselle Mccallum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 118 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.2009974118/-/DCSupplemental⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-03969507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheating in arbuscular mycorrhizal mutualism: a network and phylogenetic analysis of mycoheterotrophy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez‐lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc‐andré Selosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maarja Öpik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Martos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 226 (6), pp.1822-1835. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/nph.16474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02877204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterizing symbiont inheritance during host–microbiota evolution: Application to the great apes gut microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez‐lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1755-0998.13063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2642,114 +2757,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterizing and modeling the evolution of host-microbiota interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Microbiology and Parasitology. Université Paris sciences et lettres, 2021. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021UPSLE003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03481801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId96"/>
+      <w:footerReference w:type="default" r:id="rId100"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2815,51 +2930,203 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="5578DC00"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -2896,51 +3163,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406183v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Junk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Hans" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Perez-Lamarque" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Stothut" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Weber" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-025-02812-6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692554v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Laurent&#8208;webb" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Maurice" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Perez&#8208;lamarque" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Bourceret" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ducousso" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.13301" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745020v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pichon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Goff" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Morlon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.14328" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04361660v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Maestri" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Zhukova" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.03.09.531875" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631083v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Andr&#233;oletti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Barido-Sottani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Lambert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-ecolsys-102722-020508" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04507008v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syae013" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958119v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Robira" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.259" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04270149v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Overcast" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Achaz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aguil&#233;e" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo And&#250;jar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Arribas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13604" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04133633v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sommeria-Klein" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#233;na Duret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad144" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294906v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295204v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16681" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03544270v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Krehenwinkel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosemary G Gillespie" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.01104-21" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03830794v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Maillet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bik" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.13130" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03650682v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarja &#214;pik" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maliet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Afonso Silva" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc- Andr&#233; Selosse" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16478" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295780v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Selosse" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Martos" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.179" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873071v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03735689v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Petrolli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Strullu-Derrien" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Strasberg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-022-00434-0" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792570v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Zinger" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;romine Collobert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Griveau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.13986" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03969507v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard G Dorrell" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Villain" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Audren de Kerdrel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giselle Mccallum" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2009974118/-/DCSupplemental" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02877204v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc&#8208;andr&#233; Selosse" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16474" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02280964v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13063" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03481801v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021UPSLE003" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-perez-lamarque" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7112-7197" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/259109673" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406183v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Junk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Hans" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Perez-Lamarque" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Stothut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Weber" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-025-02812-6" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692554v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Laurent&#8208;webb" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Maurice" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Perez&#8208;lamarque" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Bourceret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ducousso" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.13301" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745020v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pichon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Goff" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Morlon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.14328" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631083v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Andr&#233;oletti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Barido-Sottani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Lambert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-ecolsys-102722-020508" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04507008v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syae013" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04361660v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Maestri" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Zhukova" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.03.09.531875" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958119v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Robira" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.259" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04270149v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Overcast" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Achaz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aguil&#233;e" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo And&#250;jar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Arribas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13604" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04133633v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sommeria-Klein" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#233;na Duret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad144" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294906v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295204v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16681" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03544270v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Krehenwinkel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosemary G Gillespie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.01104-21" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03830794v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Maillet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bik" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.13130" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295780v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maliet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Selosse" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Martos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.179" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03650682v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarja &#214;pik" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Afonso Silva" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc- Andr&#233; Selosse" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16478" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873071v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03735689v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Petrolli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Strullu-Derrien" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Strasberg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-022-00434-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792570v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Zinger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;romine Collobert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Griveau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.13986" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03969507v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard G Dorrell" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Villain" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Audren de Kerdrel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giselle Mccallum" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2009974118/-/DCSupplemental" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02877204v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc&#8208;andr&#233; Selosse" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16474" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02280964v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13063" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03481801v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021UPSLE003" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>