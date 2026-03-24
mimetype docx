--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -100,555 +100,555 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grazing Modulates the Multiscale Spatial Structure of Dryland Vegetation</w:t>
+                <w:t xml:space="preserve">Vegetation patterns pinpoint the least resilient dryland sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sophie Donnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gounand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sonia Kéfi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.70345⟩</w:t>
+              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/2041-210x.70205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05180398v1</w:t>
+                <w:t xml:space="preserve">hal-05389368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vegetation patterns pinpoint the least resilient dryland sites</w:t>
+                <w:t xml:space="preserve">Grazing Modulates the Multiscale Spatial Structure of Dryland Vegetation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Kéfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gounand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Donnet</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yoann Le Bagousse-Pinguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (7), pp.e70345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/2041-210x.70205⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/gcb.70345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05389368v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05180398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Telling mutualistic and antagonistic ecological networks apart by learning their multiscale structure</w:t>
+                <w:t xml:space="preserve">The interplay of facilitation and competition drives the emergence of multistability in dryland plant communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gounand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Donnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Kéfi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/2041-210X.14328⟩</w:t>
+              <w:t xml:space="preserve">Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 105 (8), pp.e4369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ecy.4369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04745020v1</w:t>
+                <w:t xml:space="preserve">hal-04668228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The interplay of facilitation and competition drives the emergence of multistability in dryland plant communities</w:t>
+                <w:t xml:space="preserve">Telling mutualistic and antagonistic ecological networks apart by learning their multiscale structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sonia Kéfi</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Morlon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 105 (8), pp.e4369. </w:t>
+              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (6), pp.1113-1128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ecy.4369⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/2041-210X.14328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04668228v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating ecological feedbacks across scales and levels of organization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Kéfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Loeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -842,51 +842,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do closely related species interact with similar partners? Testing for phylogenetic signal in bipartite interaction networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Maliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1002,386 +1002,386 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do allochthonous flows explain deviations from the Redfield ratio in lakes?</w:t>
+                <w:t xml:space="preserve">Climatic legacies drive spatial aggregation of plants in drylands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanguy Daufresne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Guichard</w:t>
+                <w:t xml:space="preserve">Sonia Kefi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gounand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Donnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05357079v1</w:t>
+                <w:t xml:space="preserve">hal-05357145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dual role of detritus as resource and habitat: integrating non-trophic processes to ecosystem dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Do allochthonous flows explain deviations from the Redfield ratio in lakes?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Daufresne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Guichard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoît Pichon</w:t>
+                <w:t xml:space="preserve">Frédéric Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gounand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05357121v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05357079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climatic legacies drive spatial aggregation of plants in drylands</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The dual role of detritus as resource and habitat: integrating non-trophic processes to ecosystem dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gounand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05357145v1</w:t>
+                <w:t xml:space="preserve">hal-05357121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating distances to desertification points from dryland ecosystem images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gounand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Kéfi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1412,51 +1412,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating ecological feedbacks across scales and levels of organization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Kefi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Loeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1682,51 +1682,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180398v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pichon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia K&#233;fi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gounand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gross" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Bagousse-Pinguet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70345" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389368v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Donnet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210x.70205" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745020v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Goff" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Morlon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Perez-Lamarque" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.14328" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04668228v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.4369" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564430v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Loeuille" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Lajaaiti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.07167" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164752v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Th&#233;bault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lacroix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14284" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295780v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maliet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Selosse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Martos" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.179" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357079v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Daufresne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guichard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357121v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Guichard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357145v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Kefi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216054v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04311524v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389368v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pichon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Donnet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gounand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia K&#233;fi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210x.70205" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180398v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gross" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Bagousse-Pinguet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70345" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04668228v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.4369" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745020v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Goff" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Morlon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Perez-Lamarque" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.14328" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564430v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Loeuille" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Lajaaiti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.07167" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164752v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Th&#233;bault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lacroix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14284" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295780v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maliet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Selosse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Martos" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.179" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357145v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Kefi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357079v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Daufresne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guichard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357121v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Guichard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216054v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04311524v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>