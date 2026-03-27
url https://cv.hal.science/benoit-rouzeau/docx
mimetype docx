--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1989,217 +1989,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03338769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les carreaux de pavement découverts à l'abbaye de Morimond (Haute-Marne) : étude typologique, technique et archéométrique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Rouzeau</w:t>
+                <w:t xml:space="preserve">Les carreaux de pavement mis au jour à l’abbaye cistercienne de Morimond (Haute-Marne) : étude typologique, technique et archéométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Rouzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bocquet-Lienard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Moulis</w:t>
+                <w:t xml:space="preserve">Cédric Moulis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique de l'Est</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, tome 62, p. 343-366</w:t>
+              <w:t xml:space="preserve">, 2013, 62, pp.343-366</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00926237v1</w:t>
+                <w:t xml:space="preserve">hal-02019871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les carreaux de pavement mis au jour à l’abbaye cistercienne de Morimond (Haute-Marne) : étude typologique, technique et archéométrique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Rouzeau</w:t>
+                <w:t xml:space="preserve">Les carreaux de pavement découverts à l'abbaye de Morimond (Haute-Marne) : étude typologique, technique et archéométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Rouzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bocquet-Lienard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Moulis</w:t>
+                <w:t xml:space="preserve">C. Moulis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique de l'Est</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 62, pp.343-366</w:t>
+              <w:t xml:space="preserve">, 2013, tome 62, p. 343-366</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02019871v1</w:t>
+                <w:t xml:space="preserve">hal-00926237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les voyages de l'abbé de Morimond au Moyen-Age</w:t>
               </w:r>
@@ -2515,51 +2515,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ollive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moulis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les espaces des communautés religieuses en Europe occidentale et méridionale (XIe-XVIIIe siècles). XIIe congrès international de la Société d’Archéologie Médiévale, Moderne, Contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d’archéologie médiévale et moderne en Méditerranée (LA3M, Aix-Marseille Université); Société d’archéologie médiévale, moderne et contemporaine (SAMMC), May 2024, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2584,51 +2584,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’abbatiale de Morimond. Les apports de l’archéologie du bâti.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Rouzeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2679,51 +2679,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production et emploi de l'argile par les cisterciens de l'abbaye de Morimond (Haute-Marne) : bilan provisoire de la recherche et des protocoles d'étude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Rouzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Moulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Vue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3218,51 +3218,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AEF22479"/>
+    <w:nsid w:val="87002B5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3449,51 +3449,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-rouzeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6531-6880" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/134139208" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/FUS-6423-2022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230492v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Rouzeau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ccm.269.0070a" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03674101v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Charignon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.41173" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735822v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rouzeau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/CIT.71.0.0000000" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02964770v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.10017" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338769v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonvalot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rouzeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vilain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926237v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bocquet-Lienard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moulis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019871v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Moulis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338752v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338921v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925443v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dabas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian David" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04725376v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guyon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ollive" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03226440v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651272v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vue" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Desforges" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144610v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.univ-lorraine.fr/edul/catalog/book/b9782384511570" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04433413v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712316v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Baudin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Benoit" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Rouillard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04329566v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-rouzeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6531-6880" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/134139208" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/FUS-6423-2022" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230492v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Rouzeau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ccm.269.0070a" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03674101v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Charignon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.41173" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735822v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rouzeau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/CIT.71.0.0000000" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02964770v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.10017" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338769v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonvalot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rouzeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vilain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019871v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bocquet-Lienard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Moulis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926237v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moulis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338752v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338921v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925443v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dabas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian David" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04725376v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guyon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ollive" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03226440v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651272v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vue" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Desforges" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144610v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.univ-lorraine.fr/edul/catalog/book/b9782384511570" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04433413v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712316v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Baudin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Benoit" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Rouillard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04329566v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>