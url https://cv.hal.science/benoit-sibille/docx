--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:pict>
-          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:98.958333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
+          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:98.697916666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
             <w10:wrap type="tight" anchorx="margin"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Benoît SIBILLE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="641e6e"/>
         </w:rPr>
         <w:t xml:space="preserve">Maître de conférences, Faculté de Philosophie, Institut Catholique de Paris.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
@@ -986,1241 +986,1379 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03629273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lecture de &amp;quot;Lorsqu'autrui paraît&amp;quot; de Charles Bobant</w:t>
+                <w:t xml:space="preserve">Défendre le pain et le vin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Présentation croisée d'ouvrages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Faculté de Philosophie, Institut Catholique de Paris, Jan 2026, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire conventuel (op)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ordre des Frères Prêcheurs, Couvent de l'Annonciation (Paris), Mar 2026, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05507242v1</w:t>
+                <w:t xml:space="preserve">hal-05555585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'entrée de l'écologie politique en théologie et l'entrée de la théologie en écologie politique</w:t>
+                <w:t xml:space="preserve">Lecture de &amp;quot;Lorsqu'autrui paraît&amp;quot; de Charles Bobant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laudato si' : dix ans après</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Collèges des Bernardins; Facultés Loyola Paris; Institut Catholique de Paris, Oct 2025, Paris : Académie du Climat, France</w:t>
+              <w:t xml:space="preserve">Présentation croisée d'ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté de Philosophie, Institut Catholique de Paris, Jan 2026, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05329438v1</w:t>
+                <w:t xml:space="preserve">hal-05507242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le fondement phénoménologique de la critique de l’aliénation chez Marx</w:t>
+                <w:t xml:space="preserve">Gaïa ou la tentation cybernétique de l'écologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Historical Materialism in Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Session semestrielle des doctorant·es de philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Facultés Loyola Paris; Faculté de Philosophie, Institut Catholique de Paris, Mar 2026, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05126143v1</w:t>
+                <w:t xml:space="preserve">hal-05567716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Husserl : de l’inutilité de la phénoménologie pour les « seigneurs et maîtres de ce monde » à la « communauté communiste »</w:t>
+                <w:t xml:space="preserve">L'entrée de l'écologie politique en théologie et l'entrée de la théologie en écologie politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phénoménologie et critique sociale : De l'expérience individuelle à la transformation collective</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Supérieur de Philosophie, Université Catholique de Louvain, May 2025, Louvain-La Neuve, Belgique</w:t>
+              <w:t xml:space="preserve">Laudato si' : dix ans après</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collèges des Bernardins; Facultés Loyola Paris; Institut Catholique de Paris, Oct 2025, Paris : Académie du Climat, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05070373v1</w:t>
+                <w:t xml:space="preserve">hal-05329438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Par-delà la disjonction des moyens et des fins : anarchie et théologie</w:t>
+                <w:t xml:space="preserve">Le fondement phénoménologique de la critique de l’aliénation chez Marx</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jacques Ellul à l'heure des défis du siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bordeaux; Association Internationale Jacques Ellul, Apr 2024, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Historical Materialism in Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04922363v1</w:t>
+                <w:t xml:space="preserve">hal-05126143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacrement. Technique efficace ou geste messianique ?</w:t>
+                <w:t xml:space="preserve">Husserl : de l’inutilité de la phénoménologie pour les « seigneurs et maîtres de ce monde » à la « communauté communiste »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Théologie et technique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Collège des Bernardins, Nov 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Phénoménologie et critique sociale : De l'expérience individuelle à la transformation collective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Supérieur de Philosophie, Université Catholique de Louvain, May 2025, Louvain-La Neuve, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04922367v1</w:t>
+                <w:t xml:space="preserve">hal-05070373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Révolution et messianisme : quel rapport au temps ?</w:t>
+                <w:t xml:space="preserve">Sacrement. Technique efficace ou geste messianique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégory Quenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Rose et Réséda</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dialop France, Oct 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire Théologie et technique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège des Bernardins, Nov 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04922372v1</w:t>
+                <w:t xml:space="preserve">hal-04922367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la &amp;quot;crise&amp;quot; à la &amp;quot;critique&amp;quot;, réflexion sur la portée normative du concept husserlien de Lebenswelt</w:t>
+                <w:t xml:space="preserve">Par-delà la disjonction des moyens et des fins : anarchie et théologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Normes et valeurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Matthieu Amat, Laurent Perreau, May 2022, Lausanne, Suisse</w:t>
+              <w:t xml:space="preserve">Jacques Ellul à l'heure des défis du siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bordeaux; Association Internationale Jacques Ellul, Apr 2024, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03673898v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivants humains et non-humains, penser une intersubjectivité interspécifique avec Husserl</w:t>
+                <w:t xml:space="preserve">Révolution et messianisme : quel rapport au temps ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Quenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'intersubjectivité et le social, perspectives phénoménologiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Bensançon, France</w:t>
+              <w:t xml:space="preserve">Séminaire Rose et Réséda</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dialop France, Oct 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03629258v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la vie de l'ego à la communauté interspécifique des vivants, contribution husserlienne à la philosophie de l'écologie</w:t>
+                <w:t xml:space="preserve">Vivants humains et non-humains, penser une intersubjectivité interspécifique avec Husserl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le concept de "vie" dans l'histoire de la philosophie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">L'intersubjectivité et le social, perspectives phénoménologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Bensançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03629261v1</w:t>
+                <w:t xml:space="preserve">hal-03629258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relire le &amp;quot;De Anima&amp;quot; d'Aristote avec Marx</w:t>
+                <w:t xml:space="preserve">De la &amp;quot;crise&amp;quot; à la &amp;quot;critique&amp;quot;, réflexion sur la portée normative du concept husserlien de Lebenswelt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'oubli de l'âme</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Emmanuel Falque, Dec 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Normes et valeurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Matthieu Amat, Laurent Perreau, May 2022, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04024351v1</w:t>
+                <w:t xml:space="preserve">hal-03673898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naturalisme et praxis révolutionnaire, relire Marx après Descola et inversement</w:t>
+                <w:t xml:space="preserve">De la vie de l'ego à la communauté interspécifique des vivants, contribution husserlienne à la philosophie de l'écologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travail, Technique et Nature dans l'Anthropocène, une discussion politique entre marxismes et écologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LCSP, Sophiapol, Ireph, Institut Mines-Télécom BS, MAPP, Dec 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Le concept de "vie" dans l'histoire de la philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03896406v1</w:t>
+                <w:t xml:space="preserve">hal-03629261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effondrement ou eschatologie, le temps de la crise écologique à la lumière de la pensée de Jacques Ellul</w:t>
+                <w:t xml:space="preserve">Relire le &amp;quot;De Anima&amp;quot; d'Aristote avec Marx</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études « Vers d’autres temps : les critiques du temps social »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laurent Perreau, Nov 2021, Besançon, France</w:t>
+              <w:t xml:space="preserve">L'oubli de l'âme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Emmanuel Falque, Dec 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03438474v1</w:t>
+                <w:t xml:space="preserve">hal-04024351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Travail et liberté. Retour sur la confrontation Arendt/Marx et sa relecture par Franck Fichbach. L’usage marxien d’Aristote comme clef d’interprétation</w:t>
+                <w:t xml:space="preserve">Naturalisme et praxis révolutionnaire, relire Marx après Descola et inversement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ateliers Doctoraux « Usages contemporains des Anciens »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lora Mariat; Chloé Santoro, Feb 2021, Besançon, France</w:t>
+              <w:t xml:space="preserve">Travail, Technique et Nature dans l'Anthropocène, une discussion politique entre marxismes et écologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LCSP, Sophiapol, Ireph, Institut Mines-Télécom BS, MAPP, Dec 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03637183v1</w:t>
+                <w:t xml:space="preserve">hal-03896406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marx, l'héritage et la poésie de l'avenir</w:t>
+                <w:t xml:space="preserve">Effondrement ou eschatologie, le temps de la crise écologique à la lumière de la pensée de Jacques Ellul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De quoi l'héritage est-il le nom ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Dijon, France</w:t>
+              <w:t xml:space="preserve">Journée d’études « Vers d’autres temps : les critiques du temps social »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laurent Perreau, Nov 2021, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03379105v1</w:t>
+                <w:t xml:space="preserve">halshs-03438474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marx, une critique messianique de la religion</w:t>
+                <w:t xml:space="preserve">Travail et liberté. Retour sur la confrontation Arendt/Marx et sa relecture par Franck Fichbach. L’usage marxien d’Aristote comme clef d’interprétation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Faire société sans dieu ni maître : une humanité sans religion est-elle possible ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société P.-J. Proudhon; Maison Auguste Comte; Centre d’études en sciences sociales du religieux de l’EHESS, Oct 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Ateliers Doctoraux « Usages contemporains des Anciens »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lora Mariat; Chloé Santoro, Feb 2021, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03364051v1</w:t>
+                <w:t xml:space="preserve">hal-03637183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marx, l'héritage et la poésie de l'avenir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Sibille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De quoi l'héritage est-il le nom ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03379105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marx, une critique messianique de la religion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Sibille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « Faire société sans dieu ni maître : une humanité sans religion est-elle possible ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société P.-J. Proudhon; Maison Auguste Comte; Centre d’études en sciences sociales du religieux de l’EHESS, Oct 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03364051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La &amp;quot;coopération&amp;quot; à la lumière des Manuscrits de 1844 de Karl Marx</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e colloque international de l’Association Charles Gide, « Coopération(s) »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Charles Gide, Sep 2020, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03359965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2230,114 +2368,219 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Praxis et communisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Sibille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philosophie. Bourgogne Franche-Comté, 2023. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04922380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Par-delà la disjonction des moyens et des fins : anarchie et théologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Sibille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Le bord de l'eau. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penser le 21e siècle avec Jacques Ellul</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 2385191555</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId46"/>
+      <w:footerReference w:type="default" r:id="rId49"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2405,51 +2648,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A44F691C"/>
+    <w:nsid w:val="D5DFE3C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2636,51 +2879,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-sibille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-7603-1974" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100244v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sibille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://compagnons-humanite.fr/products/praxis-et-communisme-benoit-sibille" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933841v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsadsolem.fr/product/132168/defense-du-pain-et-du-vin/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933843v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsadsolem.fr/product/129131/habiter-parmi-les-simples/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170100v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055311v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705393v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17990/RPF/2024_80_1_0000" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673811v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896395v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563710v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commun.279.0044" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629273v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507242v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329438v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126143v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070373v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922363v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922367v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922372v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Quenet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673898v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629258v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629261v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024351v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896406v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03438474v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637183v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379105v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364051v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03359965v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04922380v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/benoit-sibille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-7603-1974" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100244v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sibille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://compagnons-humanite.fr/products/praxis-et-communisme-benoit-sibille" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933841v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsadsolem.fr/product/132168/defense-du-pain-et-du-vin/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933843v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsadsolem.fr/product/129131/habiter-parmi-les-simples/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170100v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055311v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705393v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17990/RPF/2024_80_1_0000" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673811v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896395v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563710v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commun.279.0044" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629273v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555585v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507242v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05567716v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329438v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126143v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070373v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922367v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922363v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922372v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Quenet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629258v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673898v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629261v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024351v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896406v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03438474v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637183v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379105v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364051v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03359965v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04922380v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539813v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>