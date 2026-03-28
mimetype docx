--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -100,291 +100,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-reactor stress relaxation of 3-point bending CW-316 samples: Experiments and modelling</w:t>
+                <w:t xml:space="preserve">Magic-RR project overview: objectives, methodology and expected results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Zumpicchiat</w:t>
+                <w:t xml:space="preserve">Murthy Kolluri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Frederiki Naziris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Vandenberghe</w:t>
+                <w:t xml:space="preserve">Pierrick Francois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Vidal</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ferenc Gillemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 616, pp.155990. </w:t>
+              <w:t xml:space="preserve">EPJ N - Nuclear Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11, pp.41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2025.155990⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjn/2025038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05418747v1</w:t>
+                <w:t xml:space="preserve">hal-05250369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magic-RR project overview: objectives, methodology and expected results</w:t>
+                <w:t xml:space="preserve">In-reactor stress relaxation of 3-point bending CW-316 samples: Experiments and modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murthy Kolluri</w:t>
+                <w:t xml:space="preserve">Guillaume Zumpicchiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederiki Naziris</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoit Tanguy</w:t>
+                <w:t xml:space="preserve">Pierre Gavoille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierrick Francois</w:t>
+                <w:t xml:space="preserve">Valérie Vandenberghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferenc Gillemot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Julien Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ N - Nuclear Sciences &amp; Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 11, pp.41. </w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 616, pp.155990. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjn/2025038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2025.155990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05250369v1</w:t>
+                <w:t xml:space="preserve">hal-05418747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructural evolution of neutron irradiated ultrafine-grained austenitic stainless steel</w:t>
               </w:r>
@@ -517,51 +517,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical investigations on size effects and mini-CT applications for master-curve determination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Francois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bedi Aydin Baykal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -885,51 +885,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irradiation-assisted stress corrosion cracking susceptibility and mechanical properties related to irradiation-induced microstructures of 304L austenitic stainless steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Paccou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Legros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1093,51 +1093,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micropillar compression study of Fe-irradiated 304L steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Paccou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Legros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1365,51 +1365,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Latourte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1693,51 +1693,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jyoti Gupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Hure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2224,51 +2224,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jyoti Gupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Hure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2326,277 +2326,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01564685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Warm PreStress effect on highly irradiated reactor pressure vessel steel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Hure</w:t>
+                <w:t xml:space="preserve">Le vieillissement des Internes de Cuve -Programme de recherche en support à la durée de fonctionnement des réacteurs REP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Vaille</w:t>
+                <w:t xml:space="preserve">Faiza Sefta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Wident</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Joly</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2015.04.046⟩</w:t>
+              <w:t xml:space="preserve">Revue Générale Nucléaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3, pp.56-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/rgn/20153056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03188719v1</w:t>
+                <w:t xml:space="preserve">cea-02385751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le vieillissement des Internes de Cuve -Programme de recherche en support à la durée de fonctionnement des réacteurs REP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Tanguy</w:t>
+                <w:t xml:space="preserve">Warm PreStress effect on highly irradiated reactor pressure vessel steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Vaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Wident</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Moinereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faiza Sefta</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Landron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Générale Nucléaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 464, pp.281-293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2015.04.046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/rgn/20153056⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-02385751v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03188719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the thermal ageing on the tensile and impact properties of a 18%Cr ODS ferritic steel</w:t>
               </w:r>
@@ -2621,51 +2621,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Crépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Sennour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2767,51 +2767,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2897,51 +2897,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bugat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3001,90 +3001,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influences of process parameters and microstructure on the fracture mechanisms of ODS steels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laure Rouffié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Wident</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Ziolek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Delabrouille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 433, pp.108-115. </w:t>
@@ -3148,51 +3148,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarata Cissé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3291,51 +3291,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chalons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3411,51 +3411,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advances in cleavage fracture modelling in steels : micromechanical, numerical and multiscale aspects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 11, pp.316-325. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3540,51 +3540,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chalons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3686,51 +3686,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chalons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3948,90 +3948,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cleavage fracture of RPV steel following warm pre-stressing : micromechanical analysis and interpretation through a new model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.R. Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bugat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Moinereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fatigue and Fracture of Engineering Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 29, pp.799-816. </w:t>
@@ -4081,51 +4081,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local approach to fracture based prediction of the ΔT56J and ΔTKIc 100 shifts due to irradiation for an A508 pressure vessel steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4192,329 +4192,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00142083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of the effects of neutron irradiation on the Charpy ductile to brittle transition curve of an A508 pressure vessel steel</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Ductile to brittle transition of an A508 steel characterized by Charpy impact test, part II., Modeling of the Charpy transition curve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bugat</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Piques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Materials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2004.09.039⟩</w:t>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 72, pp.413-434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2004.03.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00154555v1</w:t>
+                <w:t xml:space="preserve">hal-00142085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ductile to brittle transition of an A508 steel characterized by Charpy impact test, part II., Modeling of the Charpy transition curve</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Prediction of the effects of neutron irradiation on the Charpy ductile to brittle transition curve of an A508 pressure vessel steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">André Pineau</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bugat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 35, pp.294-300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2004.09.039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2004.03.011⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00142085v1</w:t>
+                <w:t xml:space="preserve">hal-00154555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ductile to brittle transition of an A508 steel characterized by Charpy impact test, part I., experimental results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Piques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4561,51 +4561,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment on &amp;quot;Effect of carbide distribution on the fracture toughness in the transition temperature region of an SA 508 steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5344,51 +5344,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Marini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Wident</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Todeschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5558,247 +5558,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02415308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irradiation embrittlement of austenitic stainless steels in PWR vessel's internals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Void growth and coalescence in irradiated materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. O. Barrioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Tanguy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International Conference Nuclear Energy for New Europe NENE 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Bled, Slovenia</w:t>
+              <w:t xml:space="preserve">14th International Conference on Fracture - ICF14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Rhodes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02417343v1</w:t>
+                <w:t xml:space="preserve">cea-02437071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Void growth and coalescence in irradiated materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. O. Barrioz</w:t>
+                <w:t xml:space="preserve">Irradiation embrittlement of austenitic stainless steels in PWR vessel's internals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-O. Barrioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Fracture - ICF14</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Rhodes, Greece</w:t>
+              <w:t xml:space="preserve">26th International Conference Nuclear Energy for New Europe NENE 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Bled, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02437071v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02417343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irradiation embrittlement of austenitic stainless steels in PWR vessel's internals experiments and modelling from micro to mesoscale</w:t>
               </w:r>
@@ -5972,303 +5972,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02417314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling size effects on void growth and coalescence in single crystals</w:t>
+                <w:t xml:space="preserve">Void size effect on its growth and coalescence in single crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Latourte</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICTAM 2016 - 24th International Congress of Theoretical and Applied Mechanics</w:t>
+              <w:t xml:space="preserve">XXIV ICTAM - 24th International Congress of Theoretical and Applied Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02438716v1</w:t>
+                <w:t xml:space="preserve">cea-02442348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Void size effect on its growth and coalescence in single crystals</w:t>
+                <w:t xml:space="preserve">Modeling size effects on void growth and coalescence in single crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Latourte</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIV ICTAM - 24th International Congress of Theoretical and Applied Mechanics</w:t>
+              <w:t xml:space="preserve">ICTAM 2016 - 24th International Congress of Theoretical and Applied Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02442348v1</w:t>
+                <w:t xml:space="preserve">cea-02438716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental assessment of nanovoids growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.-O. Barrioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6332,51 +6332,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Void growth and coalescence in irradiated materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Hure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.-O. Barrioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Tanguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6656,51 +6656,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laure Rouffié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Wident</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Ziolek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6781,51 +6781,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Nanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Nazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6902,51 +6902,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Nanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Nazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7036,51 +7036,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Santacreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECF 17</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Brno, Czech Republic. pp.1373-1380</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7144,51 +7144,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7394,51 +7394,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chalons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7474,164 +7474,164 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01495825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rupture ductile d'un acier haute résistance X100 pour transport de gaz naturel : caractérisation et simulation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Toward a better understanding of the cleavage in RPV steels : local mechanical conditions and evaluation of a nucleation enriched Weibull model and of the Beremin model over a large temperature range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.R. Bordet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pineau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G. Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Dijon, France. 13 p</w:t>
+              <w:t xml:space="preserve">Local approach to fracture, EUROMECH-MECAMAT 2006, 9th European Mechanics of Materials Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Moret sur Loing, France. pp.129-134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00144467v1</w:t>
+                <w:t xml:space="preserve">hal-00150008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of spin-softening and non linear material behaviour on the stability of rotating discs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Mazière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7640,133 +7640,133 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th european solid mechanics conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Budapest, Hungary. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00151565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unified constitutive equations to describe elastoplastic and damage behavior of an X100 linepipe steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Trung Luu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7794,221 +7794,195 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fracture of nano and engineering materials and structures, ECF 16</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2006, Alexandroupolis, Greece. 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00146318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a better understanding of the cleavage in RPV steels : local mechanical conditions and evaluation of a nucleation enriched Weibull model and of the Beremin model over a large temperature range</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Modelling of irradiation embrittlement in the ductile to brittle transition range for an A508 pressure vessel steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">André Pineau</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bugat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Local approach to fracture, EUROMECH-MECAMAT 2006, 9th European Mechanics of Materials Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Moret sur Loing, France. pp.129-134</w:t>
+              <w:t xml:space="preserve">2006 ASME pressure vessels and piping division conf.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Vancouver, Canada. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00150008v1</w:t>
+                <w:t xml:space="preserve">hal-00151580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transferability of cleavage fracture parameters between notched and cracked geometries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8066,191 +8040,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00142205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of irradiation embrittlement in the ductile to brittle transition range for an A508 pressure vessel steel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Rupture ductile d'un acier haute résistance X100 pour transport de gaz naturel : caractérisation et simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh Trung Luu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bugat</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2006 ASME pressure vessels and piping division conf.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Vancouver, Canada. 8 p</w:t>
+              <w:t xml:space="preserve">Matériaux 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Dijon, France. 13 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00151580v1</w:t>
+                <w:t xml:space="preserve">hal-00144467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cleavage fracture micromechanisms related to WPS effect in RPV steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.R. Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bugat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Moinereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Pineau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8288,64 +8288,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local approach based numerical modeling of fracture of high strength modern pipeline steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Trung Luu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8403,290 +8403,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00150006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmark on the determination of the cleavage triggering sites in a RPV steel in the DBT range</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Félix Arnoldi</w:t>
+                <w:t xml:space="preserve">Contribution pour une meilleure compréhension de l'essai Charpy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International conference of fracture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2005, Turin, Italy. 6 p</w:t>
+              <w:t xml:space="preserve">Colloque national Mecamat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Aussois, France. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00157709v1</w:t>
+                <w:t xml:space="preserve">hal-00160366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution pour une meilleure compréhension de l'essai Charpy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Tanguy</w:t>
+                <w:t xml:space="preserve">Benchmark on the determination of the cleavage triggering sites in a RPV steel in the DBT range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Arnoldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Degallaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Denner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque national Mecamat</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Aussois, France. 8 p</w:t>
+              <w:t xml:space="preserve">International conference of fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2005, Turin, Italy. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00160366v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00157709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local approach to fracture based prediction of the ∆T56J and ∆T K1C100 shifts due to irradiation for an A508 pressure vessel steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8769,51 +8769,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J. Besson. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Local approach to fracture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les presses de l'ecole des mines de paris, pp.109-145, 2004, Ecole d'été “Mécanique de l'endommagement et approche locale de la rupture” (MEALOR), juillet 2004</w:t>
@@ -8874,51 +8874,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de l'essai charpy par l'approche locale de la rupture : application au cas de l'acier 16MND5 dans le domaine de transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tanguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mécanique [physics.med-ph]. École Nationale Supérieure des Mines de Paris, 2001. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -9114,51 +9114,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418747v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Zumpicchiat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Tanguy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gavoille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vandenberghe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vidal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155990" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250369v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murthy Kolluri" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederiki Naziris" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Francois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferenc Gillemot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2025038" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970952v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Habiyaremye" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Rouland" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Radiguet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cuvilly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Klaes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155710" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05204505v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Petit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedi Aydin Baykal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoltan B&#233;zi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Bakaev" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2025.111227" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03659827v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric S&#233;nac" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Scherer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hure" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Helfer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tanguy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2022.104642" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489024v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.O. Barrioz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2019.09.005" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355114v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Paccou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Legros" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.151880" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339873v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2019.01.115" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355130v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2019.07.007" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q6M0LZ7P-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266597v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Scherer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Besson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Forest" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Hure" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2019.04.003" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01722948v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Ling" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Latourte" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.10.013" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9D1JBDND-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02430009v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. O. Barrioz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.01.064" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339646v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Po. Barrioz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780338v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jyoti Gupta" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Laffont" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lafont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.01.013" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02421734v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Renault-Laborne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Malaplate" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gavoille" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sefta" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.05.068" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R3MD3XFC-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02381237v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Shawish" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cizelj" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.04.017" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02381473v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.04.020" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564685v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.04.003" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03188719v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vaille" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Wident" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moinereau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Landron" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2015.04.046" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FM8NXP2V-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02385751v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiza Sefta" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rgn/20153056" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00926575v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Rouffi&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cr&#233;pin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sennour" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pineau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.10.030" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6J5VZ8WT-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218526v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarata Ciss&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Andrieu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2012.09.020" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00830364v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Han" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bugat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2013.02.005" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00751889v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ziolek" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delabrouille" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2012.08.050" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531095v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2011.12.007" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00456171v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Mazi&#232;re" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chalons" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2009.11.004" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZX132MB-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00542464v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2010.07.013" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8BT6VCKD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350410v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2008.07.008" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DS63FS4Z-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368003v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2008.10.002" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2X5NJQL5-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070675v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T. Luu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perrin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpvp.2007.11.001" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-37T9Q0G6-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136698v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Bordet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-2695.2006.01032.x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LH5T05VT-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142083v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bouchet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2005.05.006" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154555v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2004.09.039" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-789LHXSC-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142085v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Piques" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2004.03.011" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142084v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2004.03.010" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142081v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1359-6462(03)00239-2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00255504v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Deltort" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain N&#234;me" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1997347" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04947183v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Asserin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Ayrault" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bary" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Beccantini" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Blaise" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338571v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ritter" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourganel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338720v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Courcelle" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339062v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ling" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Forest" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Besson" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Latourte" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338573v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marini" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Todeschini" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joly" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415308v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Brachet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Parrat" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Federici" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pontillon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417343v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Han" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-O. Barrioz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02437071v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417790v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02417314v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blandin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Verhaeghe" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopez" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rancoeur" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02438716v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442348v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442320v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442287v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-02445705v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Rouffi&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Crepin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vincent" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02492550v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rouffie" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00765188v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fournier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delabrouille" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00425103v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Nanga" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Naz&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Santacreu" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00509934v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329766v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192936v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vogel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362073v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Maziere" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vogel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495825v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144467v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Trung Luu" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151565v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146318v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150008v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142205v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151580v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146314v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150006v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157709v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Arnoldi" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Degallaix" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Denner" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00160366v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165043v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164502v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00005651v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250369v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murthy Kolluri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederiki Naziris" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Tanguy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Francois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferenc Gillemot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjn/2025038" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418747v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Zumpicchiat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gavoille" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vandenberghe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vidal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155990" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970952v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Habiyaremye" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Rouland" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Radiguet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cuvilly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Klaes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2025.155710" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05204505v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Petit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedi Aydin Baykal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoltan B&#233;zi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Bakaev" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2025.111227" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03659827v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric S&#233;nac" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Scherer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hure" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Helfer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tanguy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2022.104642" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489024v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.O. Barrioz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2019.09.005" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355114v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Paccou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Legros" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.151880" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339873v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2019.01.115" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355130v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2019.07.007" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q6M0LZ7P-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266597v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Scherer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Besson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Forest" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Hure" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2019.04.003" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01722948v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Ling" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Latourte" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.10.013" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9D1JBDND-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02430009v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. O. Barrioz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.01.064" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339646v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Po. Barrioz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780338v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jyoti Gupta" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Laffont" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lafont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.01.013" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02421734v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Renault-Laborne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Malaplate" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gavoille" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sefta" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.05.068" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R3MD3XFC-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02381237v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Shawish" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cizelj" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.04.017" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02381473v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.04.020" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564685v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2016.04.003" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02385751v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiza Sefta" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rgn/20153056" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03188719v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vaille" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Wident" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moinereau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Landron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2015.04.046" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FM8NXP2V-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00926575v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Rouffi&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cr&#233;pin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sennour" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pineau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2013.10.030" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6J5VZ8WT-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218526v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarata Ciss&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Andrieu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2012.09.020" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00830364v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Han" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bugat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2013.02.005" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00751889v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ziolek" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delabrouille" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2012.08.050" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531095v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2011.12.007" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00456171v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Mazi&#232;re" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chalons" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2009.11.004" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZX132MB-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00542464v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2010.07.013" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8BT6VCKD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350410v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2008.07.008" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DS63FS4Z-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368003v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2008.10.002" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2X5NJQL5-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070675v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T. Luu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perrin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpvp.2007.11.001" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-37T9Q0G6-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136698v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Bordet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-2695.2006.01032.x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LH5T05VT-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142083v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bouchet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2005.05.006" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142085v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Piques" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2004.03.011" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154555v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2004.09.039" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-789LHXSC-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142084v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2004.03.010" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142081v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1359-6462(03)00239-2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00255504v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Deltort" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain N&#234;me" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1997347" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04947183v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Asserin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Ayrault" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bary" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Beccantini" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Blaise" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338571v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ritter" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bourganel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338720v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Courcelle" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339062v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ling" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Forest" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Besson" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Latourte" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338573v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marini" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Todeschini" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joly" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415308v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Brachet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Parrat" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Federici" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pontillon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02437071v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417343v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Han" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-O. Barrioz" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417790v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02417314v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blandin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Verhaeghe" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopez" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rancoeur" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442348v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02438716v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442320v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442287v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-02445705v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Rouffi&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Crepin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vincent" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02492550v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rouffie" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00765188v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fournier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delabrouille" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00425103v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Nanga" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Naz&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Santacreu" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00509934v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329766v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192936v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vogel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362073v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Maziere" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vogel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495825v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150008v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151565v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146318v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Trung Luu" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151580v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142205v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00144467v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146314v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150006v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00160366v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157709v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Arnoldi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Degallaix" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Denner" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165043v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164502v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00005651v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>