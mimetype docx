--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Berengere Guilbert </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new formulation for convective heat transfer in oil jet lubricated spur gears</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Changenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Touret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part J: Journal of Engineering Tribology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/13506501251347718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hybrid modelling approach for double stage planetary gear dynamics in aeronautical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Biadalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forschung im Ingenieurwesen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 89 (1), </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10010-025-00912-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05293895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Use of Gas Dynamics to Estimate the Influence of Flanges on Gear Windage Power Loss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Diab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Changenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Touret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamics -Pembroke Ontario-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5 (3), </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/dynamics5030033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of key parameter influence on efficiency of chain drive for track cycling − Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Lanaspeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cavoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics &amp; Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26, pp.21. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/meca/2025013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bio-inspiration from the Issus Nymph gear − strength analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Winger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cavoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Sutton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics &amp; Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26, pp.14. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/meca/2025005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05021858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quasi-static chain drive model for efficiency calculation - Application to track cycling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lanaspeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Mechanism and Machine Theory, 203, pp.105780. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2024.105780⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigations on mesh stiffness functions in three-dimensional spur and helical gear models. Definitions and numerical simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 203, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2024.105823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Experimental Methodology to Study Convective Heat Transfer in Oil Jet Lubricated Gear Units</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Changenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Touret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lubricants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 (9), pp.408. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/lubricants11090408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advances in simulations of displacements and stresses in light-weight gears</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dureisseix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forschung im Ingenieurwesen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10010-023-00680-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04145767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary modelling of power losses in roller chain drive: application to single speed cycling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Lanaspeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics &amp; Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23, pp.27. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/meca/2022026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03860927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of thin–rimmed/-webbed gears on transmission dynamic behaviour—Approximate dynamic factor formula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forschung im Ingenieurwesen/Engineering Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 86 (3), pp.315-320. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10010-021-00543-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03660204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analytical study on the combination of profile relief and lead crown minimizing transmission error in narrow-faced helical gears</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bruyère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Velex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.R. Houser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 136, pp.224-243. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2019.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quasi-static and dynamic analyses of thin-webbed high-speed gears: Centrifugal effect influence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cutuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 233 (21-22), pp.095440621985541. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0954406219855411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modular hybrid models to simulate the static and dynamic behaviour of high-speed thin-rimmed gears</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dureisseix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cutuli Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sound and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 438, pp.353-380. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsv.2018.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01883184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Mortar-Based Mesh Interface for Hybrid Finite-Element/Lumped-Parameter Gear Dynamic Models - Applications to Thin-Rimmed Geared Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dureisseix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cutuli Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 138 (12), pp.123301-123301-11. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4034220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendement des transmissions par chaine. Étude du comportement des rouleaux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Lanaspeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EFREI, May 2024, VilleJuif, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid models for the study of gear body dynamic deflections - Gear body modes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cutuli Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VDI International Conference on Gears</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02527306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quasi-static and dynamic analyses of thin-rimmed gears at high-speed & influence of centrifugal effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cutuli Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Gear Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static and dynamic analyses of thin-rimmed gears with holes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cutuli Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VDI, International Conference on Gears</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle hybride du comportement statique et dynamique d’engrenages - Applications aux systèmes avec voiles minces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dureisseix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cutuli Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Transmissions Mécaniques 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01591842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimum profile relief in thin-rimmed spur and helical gear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cutuli Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Power Transmissions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Chongqing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId70"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Berengere Guilbert </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bio-inspiration from the Issus Nymph gear − strength analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Winger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cavoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Sutton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Johnston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics &amp; Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26, pp.14. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/meca/2025005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05021858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of key parameter influence on efficiency of chain drive for track cycling − Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Lanaspeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cavoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics &amp; Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26, pp.21. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/meca/2025013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new formulation for convective heat transfer in oil jet lubricated spur gears</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Changenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Touret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part J: Journal of Engineering Tribology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/13506501251347718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hybrid modelling approach for double stage planetary gear dynamics in aeronautical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Biadalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forschung im Ingenieurwesen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 89 (1), </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10010-025-00912-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05293895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Use of Gas Dynamics to Estimate the Influence of Flanges on Gear Windage Power Loss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasser Diab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Changenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Touret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamics -Pembroke Ontario-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5 (3), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/dynamics5030033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quasi-static chain drive model for efficiency calculation - Application to track cycling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lanaspeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Mechanism and Machine Theory, 203, pp.105780. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2024.105780⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigations on mesh stiffness functions in three-dimensional spur and helical gear models. Definitions and numerical simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 203, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2024.105823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advances in simulations of displacements and stresses in light-weight gears</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dureisseix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forschung im Ingenieurwesen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10010-023-00680-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04145767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Experimental Methodology to Study Convective Heat Transfer in Oil Jet Lubricated Gear Units</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Changenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Touret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lubricants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11 (9), pp.408. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/lubricants11090408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary modelling of power losses in roller chain drive: application to single speed cycling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Lanaspeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics &amp; Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23, pp.27. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/meca/2022026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03860927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of thin–rimmed/-webbed gears on transmission dynamic behaviour—Approximate dynamic factor formula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forschung im Ingenieurwesen/Engineering Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 86 (3), pp.315-320. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10010-021-00543-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03660204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analytical study on the combination of profile relief and lead crown minimizing transmission error in narrow-faced helical gears</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bruyère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Velex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.R. Houser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 136, pp.224-243. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2019.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02112052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quasi-static and dynamic analyses of thin-webbed high-speed gears: Centrifugal effect influence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cutuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 233 (21-22), pp.095440621985541. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0954406219855411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modular hybrid models to simulate the static and dynamic behaviour of high-speed thin-rimmed gears</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dureisseix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cutuli Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sound and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 438, pp.353-380. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsv.2018.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01883184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Mortar-Based Mesh Interface for Hybrid Finite-Element/Lumped-Parameter Gear Dynamic Models - Applications to Thin-Rimmed Geared Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dureisseix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cutuli Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 138 (12), pp.123301-123301-11. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4034220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendement des transmissions par chaine. Étude du comportement des rouleaux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Lanaspeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EFREI, May 2024, VilleJuif, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid models for the study of gear body dynamic deflections - Gear body modes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cutuli Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VDI International Conference on Gears</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02527306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quasi-static and dynamic analyses of thin-rimmed gears at high-speed & influence of centrifugal effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cutuli Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Gear Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static and dynamic analyses of thin-rimmed gears with holes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cutuli Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VDI, International Conference on Gears</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle hybride du comportement statique et dynamique d’engrenages - Applications aux systèmes avec voiles minces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Dureisseix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cutuli Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Transmissions Mécaniques 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01591842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimum profile relief in thin-rimmed spur and helical gear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Velex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cutuli Philippe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Power Transmissions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Chongqing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId70"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113419v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Torres" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Changenet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Touret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Guilbert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13506501251347718" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293895v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Klein" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guilbert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Biadalla" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velex" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10010-025-00912-0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333429v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Diab" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/dynamics5030033" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104928v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Lanaspeze" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Best" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cavoret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Duval" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2025013" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021858v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Winger" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Sutton" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Johnston" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2025005" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711557v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lanaspeze" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Manin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ville" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2024.105780" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824015v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2024.105823" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216571v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/lubricants11090408" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145767v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dureisseix" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10010-023-00680-9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860927v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Manin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ville" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2022026" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660204v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10010-021-00543-1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112052v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bruy&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Velex" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Houser" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2019.03.005" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162278v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cutuli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406219855411" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883184v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cutuli Philippe" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.09.003" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580069v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4034220" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584754v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527306v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129921v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129916v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591842v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129641v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021858v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Guilbert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Winger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cavoret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Sutton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Johnston" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2025005" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104928v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Lanaspeze" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Best" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Duval" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2025013" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113419v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Torres" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Changenet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Touret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13506501251347718" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293895v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Klein" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guilbert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Biadalla" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velex" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10010-025-00912-0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333429v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Diab" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/dynamics5030033" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711557v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lanaspeze" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Manin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ville" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2024.105780" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824015v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2024.105823" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145767v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dureisseix" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10010-023-00680-9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216571v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/lubricants11090408" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860927v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Manin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ville" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2022026" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660204v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10010-021-00543-1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112052v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bruy&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Velex" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Houser" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2019.03.005" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162278v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cutuli" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954406219855411" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883184v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cutuli Philippe" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2018.09.003" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580069v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4034220" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584754v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527306v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129921v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129916v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591842v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129641v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>