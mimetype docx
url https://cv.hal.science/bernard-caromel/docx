--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1019,571 +1019,571 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of reference genes for normalizing RNA expression in potato roots infected with cyst nematodes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quelques exemples d’intérêts et de limites de la sélection assistée par marqueurs chez la pomme de terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricio Castro Quezada</w:t>
+                <w:t xml:space="preserve">Sylvie Marhadour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jawad Aarrouf</w:t>
+                <w:t xml:space="preserve">E. Bonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Claverie</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Didier Mugniery</w:t>
+                <w:t xml:space="preserve">Sarah Danan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Molecular Biology Reporter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11105-013-0566-3⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 27, pp.111-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/8a3r-m431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01208611v1</w:t>
+                <w:t xml:space="preserve">hal-01208610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelques exemples d’intérêts et de limites de la sélection assistée par marqueurs chez la pomme de terre</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+                <w:t xml:space="preserve">Identification of reference genes for normalizing RNA expression in potato roots infected with cyst nematodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricio Castro Quezada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawad Aarrouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Claverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Marhadour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bernard Caromel</w:t>
+                <w:t xml:space="preserve">Bruno Favery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Bonnel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sarah Danan</w:t>
+                <w:t xml:space="preserve">Didier Mugniery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant Molecular Biology Reporter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 31 (4), pp.936-945. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11105-013-0566-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/8a3r-m431⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01208610v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01208611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agrobacterium rhizogenes-dependent production of transformed roots from foliar explants of pepper (Capsicum annuum): a new and efficient tool for functional analysis of genes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic linkage map and diversity analysis of tahitian vanilla (&amp;lt;em&amp;gt;Vanilla ×tahitensis&amp;lt;/em&amp;gt;, Orchidaceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Mallard</w:t>
+                <w:t xml:space="preserve">Sandra Lepers-Andrzejewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Wong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Cell Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00299-011-1174-z⟩</w:t>
+              <w:t xml:space="preserve">Crop Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 52 (2), pp.795-806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2135/cropsci2010.11.0634⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01332298v1</w:t>
+                <w:t xml:space="preserve">hal-02650015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic linkage map and diversity analysis of tahitian vanilla (&amp;lt;em&amp;gt;Vanilla ×tahitensis&amp;lt;/em&amp;gt;, Orchidaceae)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Causse</w:t>
+                <w:t xml:space="preserve">Agrobacterium rhizogenes-dependent production of transformed roots from foliar explants of pepper (Capsicum annuum): a new and efficient tool for functional analysis of genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawad Aarrouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricio Castro Quezada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Mallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Dron</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Y Lizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crop Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 52 (2), pp.795-806. </w:t>
+              <w:t xml:space="preserve">Plant Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2 (31), pp.391-401. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2135/cropsci2010.11.0634⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00299-011-1174-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02650015v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01332298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Helper component proteinase cistron of Potato virus Y induces hypersensitivity and resistance in potato genotypes carrying dominant resistance genes on chromosome IV</w:t>
               </w:r>
@@ -1811,51 +1811,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Major-effect QTLs for stem and foliage resistance to late blight in the wild potato relatives Solanum sparsipilum and S. spegazzinii are mapped to chromosome X</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Danan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Eric Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2085,298 +2085,298 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02660975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation de l'efficacité et de la durabilité des résistances à Globodera pallida PA2/3, provenant de Solanum vernei, S. Spegazzinii et S. sparsipilum.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Are the polygenic architectures of resistance to Phytophthora capsici and P. parasitica independent in pepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Plantard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Bernard Caromel</w:t>
+                <w:t xml:space="preserve">Julien Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Danan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Barchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Sage-Palloix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nematologia Mediterranea</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 115 (2), pp.253-264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00122-007-0561-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02659026v1</w:t>
+                <w:t xml:space="preserve">hal-02659540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are the polygenic architectures of resistance to Phytophthora capsici and P. parasitica independent in pepper</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Sage-Palloix</w:t>
+                <w:t xml:space="preserve">Evaluation de l'efficacité et de la durabilité des résistances à Globodera pallida PA2/3, provenant de Solanum vernei, S. Spegazzinii et S. sparsipilum.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Mugniery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Plantard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nematologia Mediterranea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 35 (2), pp.143-153</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00122-007-0561-x⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02659540v1</w:t>
+                <w:t xml:space="preserve">hal-02659026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of plant genes regulated in resistant potato Solanum sparsipilum during the early stages of infection by Globodera pallida</w:t>
               </w:r>
@@ -2490,350 +2490,350 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02654200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A major gene mapped on chromosome XII is the main factor of a quantitatively inherited resistance to Meloidogyne fallax in Solanum sparsipilum</w:t>
+                <w:t xml:space="preserve">Construction of a 10,000-marker ultradense genetic recombination map of potato: providing a framework for accelerated gene isolation and a genomewide physical map</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abou Kouassi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Dantec</w:t>
+                <w:t xml:space="preserve">Hans van Os</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Fouville</w:t>
+                <w:t xml:space="preserve">Sandra Andrzejewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erin Bakker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imanol Barrena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn J. Bryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00122-005-0173-2⟩</w:t>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 173 (2), pp.1075-1087. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1534/genetics.106.055871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02658411v1</w:t>
+                <w:t xml:space="preserve">hal-02666069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction of a 10,000-marker ultradense genetic recombination map of potato: providing a framework for accelerated gene isolation and a genomewide physical map</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A major gene mapped on chromosome XII is the main factor of a quantitatively inherited resistance to Meloidogyne fallax in Solanum sparsipilum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erin Bakker</w:t>
+                <w:t xml:space="preserve">Abou Kouassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imanol Barrena</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Glenn J. Bryan</w:t>
+                <w:t xml:space="preserve">Didier Fouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 112 (4), pp.699-707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00122-005-0173-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1534/genetics.106.055871⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02666069v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02658411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistance quantitative trait loci originating from Solanum sparsipilum act independently on the sex ratio of Globodera pallida and together for developing a necrotic reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mugniery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2914,51 +2914,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping QTLs for resistance against Globodera pallida (Stone) Pa2/3 in a diploid potato progeny originating from Solanum spegazzinii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mugniery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3268,51 +3268,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02676575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (47)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (48)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3381,55 +3381,55 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15e Rencontres de Phytopathologie – Mycologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE, Jan 2026, Aussois (FR), France</w:t>
+              <w:t xml:space="preserve">15. Rencontres de Phytopathologie – Mycologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Jan 2026, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05503754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -3548,269 +3548,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05534383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breeding tomatoes to improve their responsiveness to biocontrol products against powdery mildew?</w:t>
+                <w:t xml:space="preserve">La réponse de la tomate aux stimulateurs de défense des plantes a une composante génétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Awa Sangare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Bourgeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Magali Duffaud</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Massire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bardin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXI Eucarpia Meeting of the Tomato Working Group</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Plovdiv, Bulgaria</w:t>
+              <w:t xml:space="preserve">Journées Jeunes Chercheurs 2025 du département BAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Bordeaux (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05535324v1</w:t>
+                <w:t xml:space="preserve">hal-05538736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie de locus de réponse des plantes de tomate à l'application de stimulateurs de défense des plantes</w:t>
+                <w:t xml:space="preserve">Breeding tomatoes to improve their responsiveness to biocontrol products against powdery mildew?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Awa Sangare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Bourgeay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Magali Duffaud</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Massire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel national de la recherche sur la tomate 2024 (Fous de tomate)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE, Oct 2024, Angers (FR), France</w:t>
+              <w:t xml:space="preserve">XXI Eucarpia Meeting of the Tomato Working Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Plovdiv, Bulgaria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05536802v1</w:t>
+                <w:t xml:space="preserve">hal-05535324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic effect of tomato response to the application of biocontrol products</w:t>
               </w:r>
@@ -3898,51 +3898,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05536839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implication of the overexpression of PR genes and oxidative stress genes in the efficacy of natural substances against Oidium neolycopersici</w:t>
+                <w:t xml:space="preserve">Cartographie de locus de réponse des plantes de tomate à l'application de stimulateurs de défense des plantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Awa Sangare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Bourgeay</w:t>
@@ -3973,2130 +3973,2130 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Commission “Young IOBC-WPRS”, PhD Symposium “Biological Control of Arthropod Pests and Plant Diseases”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International organisation for Biological Control, Apr 2024, Cabrils, Spain. pp.1-2</w:t>
+              <w:t xml:space="preserve">Colloque annuel national de la recherche sur la tomate 2024 (Fous de tomate)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Oct 2024, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05536824v1</w:t>
+                <w:t xml:space="preserve">hal-05536802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Human History of Chilli Peppers Told by 10,000 Genebank Samples</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Implication of the overexpression of PR genes and oxidative stress genes in the efficacy of natural substances against Oidium neolycopersici</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Awa Sangare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bourgeay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Duffaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bardin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Plant and Animal Genome XXIX Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, San Diego (CA), United States</w:t>
+              <w:t xml:space="preserve">Commission “Young IOBC-WPRS”, PhD Symposium “Biological Control of Arthropod Pests and Plant Diseases”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International organisation for Biological Control, Apr 2024, Cabrils, Spain. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03551615v1</w:t>
+                <w:t xml:space="preserve">hal-05536824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Change of paradigm for breeding disease resistant cultivars robust to varying environments: estimators of the robustness of plant immunity and promising genes for the future</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Massire</w:t>
+                <w:t xml:space="preserve">The Human History of Chilli Peppers Told by 10,000 Genebank Samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Timothy Rabanus-Wallace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pasquale Tripodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Barchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandip Mallikarjun Kale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Acquadro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Scientific Conference – Towards Pesticide Free Agriculture “What research to meet the pesticides reduction objectives embedded in the European Green Deal?”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, French Research Institute for Agriculture, Food and Environment (INRAE), Jun 2022, Dijon, France</w:t>
+              <w:t xml:space="preserve">Virtual Plant and Animal Genome XXIX Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, San Diego (CA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03737211v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03551615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robustesse de l'immunité du piment à Phytophthora capsici face à une perturbation thermique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
+                <w:t xml:space="preserve">Change of paradigm for breeding disease resistant cultivars robust to varying environments: estimators of the robustness of plant immunity and promising genes for the future</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Billaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Jayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Ribaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Tamisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Massire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Rencontres de Phytopathologie - Mycologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Aussois (France), France. 1p</w:t>
+              <w:t xml:space="preserve">European Scientific Conference – Towards Pesticide Free Agriculture “What research to meet the pesticides reduction objectives embedded in the European Green Deal?”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, French Research Institute for Agriculture, Food and Environment (INRAE), Jun 2022, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04133317v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03737211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of host partial resistance on the gene expression of Phytophthora capsici: consequences for pepper breeding</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bernard Caromel</w:t>
+                <w:t xml:space="preserve">Robustesse de l'immunité du piment à Phytophthora capsici face à une perturbation thermique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Billaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Jayet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Ribaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Tamisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Massire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. Eucarpia Meeting on Genetics and Breeding of Capsicum and Eggplant (2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Avignon, France</w:t>
+              <w:t xml:space="preserve">13. Rencontres de Phytopathologie - Mycologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Aussois (France), France. 1p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02735621v1</w:t>
+                <w:t xml:space="preserve">hal-04133317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant genetic background increasing the efficiency and durability of major resistance genes to root knot nematodes can be resolved into a few resistance QTLs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ariane Fazari</w:t>
+                <w:t xml:space="preserve">Impact of host partial resistance on the gene expression of Phytophthora capsici: consequences for pepper breeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Maillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Szadkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Massire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Eucarpia Capsicum and Eggplant Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Kecskemét, Hungary. 4 p</w:t>
+              <w:t xml:space="preserve">17. Eucarpia Meeting on Genetics and Breeding of Capsicum and Eggplant (2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02792960v1</w:t>
+                <w:t xml:space="preserve">hal-02735621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Screening a priori durable resistance in tomato to Phytophthora infestans using its pathogenicity effectors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Szadkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bachellez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorine Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Massire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Effectome meeting 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Lauret, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01595030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A priori durable resistance in tomato to Phytophthora infestans using its pathogenicity effectors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bernard Caromel</w:t>
+                <w:t xml:space="preserve">Plant genetic background increasing the efficiency and durability of major resistance genes to root knot nematodes can be resolved into a few resistance QTLs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Barbary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Djian-Caporalino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marteu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Fazari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Jeunes Chercheurs du DBAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Institut Jean-Pierre BOURGIN (1318)., Apr 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">16. Eucarpia Capsicum and Eggplant Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Kecskemét, Hungary. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01594732v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02792960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening tomato germplasm for resistance to late blight</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A priori durable resistance in tomato to Phytophthora infestans using its pathogenicity effectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Szadkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Maillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bachellez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Massire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Bachellez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovation in Integrated &amp; Organic Horticulture, INNOHORT 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Avignon, France</w:t>
+              <w:t xml:space="preserve">Journées Jeunes Chercheurs du DBAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Institut Jean-Pierre BOURGIN (1318)., Apr 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02744090v1</w:t>
+                <w:t xml:space="preserve">hal-01594732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glycoalcaloid contents in a family from a cross between a diploid S. tuberosum and a diploid S. sparsipilum clone are under polygenic control</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Screening tomato germplasm for resistance to late blight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Hamers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasradin Touhami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Renaudineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bachellez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAPR-EUCARPIA congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Wageningen, Netherlands</w:t>
+              <w:t xml:space="preserve">Innovation in Integrated &amp; Organic Horticulture, INNOHORT 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02754859v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chromosome landing at a quantitative trait locus involved in resistance to cyst nematode in potato.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Glycoalcaloid contents in a family from a cross between a diploid S. tuberosum and a diploid S. sparsipilum clone are under polygenic control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Marhadour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Eric Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Cost 872 Workshop &amp; MC Meeting,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">EAPR-EUCARPIA congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Wageningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01332575v1</w:t>
+                <w:t xml:space="preserve">hal-02754859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QTL GpaVsspI Pdt/nématodes</w:t>
+                <w:t xml:space="preserve">Chromosome landing at a quantitative trait locus involved in resistance to cyst nematode in potato.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawad Aarrouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene H. Berges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Scientifiques du DGAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, La Colle sur Loup, France</w:t>
+              <w:t xml:space="preserve"> Cost 872 Workshop &amp; MC Meeting,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02815542v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01332575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chromosome landing at a quantitative trait locus involved in resistance to cyst nematode in potato</w:t>
+                <w:t xml:space="preserve">QTL GpaVsspI Pdt/nématodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Annual Meeting; COST 872 workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">Rencontres Scientifiques du DGAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, La Colle sur Loup, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01462645v1</w:t>
+                <w:t xml:space="preserve">hal-02815542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séquençage d'un clone BAC de pomme de terre, afin de développer des marqueurs moléculaires pour la cartographie à haute résolution et l'atterrissage chromosomique au locus GpaVspl, impliqué dans la résistance au nématode à kyste &amp;lt;em&amp;gt;Globodera pallid&amp;lt;/em&amp;gt;a chez la pomme de terre</w:t>
+                <w:t xml:space="preserve">Chromosome landing at a quantitative trait locus involved in resistance to cyst nematode in potato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricio Castro Quezada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawad Aarrouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Berges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les rencontres scientifiques du DGAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, La Colle sur Loup, France</w:t>
+              <w:t xml:space="preserve">4. Annual Meeting; COST 872 workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02815799v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01462645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration of late blight quantitative resistance in potato diversity: QTL meta-analysis including the novel resistance sources Solanum sparsipilum and Solanum spegazzinii</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Séquençage d'un clone BAC de pomme de terre, afin de développer des marqueurs moléculaires pour la cartographie à haute résolution et l'atterrissage chromosomique au locus GpaVspl, impliqué dans la résistance au nématode à kyste &amp;lt;em&amp;gt;Globodera pallid&amp;lt;/em&amp;gt;a chez la pomme de terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. International Congress on Molecular Plant-Microbe Interactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Quebec, Canada</w:t>
+              <w:t xml:space="preserve">Les rencontres scientifiques du DGAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, La Colle sur Loup, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757474v1</w:t>
+                <w:t xml:space="preserve">hal-02815799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Re-evaluation of the Globodera pallida resistance QTLs originating from the wild potato species Solanum spegazzinii</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploration of late blight quantitative resistance in potato diversity: QTL meta-analysis including the novel resistance sources Solanum sparsipilum and Solanum spegazzinii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Danan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Veyrieras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Signoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Annual Meeting, COST 872 Workshop &amp; MC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Toledo, Spain</w:t>
+              <w:t xml:space="preserve">14. International Congress on Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Quebec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751896v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Late blight quantitative resistance in potato diversity: QTL meta-analysis including the novel resistance sources Solanum sparsipilum and Solanum spegazzinii</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Re-evaluation of the Globodera pallida resistance QTLs originating from the wild potato species Solanum spegazzinii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Danan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Mugniery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioExploit Science Meeting 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Wageningen, Netherlands</w:t>
+              <w:t xml:space="preserve">3. Annual Meeting, COST 872 Workshop &amp; MC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Toledo, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02751645v1</w:t>
+                <w:t xml:space="preserve">hal-02751896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How different allelic combinations at resistance QTLs control the multiplication of Globodera pallida populations?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Late blight quantitative resistance in potato diversity: QTL meta-analysis including the novel resistance sources Solanum sparsipilum and Solanum spegazzinii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Danan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Veyrieras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Ewert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Annual Meeting of the COST 872</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Postojna, Slovenia</w:t>
+              <w:t xml:space="preserve">BioExploit Science Meeting 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Wageningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751542v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02751645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Durability of resistance to Globodera pallida from Solanum vernei, S. spegazzinii and S. sparsipilum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Fouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mugniery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Plantard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6151,90 +6151,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration of late blight quantitative resistance in potato diversity: QTL meta-analysis including the novel resistance sources Solanum sparsiplum and Solanum spegazzinii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Danan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Eric Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Veyrieras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6270,293 +6270,289 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The combination of resistance alleles at a major and minor effect QTLs confers a broad spectrum resistance to Globodera pallida</w:t>
+                <w:t xml:space="preserve">How different allelic combinations at resistance QTLs control the multiplication of Globodera pallida populations?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Mugniery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Solanaceae Genome Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Cologne, Germany</w:t>
+              <w:t xml:space="preserve">2. Annual Meeting of the COST 872</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Postojna, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757105v1</w:t>
+                <w:t xml:space="preserve">hal-02751542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two resistance QTLs display induced and constitutive, as well as additive and epistatic effects, on transcription of defense-related genes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Katell Jolivet</w:t>
+                <w:t xml:space="preserve">The combination of resistance alleles at a major and minor effect QTLs confers a broad spectrum resistance to Globodera pallida</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Grenier</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawad Aarrouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Rouaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Lama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Annual Meeting COST 872</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, La Colle-sur Loup, France</w:t>
+              <w:t xml:space="preserve">5. Solanaceae Genome Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Cologne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753013v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of genomic information in a program of sustainable resistance to Globodera pallida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6565,2379 +6561,2504 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mugniery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Annual Meeting COST 872</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, La Colle-sur Loup, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude transcriptomique de la résistance quantitative de la pomme de terre au nématode à kyste Globoderra pallida : validation de TDFs et recherche de gènes candidats par Q-PCR</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Two resistance QTLs display induced and constitutive, as well as additive and epistatic effects, on transcription of defense-related genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Claverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Véronique de Conto Haby</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique de Conto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katell Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Grenier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Scientifiques du DGAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Batz sur mer, France</w:t>
+              <w:t xml:space="preserve">1. Annual Meeting COST 872</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, La Colle-sur Loup, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02758296v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of molecular bridge markers between Solanaceae species for comparative mapping of resistance loci to Phytophthora spp.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Cartographie haute résolution de QTL de résistance aux Phytophtora colinéaires entre le piment et la pomme de terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Mallard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Danan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tricon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Signoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Scientifiques du DGAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Batz sur mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752753v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie haute résolution de QTL de résistance aux Phytophtora colinéaires entre le piment et la pomme de terre</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Bonnet</w:t>
+                <w:t xml:space="preserve">Etude transcriptomique de la résistance quantitative de la pomme de terre au nématode à kyste Globoderra pallida : validation de TDFs et recherche de gènes candidats par Q-PCR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Claverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Tricon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Signoret</w:t>
+                <w:t xml:space="preserve">Véronique de Conto Haby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Scientifiques du DGAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Batz sur mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757356v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une sélection assistée par marqueurs chez la pomme de terre pour la résistance au nématode à kyste Globodera pallida</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+                <w:t xml:space="preserve">Development of molecular bridge markers between Solanaceae species for comparative mapping of resistance loci to Phytophthora spp.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Danan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Signoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Scientifiques du DGAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Batz sur mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02754496v1</w:t>
+                <w:t xml:space="preserve">hal-02752753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'association de 2 QTL est nécessaire pour conférer une résistance de haut niveau et à large spectre au nématode à kyste G. pallida chez la pomme de terre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vers une sélection assistée par marqueurs chez la pomme de terre pour la résistance au nématode à kyste Globodera pallida</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mugniery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Scientifiques du DGAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Batz sur mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02750796v1</w:t>
+                <w:t xml:space="preserve">hal-02754496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the positional cloning of the QTL Phy-P5 affecting Phytophthora blight resistance in pepper</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'association de 2 QTL est nécessaire pour conférer une résistance de haut niveau et à large spectre au nématode à kyste G. pallida chez la pomme de terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Abdelhafid A. Bendahmane</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Mugniery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Claverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Scientifiques du DGAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Batz sur mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02752747v1</w:t>
+                <w:t xml:space="preserve">hal-02750796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CGIS: an information system used for designing primers of candidate genes using Arabidopsis whole genome and Solanaceae EST databases</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">L. Nucci</w:t>
+                <w:t xml:space="preserve">Towards the positional cloning of the QTL Phy-P5 affecting Phytophthora blight resistance in pepper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tricon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Sage-Palloix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhafid A. Bendahmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Triennal Conference of the EAPR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2005, Bilbao, Spain</w:t>
+              <w:t xml:space="preserve">Rencontres Scientifiques du DGAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Batz sur mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02762016v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The synergic action of two resistance QTls originating from Solanum sparsipilum is required to enclose Globodera pallida juveniles in a necrosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CGIS: an information system used for designing primers of candidate genes using Arabidopsis whole genome and Solanaceae EST databases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Nucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Triennal Conference of the EAPR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2005, Bilbao, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02764137v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CDNA-AFLP screening for candidate genes differentially expressed in a Solanum clone resistant to Globodera pallida</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">The synergic action of two resistance QTls originating from Solanum sparsipilum is required to enclose Globodera pallida juveniles in a necrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mugniery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Didier Fouville</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Lama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Triennal Conference of the EAPR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2005, Bilbao, Spain. 1 p</w:t>
+              <w:t xml:space="preserve">, Jul 2005, Bilbao, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02829173v1</w:t>
+                <w:t xml:space="preserve">hal-02764137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QTLs for resistance to the cyst nematode Globodera pallida, deriving from Solanum sparsipilum mapped in resistance gene clusters</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">CDNA-AFLP screening for candidate genes differentially expressed in a Solanum clone resistant to Globodera pallida</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mugniery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">S. Andrzejewski</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Esquibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Fouville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Solanaceae Genome Workshop 2004</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Wageningen, Netherlands</w:t>
+              <w:t xml:space="preserve">16. Triennal Conference of the EAPR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2005, Bilbao, Spain. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02763266v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02829173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of molecular markers to detect clones bearing QTLs derived from Solanum sparsipilum and Solanum spegazzinii conferring resistance to potato cyst nematode Globodera pallida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mugniery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josiane Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Solanaceae Genome Workshop 2004</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Wageningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine-mapping the Phy-P5 QTL involved in the resistance to Phytophthora in pepper and anchorage with the ultra-high density potato map</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Hédont</w:t>
+                <w:t xml:space="preserve">QTLs for resistance to the cyst nematode Globodera pallida, deriving from Solanum sparsipilum mapped in resistance gene clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Mugniery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ellisèche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Andrzejewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Plant GEMS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Lyon, France</w:t>
+              <w:t xml:space="preserve">1. Solanaceae Genome Workshop 2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Wageningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02764320v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ultra dense marker map of potato; new methods and new applications</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fine-mapping the Phy-P5 QTL involved in the resistance to Phytophthora in pepper and anchorage with the ultra-high density potato map</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Danan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hédont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Triennal Conference of the EAPB</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2002, Hambourg, Germany</w:t>
+              <w:t xml:space="preserve">3. Plant GEMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761660v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02764320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary anchoring of the potato ultra high density map with the tomato map through a bridge progeny</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Andrzejewski</w:t>
+                <w:t xml:space="preserve">The ultra dense marker map of potato; new methods and new applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. van Os</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. van Vliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bakker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Triennal Conference of the EAPB</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2002, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761218v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calculation of ultra-high density genetic linkage maps of heterozygous outbreeders : chromosome 1 of potato as a model study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Preliminary anchoring of the potato ultra high density map with the tomato map through a bridge progeny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Andrzejewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Ghareeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rousselle-Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2001, San Diego CA, United States</w:t>
+              <w:t xml:space="preserve">15. Triennal Conference of the EAPB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2002, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761126v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie de locus de résistance au nématode à kyste chez la pomme de terre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Mugniery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ellisèche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rouselle-Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Journées du réseau AUF Biotechnologies végétales : amélioration des plantes et sécurité alimentaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2000, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie de QTL de résistance au nématode à kyste chez la pomme de terre</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Calculation of ultra-high density genetic linkage maps of heterozygous outbreeders : chromosome 1 of potato as a model study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Isidore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. van Os</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Andrzejewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bakker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Buntjer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées scientifiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2000, Montpellier, France</w:t>
+              <w:t xml:space="preserve">9. Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2001, San Diego CA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02771601v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular linkage mapping of a diploid progeny between Solanum tuberosum and S. spegazzinii</w:t>
+                <w:t xml:space="preserve">Cartographie de QTL de résistance au nématode à kyste chez la pomme de terre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Rousselle Bourgeois</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Mugniery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ellissèche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Didier Mugniery</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rousselle-Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Triennial Conference of the European Association for Potato Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 1999, Sorrente, Italy</w:t>
+              <w:t xml:space="preserve">7. Journées scientifiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2000, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02767550v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02771601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Molecular linkage mapping of a diploid progeny between Solanum tuberosum and S. spegazzinii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rousselle Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Mugniery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14. Triennial Conference of the European Association for Potato Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1999, Sorrente, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02767550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cartographie génétique des facteurs de résistance à Globodera pallida et au virus de l'enroulement chez la pomme de terre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Rousselle-Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIP Gènes de résistance aux maladies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 1995, Seillac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02778784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8947,301 +9068,301 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenetic drivers involved in the diversity of plant volatile profiles shape antixenosis resistance of tomato against Tuta absoluta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komla Exonam Amegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Fourati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Larbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Violette Lavoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XII European Congress of Entomology (ECE 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Heraklion, Greece. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04399246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antixenosis Resistance in Wild and Cultivated Tomato Accessions: How Plant Volatilome Influences the Behavior of Tuta absoluta?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komla Exonam Amegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmine Fourati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Larbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Violette Lavoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire annuel de l'Ecole Doctorale SIRENA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, NANCY, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04516597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la résistance partielle du piment sur l'expression des gènes de Phytophthora capsici : conséquences pour la création variétale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9300,989 +9421,989 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e Rencontres de Phytopathologie - Mycologie, Journées Jean Chevaugeon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Aussois (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04133322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A reference genome of Solanum habrochaites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lagnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Le Coant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Sallaberry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVII SOLANACEAE2022 International Conference on the Plant Family of Solanaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04136943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet Cap Zéro Phyto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komla Amegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Massire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Le Coant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Med'agri - Le salon de l'agriculture méditerranéenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Avignon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03963180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CAP ZERO PHYTO: Developing the concept of agroecological immunity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Scientific Conference ‘Towards Pesticides Free Agriculture’</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03737213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A high-density genotyping strategy based on gene capture in pepper: perspectives for genome wide association study and genetic mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Elbelt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lagnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Hirsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Eucarpia Meeting on Genetics and Breeding of Capsicum and Eggplant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Avignon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INRA, Centre de recherche Provence-Alpes-Côte d’Azur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 263 p., 2019, Innovations in Genetics and Breeding of Capsicum and Eggplant. Proceedings of the 17th EUCARPIA Meeting on Genetics and Breeding of Capsicum and Eggplant September 11-13, 2019 | Avignon - France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic architecture of robustness in Capsicum annuum for resistance to Phytophthora capsici and Potato virus Y under a temperature stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Ribaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Massire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Hirsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Szadkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loup Rimbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Eucarpia Meeting on Genetics and Breeding of Capsicum and Eggplant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Avignon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INRA, Centre de recherche Provence-Alpes-Côte d’Azur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 263 p., 2019, Innovations in Genetics and Breeding of Capsicum and Eggplant. Proceedings of the 17th EUCARPIA Meeting on Genetics and Breeding of Capsicum and Eggplant September 11-13, 2019 | Avignon - France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular marker development for introgression of nematode resistance in potato breeding programs: exploitation of [i]solanum spegazzinii[/i] resistance source</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Josiane Quéré</w:t>
+                <w:t xml:space="preserve">Identification and validation of reference genes for normalization of transcripts levels in roots of potatoes infected by nematodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricio Castro Quezada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawad Aarrouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Claverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Solanaceae Conference (SOL2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Neuchâtel, Switzerland. 2012, SOL 2012: From the Bench to Innovative Applications</w:t>
+              <w:t xml:space="preserve">5. Congrès de la Société Française de Phytopathologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Paris, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01208704v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01208737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and validation of reference genes for normalization of transcripts levels in roots of potatoes infected by nematodes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
+                <w:t xml:space="preserve">Molecular marker development for introgression of nematode resistance in potato breeding programs: exploitation of [i]solanum spegazzinii[/i] resistance source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Congrès de la Société Française de Phytopathologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Paris, France. 2012</w:t>
+              <w:t xml:space="preserve">9. Solanaceae Conference (SOL2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Neuchâtel, Switzerland. 2012, SOL 2012: From the Bench to Innovative Applications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01208737v1</w:t>
+                <w:t xml:space="preserve">hal-01208704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation d'indices de distances génétiques entre variétés de piment (Capsicum annuum L.) à l'aide de marqueurs moléculaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10304,81 +10425,81 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Palloix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Goffinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">22 p., 1997</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02836787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10388,375 +10509,375 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic Designing for Climate-Smart Tomato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiantao Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isidore Diouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiaojiao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genomic Designing of Climate-Smart Vegetable Crops</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.47-159, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-97415-6_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04169212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breeding for nematode resistance: use of genomic information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Gebhardt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genomics and molecular genetics of plant-nematode interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer - Verlag, 2011, 9789400704336. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-94-007-0434-3_22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01310589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherches sur la pomme de terre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rousselle-Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Andrzejewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Ghareeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rapport d'activités 1997-2000</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02832342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10766,51 +10887,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gène GpaV de résistance aux nématodes chez les solanacées.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10819,116 +10940,116 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Speck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, N° de brevet: Demande de brevet n° 09 06432, déposée le 31/12/2009. 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01332487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gène GpaV de résistance aux nématodes chez les Solanacées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10937,94 +11058,94 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jawad Aarrouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Speck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, N° de brevet: WO2011080329. 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01462743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11034,114 +11155,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie génétique et étude de QTL conférant la résistance au nématode à kyste Globodera pallida (Stone) chez la pomme de terre (Solanum tuberosum ssp. tuberosum L.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Paris Sud - Paris 11, 2004. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02831072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId266"/>
+      <w:footerReference w:type="default" r:id="rId267"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11288,51 +11409,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05443704v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Lapous" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komla Exonam Amegan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Caromel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles&#8208;eric Durel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;violette Lavoir" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.70328" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04557514v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Fourati" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Del-Valle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Salgon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Ferrante" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/entomologia/2024/2399" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03908269v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Maillot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Szadkowski" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Massire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Rigaill" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.980587" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03414637v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Tripodi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Timothy Rabanus-Wallace" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Barchi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandip Kale" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Esposito" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2104315118" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637067v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Kerlan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Dantec" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Renault" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ruer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Souchet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.472109676217473E12" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639203v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Barbary" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Djian-Caporalino" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marteu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Fazari" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00632" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605626v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Olivares" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208611v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Castro Quezada" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Aarrouf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Claverie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Favery" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mugniery" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11105-013-0566-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G0DDL4MT-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208610v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marhadour" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonnel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Danan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/8a3r-m431" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332298v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mallard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Lizzi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00299-011-1174-z" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650015v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lepers-Andrzejewski" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Causse" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Wong" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dron" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2135/cropsci2010.11.0634" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652300v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moury" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ida Johansen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Simon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chauvin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-10-10-0246" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664774v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fournet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Grenier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661699v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eric Chauvin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Denis Moal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pell&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-009-1081-7" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C786E3EABE79F550BDFF9FC8C14E97565B2B4325/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660975v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Rulliat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2008.0217" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659026v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Plantard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659540v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bonnet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Boudet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Sage-Palloix" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-007-0561-x" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9VWQFWFF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654200v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Jolivet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Esquibet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/G07-015" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658411v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abou Kouassi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fouville" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-005-0173-2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KQ8LN5N5-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666069v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans van Os" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Andrzejewski" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Bakker" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imanol Barrena" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn J. Bryan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.106.055871" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675626v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Andrzejewski" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Palloix" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674547v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lefebvre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ellis&#232;che" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672751v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Isidore" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. van Os" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bakker" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Barrena" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676575v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Goffinet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Chauvet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Signoret" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05503754v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Sangare" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bourgeay" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Duffaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bardin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05534383v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05535324v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05536802v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05536839v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05536824v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03551615v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandip Mallikarjun Kale" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Acquadro" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03737211v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Billaud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Jayet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Ribaut" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Tamisier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133317v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735621v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792960v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595030v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bachellez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine Achard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594732v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744090v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Hamers" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasradin Touhami" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Renaudineau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754859v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332575v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Castro" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Berges" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815542v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462645v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Berges" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815799v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757474v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Veyrieras" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751896v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751645v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ewert" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751542v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752254v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757139v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757105v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Rouaux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lama" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753013v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Conto" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752126v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758296v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Conto Haby" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752753v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757356v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Mallard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tricon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754496v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750796v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752747v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid A. Bendahmane" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762016v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bres" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nucci" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764137v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829173v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jolivet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763266v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ellis&#232;che" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761893v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764320v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonnet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boudet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H&#233;dont" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761660v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. van Vliet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761218v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ghareeb" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rousselle-Bourgeois" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761126v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Buntjer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759754v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rouselle-Bourgeois" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771601v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Elliss&#232;che" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767550v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rousselle Bourgeois" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778784v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rousselle-Bourgeois" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399246v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Larbat" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Violette Lavoir" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04516597v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133322v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04136943v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lagnel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Iampietro" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Le Coant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Sallaberry" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03963180v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gautier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komla Amegan" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03737213v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Brisset" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737663v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Elbelt" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques David" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Hirsch" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://symposium.inra.fr/eucarpiacapsicumeggplant2019/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736058v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loup Rimbaud" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208704v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Lesage" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208737v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836787v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Goffinet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169212v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Causse" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiantao Zhao" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidore Diouf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaojiao Wang" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lefebvre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-97415-6_2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310589v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Gebhardt" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-0434-3_22" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832342v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332487v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Speck" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462743v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Speck" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02831072v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05443704v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Lapous" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komla Exonam Amegan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Caromel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles&#8208;eric Durel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;violette Lavoir" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.70328" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04557514v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Fourati" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Del-Valle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Salgon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Ferrante" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/entomologia/2024/2399" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03908269v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Maillot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Szadkowski" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Massire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Rigaill" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.980587" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03414637v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Tripodi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Timothy Rabanus-Wallace" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Barchi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandip Kale" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Esposito" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2104315118" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637067v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Kerlan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Dantec" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Renault" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ruer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Souchet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.472109676217473E12" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639203v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Barbary" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Djian-Caporalino" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marteu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Fazari" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00632" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605626v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Olivares" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208610v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marhadour" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonnel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Danan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/8a3r-m431" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208611v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Castro Quezada" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Aarrouf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Claverie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Favery" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mugniery" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11105-013-0566-3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G0DDL4MT-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650015v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lepers-Andrzejewski" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Causse" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Wong" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dron" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2135/cropsci2010.11.0634" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332298v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mallard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Lizzi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00299-011-1174-z" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652300v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moury" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ida Johansen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Simon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chauvin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-10-10-0246" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664774v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fournet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Grenier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661699v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eric Chauvin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Denis Moal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pell&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-009-1081-7" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C786E3EABE79F550BDFF9FC8C14E97565B2B4325/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660975v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Rulliat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/agr.2008.0217" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659540v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bonnet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Boudet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Sage-Palloix" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-007-0561-x" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-9VWQFWFF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659026v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Plantard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654200v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Jolivet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Esquibet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/G07-015" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666069v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans van Os" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Andrzejewski" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Bakker" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imanol Barrena" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn J. Bryan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.106.055871" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658411v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abou Kouassi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fouville" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-005-0173-2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KQ8LN5N5-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675626v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Andrzejewski" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Palloix" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674547v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lefebvre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ellis&#232;che" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672751v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Isidore" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. van Os" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bakker" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Barrena" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676575v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Goffinet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Chauvet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Signoret" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05503754v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Sangare" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bourgeay" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Duffaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bardin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05534383v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538736v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05535324v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05536839v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05536802v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05536824v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03551615v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandip Mallikarjun Kale" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Acquadro" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03737211v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Billaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Jayet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Ribaut" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Tamisier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133317v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735621v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595030v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bachellez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine Achard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792960v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594732v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744090v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Hamers" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasradin Touhami" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Renaudineau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754859v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332575v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Castro" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Berges" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815542v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462645v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Berges" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815799v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757474v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Veyrieras" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751896v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751645v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ewert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752254v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757139v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751542v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757105v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Rouaux" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lama" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752126v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753013v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Conto" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757356v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Mallard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tricon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758296v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique de Conto Haby" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752753v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754496v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750796v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752747v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid A. Bendahmane" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762016v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bres" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nucci" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764137v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829173v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Jolivet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761893v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763266v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ellis&#232;che" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764320v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bonnet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boudet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H&#233;dont" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761660v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. van Vliet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761218v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ghareeb" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rousselle-Bourgeois" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759754v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rouselle-Bourgeois" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761126v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Buntjer" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771601v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Elliss&#232;che" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767550v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rousselle Bourgeois" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778784v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rousselle-Bourgeois" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399246v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Larbat" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Violette Lavoir" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04516597v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133322v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04136943v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lagnel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Iampietro" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Le Coant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Sallaberry" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03963180v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gautier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komla Amegan" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03737213v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Brisset" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737663v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Elbelt" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques David" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Hirsch" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://symposium.inra.fr/eucarpiacapsicumeggplant2019/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736058v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loup Rimbaud" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208737v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208704v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Lesage" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836787v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Goffinet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169212v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Causse" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiantao Zhao" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidore Diouf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaojiao Wang" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lefebvre" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-97415-6_2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310589v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Gebhardt" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-0434-3_22" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832342v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332487v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Speck" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462743v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Speck" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02831072v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>