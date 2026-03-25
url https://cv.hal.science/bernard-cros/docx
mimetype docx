--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bernard Cros </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des universitésÉtudes sud-africaines (Afrique du Sud)Civilisation britannique (Royaume-Uni)Université Paris 8 Vincennes–Saint-Denis</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">bernard-cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5991-4278</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire des histoires décolonisées en Afrique du Sud : les défis de l’accès aux sources et de leur constitution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retour aux sources: quels matériaux et quelles pistes pour la recherche ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Cahiers de TransCrit 1/2025, éd. Juliette Bourdin et Brigitte Félix, Université Paris 8, 2025, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Branding Springbok rugby, branding the nation: memorial marketing and nation-building in post-apartheid South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Whose Space is it Anyway? Place Branding and the Politics of Representation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 37, , pp.133-155, 2024, Travaux interdisciplinaires et plurilingues, 9782875745668</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04475684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Garder l’avantage. La résistance blanche au discours transformatif dans l’Afrique du Sud post-apartheid : le cas du rugby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Magali Fleurot; Nathalie Jaëck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Puissance du mode mineur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maison des Sciences de l’Homme d’Aquitaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.149-171, 2021, 978-2-85892-629-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03979662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logique palimpsestique de la mémoire en Afrique du Sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Graça dos Santos; José Manuel Esteves; Lina Iglesias; Gonçalo Plácido Cordeiro. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VOIR / REVOIR, Revenir sur les traces, définir le présent : la péninsule Ibérique après les dictatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nanterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.213-218, 2021, La langue portugaise en cultures, 978-2-84016-390-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03979649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux origines de la Rhodésie, le sport : racialisme, masculinité et impérialisme, 1890-1930</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Prum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annael Le Poullennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Race, identité et mondialisation en Afrique australe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.97-117, 2020, Racisme et eugénisme, 978-2-343-21186-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03979645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miracle à Johannesburg : Mandela et la transition démocratique sud- africaine au prisme hollywoodien d’Invictus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annael Le Poullennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Perrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afrique du Sud : mémoires, héritages et ruptures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.135-162, 2018, 2343154554</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03961675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “La maladie anglaise.” Réflexions sur le hooliganisme en Grande-Bretagne dans les années 1970. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Paris Nanterre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1970-79, Community in the UK</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Intercalaires, 978-2-84016-287-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The English disease&amp;quot;: Hooliganisme en Grande-Bretagne dans les années 70</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cros, Bernard and Crowley, Cornelius and Labica, Thierry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1970-79: community in the UK</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Nanterre, 2017, 978-2-84016-287-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">He is a woman!&amp;quot; : Transparence, opacité et visibilité du corps intersexe dans le sport : Le cas de Caster Semenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Binard, Florence and Leduc, Guyonne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genre(s) et transparence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.121--143, 2016, 978-2-343-04009-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Cour suprême: modernisation du modèle constitutionnel britannique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril, Emmanuelle and Schnapper, Pauline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Royaume-Uni au XXIe siècle: mutations d'un modèle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édions Ophrys, pp.284--291, 2014, 978-2-7080-1378-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle démocratique en mutation : introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril, Emmanuelle and Schnapper, Pauline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Royaume-Uni au XXIe siècle: mutations d'un modèle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édions Ophrys, pp.3, 2014, 978-2-7080-1378-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impossible réforme de la Chambre des Lords</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril, Emmanuelle and Schnapper, Pauline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Royaume-Uni au XXIe siècle: mutations d'un modèle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édions Ophrys, pp.22--28, 2014, 978-2-7080-1378-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élections, mode de consultation en déclin ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril, Emmanuelle and Schnapper, Pauline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Royaume-Uni au XXIe siècle: mutations d'un modèle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édions Ophrys, pp.43--52, 2014, 978-2-7080-1378-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport comme modèle : traditions, identités, modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril, Emmanuelle and Schnapper, Pauline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Royaume-Uni au XXIe siècle: mutations d'un modèle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édions Ophrys, pp.335--342, 2014, 978-2-7080-1378-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premier ministre, Cabinet, gouvernement : quels pouvoirs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril, Emmanuelle and Schnapper, Pauline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Royaume-Uni au XXIe siècle: mutations d'un modèle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édions Ophrys, pp.29--35, 2014, 978-2-7080-1378-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les métamorphoses de la constitution britannique : des conventions à la codification, des sujets aux citoyens ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril, Emmanuelle and Schnapper, Pauline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Royaume-Uni au XXIe siècle: mutations d'un modèle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édions Ophrys, pp.4--11, 2014, 978-2-7080-1378-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Où la médiocrité est tolérée : rugby à 7 et gestion de la diversité raciale dans le rugby sud-africain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cros, Bernard and Mattioli, Marie-Annick and Prum, Michel and Vircoulon, Thierry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser et gérer la diversité en société: regards sur l'Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.127--150, 2013, 978-2-343-00187-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mélange des races: mulâtres et métissage chez Charles Darwin (A diverse approach to diversity)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Prum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Geoffroy-Menoux, Sophie and Prum, Michel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Darwin dans la bataille des idées:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.117--131, 2012, 978-2-296-99333-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gumboot Dancing : le plaisir, de la ségrégation à la réconciliation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hervé Fourtina, Nathalie Jaëck, Joël Richard (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le plaisir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.201-209, 2007, ISBN-10 : 2867814588 ISBN-13 : 978-2867814587</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03241472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cover-ups and Half-Lies: The Rhetoric of Truth in Post-Apartheid South Africa. The Case of the Truth and Reconciliation Commission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Aïda Sy-Wonyu et Philippe Romanski (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trompe(-)l’œil, Imitation &amp; Falsification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.307-323, 2002, ISBN-10: 2877753344</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03240806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The English Language in South Africa: Empowerment and Domination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Francine Tolron; Anne Luyat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flight from Certainty — The Dilemma of identity and Exile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rodopi, pp.225-237, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03218253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rugbys d'Afrique du Sud 1862-2022. Du hors-jeu à la transformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Sorbonne Nouvelle. 2023, Études culturelles, 978-2379061059</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04351629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Legacy of a Troubled Past.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Rogez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Teulié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Marschall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Robles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Provence; Liverpool University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 208 p., 2022, Sociétés contemporaines, Matthew Graves, 9791032003497. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/j.ctv2nnv50m⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03979631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bled Anglais Vocabulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Sussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hachette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-2017151135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (manuel)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1970-79: community in the UK</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelius Crowley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Labica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cros, Bernard and Crowley, Cornelius and Labica, Thierry. Presses universitaires de Nanterre, 2017, 978-2-84016-287-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser et gérer la diversité en société: regards sur l'Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Annick Mattioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Prum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Vircoulon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cros, Bernard and Mattioli, Marie-Annick and Prum, Michel and Vircoulon, Thierry. L'Harmattan, 2013, 978-2-343-00187-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours d’un civilisationniste entre marge et centre : sport, culture et société dans l’Afrique du Sud post-apartheid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université de Paris, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04351572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Here Merit Is, in the End, Subjectively Determined&amp;quot; the Glass Ceiling in South African Rugby Union</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures of the Commonwealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 17-18-19, pp.7--33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de l'ouvrage de Gilles Teulié, Aux origines de l'apartheid : La racialisation de l'Afrique du Sud dans l'imaginaire colonial (Paris : Éditions l'Harmattan, 2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anglais d'Afrique du Sud : indigénisation et affirmation politique. Le cas du Dictionary of South African English on Historical Principles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue LISA / LISA e-journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, XIII (1), </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lisa.8615⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de l'ouvrage de Xolela Mangcu, Biko - A Life (I.B. Tauris, London/New York, 2012)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing Racial Diversity: Positional Segregation in South African Rugby Union in the Post-Apartheid Era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadernos de estudios africanos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 26, pp.153--176. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cea.1154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Where Mediocrity Is Tolerated: Rugby Sevens and the Management of Racial Diversity in South African Rugby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers d'Afrique de l'Est</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47, pp.87--105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the Transvaal to the Cantal: The Exodus of South African Rugby Union Players to France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures of the Commonwealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 18, pp.89--102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In the Wings of South Africa’s Post-Apartheid Theatre: The Illusions of the South African Miracle in Louis-Ferdinand Despreez’s Novel La Mémoire Courte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures of the Commonwealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Behind the Scenes, 14, pp.49-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03241499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étrange destin à l’étranger : la reconnaissance internationale de l’Afrique du Sud. Le cas paradoxal du gumboot dancing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures of the Commonwealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Strange, Stranger, 13, pp.59-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03241491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Gwen Ansell, Soweto Blues—Jazz, Popular Music & Politics in South Africa, New York : Continuum Intl Pub Group, 2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04356975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Erik Bleich, Race Politics in Britain and France: Ideas and Policymaking since the 1960s, Cambridge : Cambridge University Press, 2003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04356971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Winnie Mandela, the iconoclastic icon of South African reconciliation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures of the Commonwealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Genre/Gender, 10, pp.135-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03241418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of The Shadow of a Nation: The Changing Face of Britain by Nick Clarke (2003)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04356945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Nigel Rapport (ed.), &amp;quot;British Subjects. An Anthropology of Britain&amp;quot;, Oxford: Berg, 2002</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04356951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Philip F. Rubio, A History of Affirmative Action, 1619-2000, Jackson: University of Mississippi Press, 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04356960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Mike Phillips, London Crossings: a Biography of Black Britain, London: Continuum, 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04356967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The New Language Policy of South African Public Television</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures of the Commonwealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, pp.97-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03218229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;i&amp;gt;Why South Africa’s Television is only Twenty Years Old : Debating Civilisation, 1958-1969&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alizés : Revue angliciste de La Réunion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Taboos, 12, pp.117-130</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">South Africa’s Black Radio: Apartheid and Ethnicity at the South African Broadcasting Corporation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures of the Commonwealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, pp.49-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why South Africa’s Television is only Twenty Years Old: Debating Civilisation, 1958-1969</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alizés : Revue angliciste de La Réunion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, pp.117-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId80"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bernard Cros </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des universitésÉtudes sud-africaines (Afrique du Sud)Civilisation britannique (Royaume-Uni)Université Paris 8 Vincennes–Saint-Denis</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">bernard-cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5991-4278</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire des histoires décolonisées en Afrique du Sud : les défis de l’accès aux sources et de leur constitution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retour aux sources: quels matériaux et quelles pistes pour la recherche ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Cahiers de TransCrit 1/2025, éd. Juliette Bourdin et Brigitte Félix, Université Paris 8, 2025, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Branding Springbok rugby, branding the nation: memorial marketing and nation-building in post-apartheid South Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Whose Space is it Anyway? Place Branding and the Politics of Representation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 37, , pp.133-155, 2024, Travaux interdisciplinaires et plurilingues, 9782875745668</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04475684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Garder l’avantage. La résistance blanche au discours transformatif dans l’Afrique du Sud post-apartheid : le cas du rugby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Magali Fleurot; Nathalie Jaëck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Puissance du mode mineur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maison des Sciences de l’Homme d’Aquitaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.149-171, 2021, 978-2-85892-629-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03979662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logique palimpsestique de la mémoire en Afrique du Sud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Graça dos Santos; José Manuel Esteves; Lina Iglesias; Gonçalo Plácido Cordeiro. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VOIR / REVOIR, Revenir sur les traces, définir le présent : la péninsule Ibérique après les dictatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nanterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.213-218, 2021, La langue portugaise en cultures, 978-2-84016-390-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03979649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux origines de la Rhodésie, le sport : racialisme, masculinité et impérialisme, 1890-1930</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Prum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annael Le Poullennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Race, identité et mondialisation en Afrique australe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.97-117, 2020, Racisme et eugénisme, 978-2-343-21186-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03979645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miracle à Johannesburg : Mandela et la transition démocratique sud- africaine au prisme hollywoodien d’Invictus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annael Le Poullennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Perrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afrique du Sud : mémoires, héritages et ruptures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.135-162, 2018, 2343154554</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03961675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “La maladie anglaise.” Réflexions sur le hooliganisme en Grande-Bretagne dans les années 1970. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Paris Nanterre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1970-79, Community in the UK</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Intercalaires, 978-2-84016-287-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The English disease&amp;quot;: Hooliganisme en Grande-Bretagne dans les années 70</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cros, Bernard and Crowley, Cornelius and Labica, Thierry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1970-79: community in the UK</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Nanterre, 2017, 978-2-84016-287-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">He is a woman!&amp;quot; : Transparence, opacité et visibilité du corps intersexe dans le sport : Le cas de Caster Semenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Binard, Florence and Leduc, Guyonne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genre(s) et transparence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.121--143, 2016, 978-2-343-04009-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Cour suprême: modernisation du modèle constitutionnel britannique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril, Emmanuelle and Schnapper, Pauline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Royaume-Uni au XXIe siècle: mutations d'un modèle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édions Ophrys, pp.284--291, 2014, 978-2-7080-1378-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle démocratique en mutation : introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril, Emmanuelle and Schnapper, Pauline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Royaume-Uni au XXIe siècle: mutations d'un modèle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édions Ophrys, pp.3, 2014, 978-2-7080-1378-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impossible réforme de la Chambre des Lords</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril, Emmanuelle and Schnapper, Pauline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Royaume-Uni au XXIe siècle: mutations d'un modèle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édions Ophrys, pp.22--28, 2014, 978-2-7080-1378-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport comme modèle : traditions, identités, modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril, Emmanuelle and Schnapper, Pauline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Royaume-Uni au XXIe siècle: mutations d'un modèle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édions Ophrys, pp.335--342, 2014, 978-2-7080-1378-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élections, mode de consultation en déclin ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril, Emmanuelle and Schnapper, Pauline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Royaume-Uni au XXIe siècle: mutations d'un modèle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édions Ophrys, pp.43--52, 2014, 978-2-7080-1378-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premier ministre, Cabinet, gouvernement : quels pouvoirs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril, Emmanuelle and Schnapper, Pauline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Royaume-Uni au XXIe siècle: mutations d'un modèle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édions Ophrys, pp.29--35, 2014, 978-2-7080-1378-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les métamorphoses de la constitution britannique : des conventions à la codification, des sujets aux citoyens ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril, Emmanuelle and Schnapper, Pauline. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Royaume-Uni au XXIe siècle: mutations d'un modèle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Édions Ophrys, pp.4--11, 2014, 978-2-7080-1378-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Où la médiocrité est tolérée : rugby à 7 et gestion de la diversité raciale dans le rugby sud-africain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cros, Bernard and Mattioli, Marie-Annick and Prum, Michel and Vircoulon, Thierry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser et gérer la diversité en société: regards sur l'Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.127--150, 2013, 978-2-343-00187-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mélange des races: mulâtres et métissage chez Charles Darwin (A diverse approach to diversity)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Prum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Geoffroy-Menoux, Sophie and Prum, Michel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Darwin dans la bataille des idées:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.117--131, 2012, 978-2-296-99333-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gumboot Dancing : le plaisir, de la ségrégation à la réconciliation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hervé Fourtina, Nathalie Jaëck, Joël Richard (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le plaisir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.201-209, 2007, ISBN-10 : 2867814588 ISBN-13 : 978-2867814587</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03241472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cover-ups and Half-Lies: The Rhetoric of Truth in Post-Apartheid South Africa. The Case of the Truth and Reconciliation Commission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Aïda Sy-Wonyu et Philippe Romanski (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trompe(-)l’œil, Imitation &amp; Falsification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.307-323, 2002, ISBN-10: 2877753344</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03240806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The English Language in South Africa: Empowerment and Domination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Francine Tolron; Anne Luyat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flight from Certainty — The Dilemma of identity and Exile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rodopi, pp.225-237, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03218253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rugbys d'Afrique du Sud 1862-2022. Du hors-jeu à la transformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Sorbonne Nouvelle. 2023, Études culturelles, 978-2379061059</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04351629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Legacy of a Troubled Past.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Rogez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Teulié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Marschall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Robles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Provence; Liverpool University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 208 p., 2022, Sociétés contemporaines, Matthew Graves, 9791032003497. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/j.ctv2nnv50m⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03979631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bled Anglais Vocabulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Sussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hachette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-2017151135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (manuel)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1970-79: community in the UK</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelius Crowley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Labica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cros, Bernard and Crowley, Cornelius and Labica, Thierry. Presses universitaires de Nanterre, 2017, 978-2-84016-287-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser et gérer la diversité en société: regards sur l'Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Annick Mattioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Prum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Vircoulon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cros, Bernard and Mattioli, Marie-Annick and Prum, Michel and Vircoulon, Thierry. L'Harmattan, 2013, 978-2-343-00187-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours d’un civilisationniste entre marge et centre : sport, culture et société dans l’Afrique du Sud post-apartheid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université de Paris, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04351572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Here Merit Is, in the End, Subjectively Determined&amp;quot; the Glass Ceiling in South African Rugby Union</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures of the Commonwealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 17-18-19, pp.7--33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de l'ouvrage de Gilles Teulié, Aux origines de l'apartheid : La racialisation de l'Afrique du Sud dans l'imaginaire colonial (Paris : Éditions l'Harmattan, 2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anglais d'Afrique du Sud : indigénisation et affirmation politique. Le cas du Dictionary of South African English on Historical Principles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue LISA / LISA e-journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, XIII (1), </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lisa.8615⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de l'ouvrage de Xolela Mangcu, Biko - A Life (I.B. Tauris, London/New York, 2012)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing Racial Diversity: Positional Segregation in South African Rugby Union in the Post-Apartheid Era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadernos de estudios africanos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 26, pp.153--176. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cea.1154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Where Mediocrity Is Tolerated: Rugby Sevens and the Management of Racial Diversity in South African Rugby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers d'Afrique de l'Est</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47, pp.87--105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the Transvaal to the Cantal: The Exodus of South African Rugby Union Players to France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures of the Commonwealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 18, pp.89--102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01725752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In the Wings of South Africa’s Post-Apartheid Theatre: The Illusions of the South African Miracle in Louis-Ferdinand Despreez’s Novel La Mémoire Courte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures of the Commonwealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Behind the Scenes, 14, pp.49-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03241499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étrange destin à l’étranger : la reconnaissance internationale de l’Afrique du Sud. Le cas paradoxal du gumboot dancing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures of the Commonwealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Strange, Stranger, 13, pp.59-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03241491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Gwen Ansell, Soweto Blues—Jazz, Popular Music & Politics in South Africa, New York : Continuum Intl Pub Group, 2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04356975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Erik Bleich, Race Politics in Britain and France: Ideas and Policymaking since the 1960s, Cambridge : Cambridge University Press, 2003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04356971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Winnie Mandela, the iconoclastic icon of South African reconciliation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures of the Commonwealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Genre/Gender, 10, pp.135-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03241418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of The Shadow of a Nation: The Changing Face of Britain by Nick Clarke (2003)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04356945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Nigel Rapport (ed.), &amp;quot;British Subjects. An Anthropology of Britain&amp;quot;, Oxford: Berg, 2002</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04356951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Philip F. Rubio, A History of Affirmative Action, 1619-2000, Jackson: University of Mississippi Press, 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04356960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Mike Phillips, London Crossings: a Biography of Black Britain, London: Continuum, 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04356967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The New Language Policy of South African Public Television</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures of the Commonwealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, pp.97-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03218229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;lt;i&amp;gt;Why South Africa’s Television is only Twenty Years Old : Debating Civilisation, 1958-1969&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alizés : Revue angliciste de La Réunion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Taboos, 12, pp.117-130</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">South Africa’s Black Radio: Apartheid and Ethnicity at the South African Broadcasting Corporation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures of the Commonwealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, pp.49-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why South Africa’s Television is only Twenty Years Old: Debating Civilisation, 1958-1969</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alizés : Revue angliciste de La Réunion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, pp.117-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId80"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9D7E0A85"/>
+    <w:nsid w:val="8DFABA62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bernard-cros" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5991-4278" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-05337488v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cros" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475684v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979662v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msha.fr/msha/publication.php?menu=detail&amp;amp;id=P472" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979649v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.parisnanterre.fr/index.php/produit/voir-revoir-revenir-sur-les-traces-definir-le-present-la-peninsule-iberique-apres-les-dictatures/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979645v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Prum" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annael Le Poullennec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Barbier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-race_identite_et_mondialisation_en_afrique_australe_annael_le_poullennec_marie_claude_mosimann_barbier_michel_prum-9782343211862-66813.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961675v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Perrot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557925v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725652v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725659v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725711v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725703v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725722v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725712v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725714v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725718v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725721v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725736v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725961v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03241472v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240806v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218253v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04351629v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979631v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rogez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Teuli&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Marschall" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Robles" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/the-legacy-of-a-troubled-past" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv2nnv50m" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980141v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perrin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Sussel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hachette.fr/livre/bled-anglais-vocabulaire-9782017151135" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725651v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius Crowley" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Labica" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725732v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Annick Mattioli" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vircoulon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04351572v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725658v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725676v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725701v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lisa.8615" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725719v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725737v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cea.1154" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725738v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725752v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03241499v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241491v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04356975v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04356971v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03241418v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04356945v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04356951v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04356960v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04356967v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218229v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02350316v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217452v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217863v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bernard-cros" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5991-4278" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-05337488v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cros" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475684v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979662v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.msha.fr/msha/publication.php?menu=detail&amp;amp;id=P472" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979649v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.parisnanterre.fr/index.php/produit/voir-revoir-revenir-sur-les-traces-definir-le-present-la-peninsule-iberique-apres-les-dictatures/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979645v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Prum" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annael Le Poullennec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Barbier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-race_identite_et_mondialisation_en_afrique_australe_annael_le_poullennec_marie_claude_mosimann_barbier_michel_prum-9782343211862-66813.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961675v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Perrot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557925v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725652v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725659v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725711v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725703v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725722v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725714v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725712v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725718v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725721v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725736v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725961v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03241472v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240806v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218253v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04351629v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979631v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rogez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Teuli&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Marschall" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Robles" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/the-legacy-of-a-troubled-past" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv2nnv50m" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980141v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perrin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Sussel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hachette.fr/livre/bled-anglais-vocabulaire-9782017151135" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725651v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius Crowley" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Labica" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725732v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Annick Mattioli" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vircoulon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04351572v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725658v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725676v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725701v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lisa.8615" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725719v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725737v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cea.1154" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725738v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01725752v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03241499v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241491v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04356975v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04356971v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03241418v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04356945v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04356951v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04356960v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04356967v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218229v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02350316v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217452v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217863v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>