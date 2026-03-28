--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -4375,51 +4375,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03476584v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -4803,1072 +4803,942 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05170195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the Mold Current on the Electroslag Remelting Process</w:t>
+                <w:t xml:space="preserve">Mathematical Modeling of the Mold Current and Its Influence on Slag and Ingot Behavior during ESR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Hugo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Dussoubs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Jardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Escaffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallurgical and Materials Transactions B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11663-016-0694-x⟩</w:t>
+              <w:t xml:space="preserve">Journal for Manufacturing Science and Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (1), pp.79-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/jmsp-2014-0052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05032098v1</w:t>
+                <w:t xml:space="preserve">hal-01290823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical Modeling of the Mold Current and Its Influence on Slag and Ingot Behavior during ESR</w:t>
+                <w:t xml:space="preserve">Coupling of CFD and PBE Calculations to Simulate the Behavior of an Inclusion Population in a Gas-Stirring Ladle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Hugo</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio de Felice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Dussoubs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Henri Poisson</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal for Manufacturing Science and Production</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Metallurgical and Materials Transactions B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 45 (1), pp.13-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11663-013-9940-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/jmsp-2014-0052⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01290823v1</w:t>
+                <w:t xml:space="preserve">hal-01290867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling of CFD and PBE Calculations to Simulate the Behavior of an Inclusion Population in a Gas-Stirring Ladle</w:t>
+                <w:t xml:space="preserve">Arc Behaviour and Cathode Melting Process during VAR: an Experimental and Numerical Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chapelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashish Malik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Combeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallurgical and Materials Transactions B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISIJ international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 53 (2), pp.213-220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2355/isijinternational.53.213⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11663-013-9940-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01290867v1</w:t>
+                <w:t xml:space="preserve">hal-01291590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arc Behaviour and Cathode Melting Process during VAR: an Experimental and Numerical Study</w:t>
+                <w:t xml:space="preserve">Influence of Discretization of Permeability Term and Mesh Size on the Prediction of Channel Segregations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain Jardy</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arvind Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Chapelle</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Dussoubs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ashish Malik</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miha Založnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Combeau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISIJ international</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 27, pp.012039. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1757-899X/27/1/012039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2355/isijinternational.53.213⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01291590v1</w:t>
+                <w:t xml:space="preserve">hal-01710315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Discretization of Permeability Term and Mesh Size on the Prediction of Channel Segregations</w:t>
+                <w:t xml:space="preserve">3D modeling of the plasma co-spraying of two dissimilar materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arvind Kumar</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dussoubs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bernard Dussoubs</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Vardelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hervé Combeau</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fauchais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">High Temperature Material Processes: An International Quarterly of High-Technology Plasma Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15 (1), pp.39-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1615/HighTempMatProc.v15.i1.60⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1757-899X/27/1/012039⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01710315v1</w:t>
+                <w:t xml:space="preserve">hal-00702970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D modeling of the plasma co-spraying of two dissimilar materials</w:t>
+                <w:t xml:space="preserve">Corrigendum to &amp;quot;Call for contributions to a numerical benchmark problem for 2D columnar solidification of binary alloys&amp;quot; [Int. J. Thermal Sci. 48 (11) (2009) 2013-2016]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">B. Dussoubs</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Armelle Vardelle</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Combeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Fautrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gobin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High Temperature Material Processes: An International Quarterly of High-Technology Plasma Processes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 49 (7), pp.1318-1318. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2010.01.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1615/HighTempMatProc.v15.i1.60⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00702970v1</w:t>
+                <w:t xml:space="preserve">hal-00528029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrigendum to &amp;quot;Call for contributions to a numerical benchmark problem for 2D columnar solidification of binary alloys&amp;quot; [Int. J. Thermal Sci. 48 (11) (2009) 2013-2016]</w:t>
+                <w:t xml:space="preserve">Call for contributions to a numerical benchmark problem for 2D columnar solidification of binary alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Combeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Combeau</w:t>
+                <w:t xml:space="preserve">Y. Fautrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Fautrelle</w:t>
+                <w:t xml:space="preserve">D. Gobin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 49 (7), pp.1318-1318. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2010.01.001⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 48 (11), pp.2013-2016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2009.07.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...156 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00433162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId90"/>
+      <w:footerReference w:type="default" r:id="rId89"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5936,51 +5806,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="27E5D3C4"/>
+    <w:nsid w:val="B8C7CE49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6084,51 +5954,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="1CA673D0"/>
+    <w:nsid w:val="85B59F93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6232,51 +6102,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="064B4997"/>
+    <w:nsid w:val="770719CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6380,51 +6250,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="32647DC0"/>
+    <w:nsid w:val="A6334E50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6528,51 +6398,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="DDE04694"/>
+    <w:nsid w:val="3157E647"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6676,51 +6546,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="ECA22CF1"/>
+    <w:nsid w:val="B309A827"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6824,51 +6694,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="5F3F3D04"/>
+    <w:nsid w:val="F7CC3ACC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6972,51 +6842,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="F69733D4"/>
+    <w:nsid w:val="54ACA029"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7120,51 +6990,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="F9E41FFA"/>
+    <w:nsid w:val="9B1AACCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7268,51 +7138,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="3FF233D6"/>
+    <w:nsid w:val="3C14D909"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7416,51 +7286,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="4438145C"/>
+    <w:nsid w:val="A589275B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7564,51 +7434,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="02C3DDED"/>
+    <w:nsid w:val="A3110026"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7712,51 +7582,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="F4AD6CAC"/>
+    <w:nsid w:val="BA34A23D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7860,51 +7730,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="040F0B1B"/>
+    <w:nsid w:val="45564532"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8008,51 +7878,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="EBAEC82D"/>
+    <w:nsid w:val="B953201F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8156,51 +8026,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="1041AC66"/>
+    <w:nsid w:val="A63944C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8304,51 +8174,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="D02121C9"/>
+    <w:nsid w:val="40174661"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8452,51 +8322,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="A5228382"/>
+    <w:nsid w:val="EA1F9158"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8600,51 +8470,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="E8D3A287"/>
+    <w:nsid w:val="18280BD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8885,51 +8755,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bernard-dussoubs" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7507-4480" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/181561905" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/ACR-5271-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bernard.dussoubs@univ-lorraine.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/met10040490" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03792192" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313095v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baraa Qaddah" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Widad Ayadh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chapelle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rimbert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dussoubs" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354247v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chapelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dussoubs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Piaget" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03792192v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Chaulet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charmond" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Kharicha" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hans" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400914v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jardy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00714108v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Combeau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bellet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fautrelle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gobin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Arquis" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764774v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Denis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bellot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Douce" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Gautier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00613930v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00675486v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378597v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvind Kumar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miha Zaloznik" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00265646v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Patisson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ablitzer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03476584v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093816v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Haag" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Martens" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bellot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met10091152" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093736v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met10040490" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05170195v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Hugo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Escaffre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Poisson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11663-016-0694-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05032098v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290823v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jmsp-2014-0052" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290867v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio de Felice" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11663-013-9940-7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291590v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashish Malik" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2355/isijinternational.53.213" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01710315v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miha Zalo&#382;nik" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/27/1/012039" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702970v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Vardelle" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fauchais" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/HighTempMatProc.v15.i1.60" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00528029v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Combeau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fautrelle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gobin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rady" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2010.01.001" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W1FRW18J-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433162v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2009.07.024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CPWX91CS-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bernard-dussoubs" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7507-4480" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/181561905" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/ACR-5271-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bernard.dussoubs@univ-lorraine.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/met10040490" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:10" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03792192" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313095v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baraa Qaddah" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Widad Ayadh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chapelle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rimbert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dussoubs" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354247v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chapelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dussoubs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Piaget" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03792192v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Chaulet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charmond" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Kharicha" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hans" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400914v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jardy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00714108v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Combeau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bellet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fautrelle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gobin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Arquis" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764774v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Denis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bellot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Douce" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Gautier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00613930v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00675486v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378597v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvind Kumar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miha Zaloznik" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00265646v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Patisson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ablitzer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03476584v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093816v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Haag" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Martens" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bellot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met10091152" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093736v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met10040490" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05170195v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Hugo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Escaffre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Poisson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11663-016-0694-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290823v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jmsp-2014-0052" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290867v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio de Felice" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11663-013-9940-7" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291590v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashish Malik" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2355/isijinternational.53.213" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01710315v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miha Zalo&#382;nik" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/27/1/012039" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702970v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Vardelle" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fauchais" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/HighTempMatProc.v15.i1.60" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00528029v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Combeau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fautrelle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gobin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rady" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2010.01.001" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W1FRW18J-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433162v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2009.07.024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CPWX91CS-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>