--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -239,1545 +239,1545 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05534960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One mother for two species via obligate cross-species cloning in ants</w:t>
+                <w:t xml:space="preserve">CODABEILLES: a reliable reference library of COI DNA barcodes for French wild bees monitoring (Apoidea: Anthophila)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Juvé</w:t>
+                <w:t xml:space="preserve">Mélodie Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Lutrat</w:t>
+                <w:t xml:space="preserve">Anaïs Marquisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ha</w:t>
+                <w:t xml:space="preserve">Éric Dufrêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Weyna</w:t>
+                <w:t xml:space="preserve">Rémi Rudelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Lauroua</w:t>
+                <w:t xml:space="preserve">Rodolphe Rougerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 646 (8084), pp.372-377. </w:t>
+              <w:t xml:space="preserve">BMC Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (1), pp.121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41586-025-09425-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12862-025-02429-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05252088v2</w:t>
+                <w:t xml:space="preserve">hal-05383188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic tracing reveals the role of ornamental plant trade in the simultaneous spread of three invasive ant species in Western Europe</w:t>
+                <w:t xml:space="preserve">One mother for two species via obligate cross-species cloning in ants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovanny Destour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
+                <w:t xml:space="preserve">Y. Juvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Centanni</w:t>
+                <w:t xml:space="preserve">C. Lutrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zaynab Abdelli</w:t>
+                <w:t xml:space="preserve">A. Ha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudie Doums</w:t>
+                <w:t xml:space="preserve">A. Weyna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lauroua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.577⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 646 (8084), pp.372-377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-025-09425-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04617939v4</w:t>
+                <w:t xml:space="preserve">hal-05252088v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CODABEILLES: a reliable reference library of COI DNA barcodes for French wild bees monitoring (Apoidea: Anthophila)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic tracing reveals the role of ornamental plant trade in the simultaneous spread of three invasive ant species in Western Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Marquisseau</w:t>
+                <w:t xml:space="preserve">Giovanny Destour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Dufrêne</w:t>
+                <w:t xml:space="preserve">Julia Centanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Rudelle</w:t>
+                <w:t xml:space="preserve">Zaynab Abdelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolphe Rougerie</w:t>
+                <w:t xml:space="preserve">Claudie Doums</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 25 (1), pp.121. </w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.e67. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12862-025-02429-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05383188v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617939v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil unsealing in Mediterranean schoolyards: what factors drive ant communities?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of temperature and season on ant foraging activity of two invasive species in a Mediterranean urban area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanny Destour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Eydoux</w:t>
+                <w:t xml:space="preserve">Rumsaïs Blatrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+                <w:t xml:space="preserve">Aurélien Caries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Genevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban Ecosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11252-024-01608-z⟩</w:t>
+              <w:t xml:space="preserve">Ecological Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 49, pp.673-681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/een.13339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04698690v1</w:t>
+                <w:t xml:space="preserve">hal-04597120v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing the sustainable urbanism paradox: tipping points for the operational reconciliation of dense and green morphologies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soil unsealing in Mediterranean schoolyards: what factors drive ant communities?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Eydoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Boutreux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Bourgeois</w:t>
+                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Bellec</w:t>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Commeaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Kaufmann</w:t>
+                <w:t xml:space="preserve">Alan Vergnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Urban Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42949-024-00176-7⟩</w:t>
+              <w:t xml:space="preserve">Urban Ecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (6), pp.2543-2555. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11252-024-01608-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04662947v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04698690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the strategic role of urban green spaces for habitat connectivity in multi-family residential plots</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Addressing the sustainable urbanism paradox: tipping points for the operational reconciliation of dense and green morphologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Boutreux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Vuidel</w:t>
+                <w:t xml:space="preserve">Arnaud Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Savary</w:t>
+                <w:t xml:space="preserve">Fabien Commeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Piot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">B. Kaufmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban Forestry &amp; Urban Greening</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 99, pp.128471. </w:t>
+              <w:t xml:space="preserve">npj Urban Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (1), pp.38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ufug.2024.128471⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42949-024-00176-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04693393v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04662947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparative Analysis of Mitogenomes in Species of the Tapinoma nigerrimum Complex and Other Species of the Genus Tapinoma (Formicidae, Dolichoderinae)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing the strategic role of urban green spaces for habitat connectivity in multi-family residential plots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Boutreux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Areli Ruiz-Mena</w:t>
+                <w:t xml:space="preserve">Gilles Vuidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Mora</w:t>
+                <w:t xml:space="preserve">Paul Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Rico-Porras</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bernhard Seifert</w:t>
+                <w:t xml:space="preserve">Pauline Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/insects15120957⟩</w:t>
+              <w:t xml:space="preserve">Urban Forestry &amp; Urban Greening</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 99, pp.128471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ufug.2024.128471⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04833603v1</w:t>
+                <w:t xml:space="preserve">hal-04693393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of temperature and season on ant foraging activity of two invasive species in a Mediterranean urban area</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Giovanny Destour</w:t>
+                <w:t xml:space="preserve">A Comparative Analysis of Mitogenomes in Species of the Tapinoma nigerrimum Complex and Other Species of the Genus Tapinoma (Formicidae, Dolichoderinae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Areli Ruiz-Mena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rumsaïs Blatrix</w:t>
+                <w:t xml:space="preserve">Pablo Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Caries</w:t>
+                <w:t xml:space="preserve">José Rico-Porras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Genevet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
+                <w:t xml:space="preserve">Bernhard Seifert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Entomology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 49, pp.673-681. </w:t>
+              <w:t xml:space="preserve">Insects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (12), pp.957. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/een.13339⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/insects15120957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04597120v2</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04833603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrimination of conspecifics from heterospecifics in a hybrid zone: behavioural and chemical cues in ants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High resolution mapping in Southern France reveals that distributions of supercolonial and monodomous species in the Tapinoma nigerrimum complex (Hymenoptera: Formicidae) are related to sensitivity to urbanization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Centanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rumsaïs Blatrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Cordonnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
+                <w:t xml:space="preserve">Olivier Blight</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Simon</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adeline Dumet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5281/zenodo.4587186⟩</w:t>
+              <w:t xml:space="preserve">Myrmecological News</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32, pp.41-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25849/myrmecol.news_032:041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03182189v1</w:t>
+                <w:t xml:space="preserve">hal-03739534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The observed link between urbanization and invasion can depend on how invasion is measured</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Discrimination of conspecifics from heterospecifics in a hybrid zone: behavioural and chemical cues in ants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Cordonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Gippet</w:t>
+                <w:t xml:space="preserve">Gilles Escarguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Rocabert</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Mondy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversity and Distributions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ddi.13509⟩</w:t>
+              <w:t xml:space="preserve">Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (1), pp.276-288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.4587186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03635508v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution mapping in Southern France reveals that distributions of supercolonial and monodomous species in the Tapinoma nigerrimum complex (Hymenoptera: Formicidae) are related to sensitivity to urbanization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rumsaïs Blatrix</w:t>
+                <w:t xml:space="preserve">The observed link between urbanization and invasion can depend on how invasion is measured</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gippet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Rocabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théotime Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Blight</w:t>
+                <w:t xml:space="preserve">Julien Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Dumet</w:t>
+                <w:t xml:space="preserve">Hugo Tauru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Myrmecological News</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 32, pp.41-50. </w:t>
+              <w:t xml:space="preserve">Diversity and Distributions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (6), pp.1171-1179. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.25849/myrmecol.news_032:041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ddi.13509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03739534v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03635508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Land-cover and climate factors contribute to the prevalence of the ectoparasitic fungus Laboulbenia formicarum in its invasive ant host Lasius neglectus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme M.W. Gippet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théotime Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Grangier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Winkler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1835,1157 +1835,1157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03182209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of urbanization-climate interactions on range expansion in the invasive European pavement ant</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Invasive in the North: new latitudinal record for Argentine ants in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Pierre Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonsergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Malandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.baae.2020.02.003⟩</w:t>
+              <w:t xml:space="preserve">Insectes Sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 67 (2), pp.331-335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00040-020-00762-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02505326v1</w:t>
+                <w:t xml:space="preserve">hal-02948821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invasive in the North: new latitudinal record for Argentine ants in Europe</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of urbanization-climate interactions on range expansion in the invasive European pavement ant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Cordonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Escarguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insectes Sociaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 67 (2), pp.331-335. </w:t>
+              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 44, pp.46-54. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00040-020-00762-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.baae.2020.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02948821v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02505326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple mating in the context of interspecific hybridization between two Tetramorium ant species</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Adeline Dumet</w:t>
+                <w:t xml:space="preserve">Urbanization without isolation: the absence of genetic structure among cities and forests in the tiny acorn ant Temnothorax nylanderi.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Khimoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudie Doums</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Molet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Péronnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heredity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41437-020-0310-3⟩</w:t>
+              <w:t xml:space="preserve">Biology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (1), pp.20190741. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsbl.2019.0741⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02552773v1</w:t>
+                <w:t xml:space="preserve">hal-02464191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urbanization without isolation: the absence of genetic structure among cities and forests in the tiny acorn ant Temnothorax nylanderi.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Molet</w:t>
+                <w:t xml:space="preserve">Multiple mating in the context of interspecific hybridization between two Tetramorium ant species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Cordonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Escarguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Dumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 16 (1), pp.20190741. </w:t>
+              <w:t xml:space="preserve">Heredity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (5), pp.675-684. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rsbl.2019.0741⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41437-020-0310-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02464191v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02552773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropization level of Lascaux Cave microbiome shown by regional‐scale comparisons of pristine and anthropized caves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From hybridization to introgression between two closely related sympatric ant species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Cordonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Alonso</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Pommier</w:t>
+                <w:t xml:space="preserve">Thibault Gayet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Escarguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.15144⟩</w:t>
+              <w:t xml:space="preserve">Journal of Zoological Systematics and Evolutionary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 57, pp.778-788. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jzs.12297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02310389v1</w:t>
+                <w:t xml:space="preserve">hal-02328049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Range limits in sympatric cryptic species: a case study in Tetramorium pavement ants (Hymenoptera: Formicidae) across a biogeographical boundary</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gilles Escarguel</w:t>
+                <w:t xml:space="preserve">Anthropization level of Lascaux Cave microbiome shown by regional‐scale comparisons of pristine and anthropized caves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Alonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Dubost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chapulliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect conservation and diversity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/icad.12316⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (14), pp.3383-3394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.15144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02066002v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02310389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Webarmature : Observatoire diachronique du territoire lyonnais</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Range limits in sympatric cryptic species: a case study in Tetramorium pavement ants (Hymenoptera: Formicidae) across a biogeographical boundary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Cordonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Serge Fenet</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Dumet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Escarguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/cybergeo.32652⟩</w:t>
+              <w:t xml:space="preserve">Insect conservation and diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (2), pp.109-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/icad.12316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02458176v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02066002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale impacts of urbanization on species distribution within the genus Tetramorium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Cordonnier</w:t>
+                <w:t xml:space="preserve">Webarmature : Observatoire diachronique du territoire lyonnais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gauthiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Gibert Bret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Bellec</w:t>
+                <w:t xml:space="preserve">Serge Fenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles Escarguel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 34 (8), pp.1937-1948. </w:t>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 912, </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10980-019-00842-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.32652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02321416v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02458176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From hybridization to introgression between two closely related sympatric ant species</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+                <w:t xml:space="preserve">Multi-scale impacts of urbanization on species distribution within the genus Tetramorium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Cordonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Gayet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Corentin Gibert Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Escarguel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Zoological Systematics and Evolutionary Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 57, pp.778-788. </w:t>
+              <w:t xml:space="preserve">Landscape Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 34 (8), pp.1937-1948. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jzs.12297⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10980-019-00842-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02328049v1</w:t>
+                <w:t xml:space="preserve">hal-02321416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the multi-functionality of urban green spaces: Relations between components of green spaces and urban services</w:t>
               </w:r>
@@ -3407,51 +3407,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lengagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mondy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Behaviour</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 130, pp.251-261. </w:t>
@@ -3502,90 +3502,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I’m not like everybody else: urbanization factors shaping spatial distribution of native and invasive ants are species-specific</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme M.W. Gippet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mondy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julita Diallo-Dudek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Dumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urban Ecosystems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 20, pp.157-169. </w:t>
@@ -3792,51 +3792,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Léna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Fenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Pompanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3913,51 +3913,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Fenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Picart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4798,90 +4798,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Et si on végétalisait les parcelles des habitats collectifs lyonnais ? Évaluation de l’impact potentiel de politiques de végétalisation sur la connectivité écologique des habitats des espèces animales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boutreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Vuidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seizièmes Rencontres de Théo Quant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ThéMA - Théoriser et Modéliser pour Aménager (UMR 6049), Feb 2024, Besancon, France, France</w:t>
@@ -4923,51 +4923,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the strategic importance of vegetated areas in multi-dwelling units to restore ecological connectivity in the French metropolitan area of Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boutreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5005,51 +5005,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dénouer le compromis de l’urbanisme écologique en conciliant densification et végétalisation, une stratégie opérationnelle de maîtrise foncière de l’artificialisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boutreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5100,51 +5100,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminants paysagers et urbains des communautés végétales des espaces végétalisés du foncier privé collectif dans la métropole de Lyon.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Boutreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5195,103 +5195,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MoRIS: Model of Routes of Invasive Spread. Human-mediated dispersal, road network and invasion parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Gippet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Fenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Dumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Rocabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Conference on Ecology and Transportation: Integrating Transport Infrastructures with Living Landscapes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5316,90 +5316,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and evaluating human-mediated dispersal mechanisms at landscape scale: a study of road network and invasion parameters for Lasius neglectus ants invasive species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Gippet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Rocabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Fenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Dumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5575,51 +5575,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The individual-level approach: an original genetic field sampling scheme to optimize barrier detection in patchy populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Fenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pompanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5844,103 +5844,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of introduction routes of invasive ants of Tapinoma nigerrimum complex into French localities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanny Destour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Kaufmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Centanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Tauru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Gippet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. European Congress of Entomology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Heraklion, Greece</w:t>
@@ -5982,77 +5982,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of the activity patterns of two species of ants of the Tapinoma nigerrimum complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Javal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Vergnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Caries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Genevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Lecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6371,51 +6371,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534960v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Bellet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Cottet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lengagne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bourgeois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kaufmann" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252088v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Juv&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lutrat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ha" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Weyna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lauroua" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-09425-w" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617939v4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanny Destour" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Centanni" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaynab Abdelli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Doums" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.577" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05383188v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Ollivier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marquisseau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Rudelle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Rougerie" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-025-02429-0" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04698690v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Eydoux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jay-Robert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hedde" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Vergnes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11252-024-01608-z" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662947v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boutreux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Commeaux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kaufmann" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42949-024-00176-7" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693393v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vuidel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Savary" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Piot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2024.128471" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04833603v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areli Ruiz-Mena" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Mora" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Rico-Porras" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Seifert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects15120957" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04597120v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumsa&#239;s Blatrix" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Caries" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Genevet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.13339" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-03182189v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cordonnier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Escarguel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mondy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4587186" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635508v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gippet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Rocabert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;otime Colin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Grangier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Tauru" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13509" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739534v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blight" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Dumet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25849/myrmecol.news_032:041" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-03182209v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me M.W. Gippet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Winkler" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Haond" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.funeco.2021.101045" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02505326v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2020.02.003" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948821v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pierre Charrier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hervet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonsergent" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Charrier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Malandrin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00040-020-00762-9" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02552773v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-020-0310-3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464191v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Khimoun" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Molet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P&#233;ronnet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2019.0741" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02310389v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Alonso" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pommier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dubost" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapulliot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15144" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02066002v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12316" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02458176v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gauthiez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Fenet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.32652" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02321416v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gibert Bret" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-019-00842-7" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328049v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gayet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jzs.12297" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868025v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Belmeziti" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cherqui" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2018.07.014" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5HX291JN-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01493823v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berhard Seifert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario d'Eustacchio" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Centorame" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Lorite" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25849/myrmecol.news_024:123" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01723507v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Malard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Capderrey" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Churcheward" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eme" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13040" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607123v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Cayuela" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul L&#233;na" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2017.05.028" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01468153v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julita Diallo-Dudek" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11252-016-0576-7" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01415773v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arw100" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00968131v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prunier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pompanon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-013-0553-0" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00942596v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Picart" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.12499" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VRBKSWFB-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00876955v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jean" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Konecny-Dupr&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0076213" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00689809v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Grolet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Picard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2012.03116.x" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-70NX40SN-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00641392v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milien Luquet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Vorburger" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hervant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S10530-011-0010-2" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/130D4C4B69B7ED935B9A0E884DD0EE6CFECF85A7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00537396v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Martel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehanne Oudot-Canaff" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Piola" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2009.02746.x" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504893v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dumonteil" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314502v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Guerrin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461121v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725806v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627218v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627223v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01412280v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242828v2" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01111136v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Renault" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lalouette" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laparie" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Ouisse" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353154v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pompanon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908806v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lefevre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vernay" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Harpet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toulou Aurore" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Merlier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266688v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266701v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Javal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lecoq" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046534v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Julia Rollet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lacaze" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534960v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Bellet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylise Cottet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lengagne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bourgeois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kaufmann" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05383188v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Ollivier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Marquisseau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Rudelle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Rougerie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-025-02429-0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252088v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Juv&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lutrat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ha" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Weyna" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lauroua" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-09425-w" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617939v4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanny Destour" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Centanni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaynab Abdelli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Doums" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.577" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04597120v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumsa&#239;s Blatrix" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Caries" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Genevet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.13339" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04698690v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Eydoux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jay-Robert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hedde" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Vergnes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11252-024-01608-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662947v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boutreux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Commeaux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kaufmann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42949-024-00176-7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693393v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vuidel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Savary" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Piot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2024.128471" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04833603v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Areli Ruiz-Mena" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Mora" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Rico-Porras" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Seifert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects15120957" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739534v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blight" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Dumet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25849/myrmecol.news_032:041" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-03182189v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cordonnier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Escarguel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mondy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4587186" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635508v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gippet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Rocabert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;otime Colin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Grangier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Tauru" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13509" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-03182209v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me M.W. Gippet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Winkler" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Haond" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.funeco.2021.101045" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948821v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pierre Charrier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hervet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonsergent" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Charrier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Malandrin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00040-020-00762-9" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02505326v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2020.02.003" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464191v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Khimoun" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Molet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P&#233;ronnet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2019.0741" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02552773v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-020-0310-3" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328049v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gayet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jzs.12297" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02310389v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Alonso" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pommier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dubost" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapulliot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15144" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02066002v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12316" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02458176v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gauthiez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Fenet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.32652" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02321416v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gibert Bret" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-019-00842-7" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868025v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Belmeziti" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cherqui" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2018.07.014" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5HX291JN-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01493823v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berhard Seifert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario d'Eustacchio" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Centorame" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Lorite" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25849/myrmecol.news_024:123" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01723507v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Malard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Capderrey" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Churcheward" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eme" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13040" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607123v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Cayuela" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul L&#233;na" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2017.05.028" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01468153v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julita Diallo-Dudek" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11252-016-0576-7" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01415773v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/beheco/arw100" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00968131v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Prunier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pompanon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10592-013-0553-0" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00942596v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Picart" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.12499" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VRBKSWFB-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00876955v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jean" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Konecny-Dupr&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0076213" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00689809v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Grolet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Picard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2012.03116.x" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-70NX40SN-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00641392v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milien Luquet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Vorburger" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hervant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S10530-011-0010-2" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/130D4C4B69B7ED935B9A0E884DD0EE6CFECF85A7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00537396v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Martel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jehanne Oudot-Canaff" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Piola" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2009.02746.x" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504893v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dumonteil" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314502v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Guerrin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461121v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725806v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627218v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03627223v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01412280v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242828v2" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01111136v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Renault" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lalouette" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laparie" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Ouisse" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353154v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pompanon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908806v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lefevre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vernay" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Harpet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toulou Aurore" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Merlier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266688v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266701v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Javal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lecoq" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046534v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Julia Rollet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lacaze" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>