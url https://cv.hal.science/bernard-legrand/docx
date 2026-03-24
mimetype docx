--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1078,217 +1078,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03891247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magic compositions in Pd-Au nanoalloys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-MHz micro-electro-mechanical sensors for atomic force microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhu Beien</w:t>
+                <w:t xml:space="preserve">Jean-Paul Salvetat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Front Alexis</w:t>
+                <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hazar Guesmi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bernard Legrand</w:t>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Theron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational and Theoretical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.comptc.2016.12.023⟩</w:t>
+              <w:t xml:space="preserve">Ultramicroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 175, pp.46 - 57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultramic.2017.01.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01426928v1</w:t>
+                <w:t xml:space="preserve">hal-01765180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magic compositions in Pd-Au nanoalloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhu Beien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Front Alexis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazar Guesmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Creuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1297,344 +1297,374 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational and Theoretical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 1107, pp.49-56. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.comptc.2016.12.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03547790v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01426928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-MHz micro-electro-mechanical sensors for atomic force microscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Magic compositions in Pd-Au nanoalloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beien Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Front</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazar Guesmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Creuze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Didier Theron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultramicroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultramic.2017.01.005⟩</w:t>
+              <w:t xml:space="preserve">Computational and Theoretical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1107, pp.49-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.comptc.2016.12.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01765180v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03547790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environment dependence of magnetic moment and atomic level shifts within tight-binding approximation: An illustration in the case of cobalt</w:t>
+                <w:t xml:space="preserve">A Simple Fabrication Process Based on Micro-masonry for the Realization of Nanoplate Resonators with Integrated Actuation and Detection Schemes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Goyhenex</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Tréglia</w:t>
+                <w:t xml:space="preserve">Adhitya Bhaswara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hohyun Keum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seok Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.susc.2015.09.004⟩</w:t>
+              <w:t xml:space="preserve">Frontiers of Mechanical Engineering in China</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmech.2016.00001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01455014v1</w:t>
+                <w:t xml:space="preserve">hal-01960876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CO adsorption-induced surface segregation and formation of Pd chains on AuPd(100) alloy: density functional theory based ising model and Monte Carlo simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beien Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Creuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1642,523 +1672,493 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazar Guesmi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 120, pp.350-359. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b10158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01267581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Simple Fabrication Process Based on Micro-masonry for the Realization of Nanoplate Resonators with Integrated Actuation and Detection Schemes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
+                <w:t xml:space="preserve">Environment dependence of magnetic moment and atomic level shifts within tight-binding approximation: An illustration in the case of cobalt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Goyhenex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Tréglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers of Mechanical Engineering in China</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 2 (1), </w:t>
+              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 646 (SI), pp.261-268. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmech.2016.00001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.susc.2015.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01960876v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crossover among structural motifs in Pd–Au nanoalloys</w:t>
+                <w:t xml:space="preserve">Design and measurement of AFM probe based on MEMS resonator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Zhu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. Creuze</w:t>
+                <w:t xml:space="preserve">Zhuang Xiong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Mottet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C5CP00491H⟩</w:t>
+              <w:t xml:space="preserve">High Power Laser and Particle Beams</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (2), pp.024119-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11884/HPLPB201527.024119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01222110v1</w:t>
+                <w:t xml:space="preserve">hal-01961045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and measurement of AFM probe based on MEMS resonator</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crossover among structural motifs in Pd–Au nanoalloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Guesmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Creuze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhuang Xiong</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bernard Legrand</w:t>
+                <w:t xml:space="preserve">C. Mottet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High Power Laser and Particle Beams</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 27 (2), pp.024119-1. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17, pp.28129-28136. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11884/HPLPB201527.024119⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C5CP00491H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01961045v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01222110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface segregation in AuPd alloys: Ab initio analysis of the driving forces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Creuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazar Guesmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beien Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2345,1046 +2345,1046 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01247096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Dog-Bone Oscillating AFM Probe with Thermal Actuation and Piezoresistive Detection</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marc Faucher</w:t>
+                <w:t xml:space="preserve">Fabrication of nanoplate resonating structures via micro-masonry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adhitya Bhaswara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hohyun Keum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+                <w:t xml:space="preserve">S Rhee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 14 (11), pp.20667-20686. </w:t>
+              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24 (11), pp.115012. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s141120667⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0960-1317/24/11/115012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01960848v1</w:t>
+                <w:t xml:space="preserve">hal-01687810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative impedance characterization of sub-10 nm scale capacitors and tunnel junctions with an interferometric scanning microwave microscope</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Novel Dog-Bone Oscillating AFM Probe with Thermal Actuation and Piezoresistive Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuang Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fei Wang</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Hassan Tanbakuchi</w:t>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0957-4484/25/40/405704⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14 (11), pp.20667-20686. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s141120667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01960609v1</w:t>
+                <w:t xml:space="preserve">hal-01960848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two types of MEMS-based oscillating AFM probes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+                <w:t xml:space="preserve">Quantitative impedance characterization of sub-10 nm scale capacitors and tunnel junctions with an interferometric scanning microwave microscope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Ducatteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Troadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Tanbakuchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chinese Electron Microscopy Society </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 25 (40), pp.405703. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0957-4484/25/40/405704⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01960910v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01960609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication of nanoplate resonating structures via micro-masonry</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
+                <w:t xml:space="preserve">Two types of MEMS-based oscillating AFM probes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuang Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Chinese Electron Microscopy Society </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2, pp.137-141</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0960-1317/24/11/115012⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01687810v1</w:t>
+                <w:t xml:space="preserve">hal-01960910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting response of microelectromechanical resonators by microwave reflectometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Legrand</w:t>
+                <w:t xml:space="preserve">Evidence of Pd segregation and stabilization at edges of AuPd nano-clusters in the presence of CO: A combined DFT and DRIFTS study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beien Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Ducatteau</w:t>
+                <w:t xml:space="preserve">Gode Thrimurthulu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Theron</w:t>
+                <w:t xml:space="preserve">Laurent Delannoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Walter</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Catherine Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mottet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 308, pp.272-281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcat.2013.08.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4817411⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00871931v1</w:t>
+                <w:t xml:space="preserve">hal-03184658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of Pd segregation and stabilization at edges of AuPd nano-clusters in the presence of CO: A combined DFT and DRIFTS study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Piezoresistive ring-shaped AFM sensors with pico-newton force resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gode Thrimurthulu</w:t>
+                <w:t xml:space="preserve">Z. Xiong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Delannoy</w:t>
+                <w:t xml:space="preserve">B. Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Louis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Mottet</w:t>
+                <w:t xml:space="preserve">E. Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcat.2013.08.022⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Intelligent Mechatronics and Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3, pp.38-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4018/ijimr.2013010104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03184658v1</w:t>
+                <w:t xml:space="preserve">hal-00871948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piezoresistive ring-shaped AFM sensors with pico-newton force resolution</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+                <w:t xml:space="preserve">Detecting response of microelectromechanical resonators by microwave reflectometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ducatteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Buchaillot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">H. Tanbakuchi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Intelligent Mechatronics and Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 3, pp.38-52. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 103, pp.053124-1-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4018/ijimr.2013010104⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.4817411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00871948v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00871931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MEMS piezoresistive ring resonator for AFM imaging with pico-Newton force resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Xiong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Mairiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 23, pp.035016-1-10. </w:t>
@@ -3474,51 +3474,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Lasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ducatteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 84 (12), pp.123705. </w:t>
@@ -3667,364 +3667,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02990483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performances of the negative tone resist AZnLOF 2020 for nanotechnology applications</w:t>
+                <w:t xml:space="preserve">MEMS ring resonators for laserless AFM with sub-nanoNewton force resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Herth</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christophe Boyaval</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuang Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TNANO.2012.2196802⟩</w:t>
+              <w:t xml:space="preserve">Journal of Microelectromechanical Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21, pp.385-397. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JMEMS.2011.2179012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00787415v1</w:t>
+                <w:t xml:space="preserve">hal-00787407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MEMS ring resonators for laserless AFM with sub-nanoNewton force resolution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">Performances of the negative tone resist AZnLOF 2020 for nanotechnology applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Herth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Tilmant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Boyaval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microelectromechanical Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 21, pp.385-397. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 11 (4), pp.854-859. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JMEMS.2011.2179012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TNANO.2012.2196802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00787407v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00787415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of ohmic contact and adhesion on polysilicon in MEMS–NEMS wet etching process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Herth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microelectronic Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 88 (5), pp.724-728. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4181,741 +4181,741 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02990476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication of 24-MHz-disk resonators with silicon passive integration technology</w:t>
+                <w:t xml:space="preserve">Development of a new generation of active AFM tools for applications in liquids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Sworowski</w:t>
+                <w:t xml:space="preserve">A.S. Rollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Neuilly</w:t>
+                <w:t xml:space="preserve">D.F.L. Jenkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Hadj Dogheche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Philippe</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Electron Device Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 20, pp.085010-1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0960-1317/20/8/085010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LED.2009.2034542⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00548984v1</w:t>
+                <w:t xml:space="preserve">hal-00548990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Materials selection procedure for RF-MEMS</w:t>
+                <w:t xml:space="preserve">Optimization of SiNX:H films deposited by PECVD for reliability of electronic, microsystems and optical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Guisbiers</w:t>
+                <w:t xml:space="preserve">E. Herth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Herth</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">N. Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Lasri</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronic Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 50, pp.1103-1106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microrel.2010.04.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mee.2009.10.016⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00549627v1</w:t>
+                <w:t xml:space="preserve">hal-00549491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron beam nanolithography in AZnLOF 2020</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Materials selection procedure for RF-MEMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Guisbiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Herth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Herth</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Christophe Boyaval</w:t>
+                <w:t xml:space="preserve">N. Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Lasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microelectronic Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 87, pp.2057-2060. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mee.2009.12.079⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 87, pp.1792-1795. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mee.2009.10.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00548989v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00549627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of SiNX:H films deposited by PECVD for reliability of electronic, microsystems and optical applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Herth</w:t>
+                <w:t xml:space="preserve">Fabrication of 24-MHz-disk resonators with silicon passive integration technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sworowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Neuilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Summanwar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.microrel.2010.04.011⟩</w:t>
+              <w:t xml:space="preserve">IEEE Electron Device Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 31, pp.23-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LED.2009.2034542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00549491v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00548984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a new generation of active AFM tools for applications in liquids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A.S. Rollier</w:t>
+                <w:t xml:space="preserve">Electron beam nanolithography in AZnLOF 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Herth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.F.L. Jenkins</w:t>
+                <w:t xml:space="preserve">P. Tilmant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">El Hadj Dogheche</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Faucher</w:t>
+                <w:t xml:space="preserve">M. François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Boyaval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 20, pp.085010-1-11. </w:t>
+              <w:t xml:space="preserve">Microelectronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 87, pp.2057-2060. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0960-1317/20/8/085010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mee.2009.12.079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00548990v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00548989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design, fabrication, and operation of two-dimensional conveyance system with ciliary actuator arrays</w:t>
               </w:r>
@@ -4927,51 +4927,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ataka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5057,51 +5057,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Hourlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boyaval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5148,77 +5148,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and operation of a silicon ring resonator for force sensing applications above 1 MHz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5556,725 +5556,708 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00357278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete system for wireless powering and remote control of electrostatic actuators by inductive coupling</w:t>
+                <w:t xml:space="preserve">A silicon beam-based microcantilever nanoelectrosprayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Basset</w:t>
+                <w:t xml:space="preserve">S. Arscott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Kaiser</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">L. Buchaillot</w:t>
+                <w:t xml:space="preserve">Alison Ashcroft</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 12, pp.23-31. </w:t>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 125 (1), pp.72-78. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMECH.2006.886245⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2007.01.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00255847v1</w:t>
+                <w:t xml:space="preserve">hal-02347442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SOI-based nanoelectrospray emitter tips for mass spectrometry: a coupled MEMS and microfluidic design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Complete system for wireless powering and remote control of electrostatic actuators by inductive coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kaiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">S. Arscott</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0960-1317/17/3/013⟩</w:t>
+              <w:t xml:space="preserve">IEEE/ASME Transactions on Mechatronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 12, pp.23-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMECH.2006.886245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02347438v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00255847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards mechanical characterization of biomolecules by MNEMS tools</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SOI-based nanoelectrospray emitter tips for mass spectrometry: a coupled MEMS and microfluidic design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Ashcroft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Arscott</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEJ Transactions on Electrical and Electronic Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 2, pp.262-271. </w:t>
+              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 17 (3), pp.509-514. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/tee.20154⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0960-1317/17/3/013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00283054v1</w:t>
+                <w:t xml:space="preserve">hal-02347438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A silicon beam-based microcantilever nanoelectrosprayer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Arscott</w:t>
+                <w:t xml:space="preserve">Towards mechanical characterization of biomolecules by MNEMS tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Yamahata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Takekawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kumemura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEJ Transactions on Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 2, pp.262-271. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/tee.20154⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.snb.2007.01.040⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02347442v1</w:t>
+                <w:t xml:space="preserve">hal-00283054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled-resonator micromechanical filters with voltage tuneable bandpass characteristic in thick-film polysilicon technology</w:t>
+                <w:t xml:space="preserve">Stability and pull-in voltage of electrostatic parallel-plate actuators in liquid solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri Galayko</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Rollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreas Kaiser</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Dominique Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 16, pp.794-801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0960-1317/16/4/016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sna.2005.10.033⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01195973v1</w:t>
+                <w:t xml:space="preserve">hal-00128663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Site segregation in size-mismatched nanoalloys: Application to Cu–Ag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Creuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6309,977 +6292,994 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Tréglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 600 (22), pp.5011-5020. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.susc.2006.08.030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.susc.2006.08.030⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02355772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled-resonator micromechanical filters with voltage tunable bandpass characteristic in thickfilm polysilicon technology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupled-resonator micromechanical filters with voltage tuneable bandpass characteristic in thick-film polysilicon technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Galayko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Galayko</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Kaiser</w:t>
+                <w:t xml:space="preserve">Andreas Kaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C. Combi</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 126, pp.227-240</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2006, 126 (1), pp.227-240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sna.2005.10.033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00138651v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suppression of the pull-in instability for parallel-plate electrostatic actuators operated in dielectric liquids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupled-resonator micromechanical filters with voltage tunable bandpass characteristic in thickfilm polysilicon technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Galayko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kaiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Combi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 126, pp.227-240</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00128662v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00138651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete miscibility between different crystallographic structures : Monte Carlo simulations of Cu-Ag deposited on Cu(001)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Suppression of the pull-in instability for parallel-plate electrostatic actuators operated in dielectric liquids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Rollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 88 (3), pp.034105-1-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.2165282⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00108260v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00128662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon surface nano-oxidation using scanning probe microscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Stievenard</w:t>
+                <w:t xml:space="preserve">Complete miscibility between different crystallographic structures : Monte Carlo simulations of Cu-Ag deposited on Cu(001)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Braems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Tétot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Surface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 81, pp.112-140</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 74 (11), pp.113406</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00127846v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00108260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability and pull-in voltage of electrostatic parallel-plate actuators in liquid solutions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Rollier</w:t>
+                <w:t xml:space="preserve">Silicon surface nano-oxidation using scanning probe microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Stievenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Progress in Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 81, pp.112-140</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0960-1317/16/4/016⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00128663v1</w:t>
+                <w:t xml:space="preserve">hal-00127846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and experimental validation of sharpening mechanism based on thermal oxidation for fabrication of ultra-sharp silicon nanotips</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vincent Senez</w:t>
+                <w:t xml:space="preserve">Tunable passband T-filter electrostatically driven polysilicon micromechanical resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Galayko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Nanotechnology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 117, pp.115-120</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00125632v1</w:t>
+                <w:t xml:space="preserve">hal-00125630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable passband T-filter electrostatically driven polysilicon micromechanical resonators</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Kaiser</w:t>
+                <w:t xml:space="preserve">Modeling and experimental validation of sharpening mechanism based on thermal oxidation for fabrication of ultra-sharp silicon nanotips</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Agache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Ringot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Bigotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Senez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 4, pp.548-556. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TNANO.2005.851386⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00125630v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00125632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication and characterization of 1.1 GHz blade nanoelectromechanical resonator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Agache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiroyuki Fujita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7365,51 +7365,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Japanese Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 41, pp.L1339-L1341</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7434,77 +7434,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design, realization and testing of micro-mechanical resonators in thick-film silicon technology with postprocess electrode to resonator gap reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Galayko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Kaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7553,926 +7553,926 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00146391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the step covering on fatigue phenomenon for polycrystalline silicon micro-electro-mechanical-systems (MEMS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">O. Millet</w:t>
+                <w:t xml:space="preserve">Adhesive forces investigation on a silicon tip by contact mode atomic force microscope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Agache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">L. Buchaillot</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Japanese Journal of Applied Physics, part 2 : Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 81, pp.2623-2625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.1508806⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00250391v1</w:t>
+                <w:t xml:space="preserve">hal-00148768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrostatic micro actuators</w:t>
+                <w:t xml:space="preserve">Surface micro-machining : an overview</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Fujita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Toshiyoshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano et micro technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 2, pp.83-124</w:t>
+              <w:t xml:space="preserve">, 2002, 2, pp.35-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148761v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon nanowires with sub 10 nm lateral dimensions : from AFM lithography based fabrication to electrical measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of the step covering on fatigue phenomenon for polycrystalline silicon micro-electro-mechanical-systems (MEMS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">D. Stievenard</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vacuum Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 20, pp.862-870</w:t>
+              <w:t xml:space="preserve">Japanese Journal of Applied Physics, part 2 : Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 41, pp.L1339-L1341</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148765v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00250391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vacuum and cryogenic station for Micro-Electro-Mechanical Systems probing and testing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electrostatic micro actuators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Fujita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Toshiyoshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 73, pp.4393-4395</w:t>
+              <w:t xml:space="preserve">Nano et micro technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 2, pp.83-124</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00148782v1</w:t>
+                <w:t xml:space="preserve">hal-00148761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermally assisted formation of silicon islands on a silicon-on-insulator substrate</w:t>
+                <w:t xml:space="preserve">Silicon nanowires with sub 10 nm lateral dimensions : from AFM lithography based fabrication to electrical measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Deresmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Stievenard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Vacuum Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 20, pp.862-870</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00149668v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesive forces investigation on a silicon tip by contact mode atomic force microscope</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
+                <w:t xml:space="preserve">Thermally assisted formation of silicon islands on a silicon-on-insulator substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Agache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Nys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Melin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Senez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.1508806⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 91, pp.106-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.1420761⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148768v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00149668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface micro-machining : an overview</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vacuum and cryogenic station for Micro-Electro-Mechanical Systems probing and testing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Quévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Stefanelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano et micro technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 2, pp.35-50</w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 73, pp.4393-4395</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148781v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermally assisted formation of silicon islands on a silicon on insulator substrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Agache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Melin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Senez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 91, pp.106-111. </w:t>
@@ -8523,77 +8523,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of silicon islands on a silicon on insulator substrate upon thermal annealing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Agache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Senez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Stiévenard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8653,51 +8653,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atomic force microscope tip-surface behaviour under continuous bias or pulsed voltages in non contact mode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Stievenard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 76, pp.1018-1020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9073,264 +9073,320 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03395047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (103)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (105)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pushing AFM Boundaries with Optomechanics: From Ultra-High-Speed to Quantum Sensing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In-sensor computing with contactless MEMS: binary neurons for harsh environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Jourdan</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aleksandra Markovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armine Karami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Fanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Leti Innovation Days</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 IEEE SENSORS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Vancouver, Canada. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSORS59705.2025.11330918⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05137485v1</w:t>
+                <w:t xml:space="preserve">hal-05532759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leveraging the chaotic regime of a MEMS oscillator for gas detection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling of an all-mechanical in-sensor vibration classifier compatible with MEMS implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Marković</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armine Karami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pomme Hirschauer</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Martial Defoort</w:t>
+                <w:t xml:space="preserve">Hervé Fanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Galayko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinear Micro-Nanosystems symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Marne-la-Vallée, France</w:t>
+              <w:t xml:space="preserve">ISCAS 2026 - 2026 IEEE International Symposium on Circuits and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, May 2026, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05217868v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Temperature Dual-Rail Contactless MEMS Logic for Industrial Edge Computing</w:t>
               </w:r>
@@ -9355,10041 +9411,9995 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Laborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Fanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 IEEE 38th International Conference on Micro Electro Mechanical Systems (MEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Jan 2025, Kaohsiung, Taiwan. pp.542-545, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/MEMS61431.2025.10917966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05227846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TOWARDS UNVEILING THE HIDDEN DYNAMICS OF BACTERIORHODOPSIN WITH MEMS-BASED ATOMIC FORCE MICROSCOPY</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
+                <w:t xml:space="preserve">Pushing AFM Boundaries with Optomechanics: From Ultra-High-Speed to Quantum Sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Jourdan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 23rd International Conference on Solid-State Sensors, Actuators and Microsystems (Transducers)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Leti Innovation Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEA-LETI, Jun 2025, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05251930v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05137485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-Low-Power Logic with Contactless Capacitive MEMS</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Leveraging the chaotic regime of a MEMS oscillator for gas detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pomme Hirschauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Defoort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS 2022)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nonlinear Micro-Nanosystems symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Marne-la-Vallée, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03946985v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05217868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards near-zero-power logic gates based on capacitive MEMS devices operating in adiabatic regime</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+                <w:t xml:space="preserve">TOWARDS UNVEILING THE HIDDEN DYNAMICS OF BACTERIORHODOPSIN WITH MEMS-BASED ATOMIC FORCE MICROSCOPY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suyambulingam Subramanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Casuso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop nano, meso, micro: Science and innovation for radio and photonics, International Union of Radio Science, URSI France JS22</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 23rd International Conference on Solid-State Sensors, Actuators and Microsystems (Transducers)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Orlando, United States. pp.817-820, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/Transducers61432.2025.11110349⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03649053v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05251930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">130-MHz Optomechanical Vibrating Sensor: Towards High Bandwidth / Ultrasensitive Measurements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucien Schwab</w:t>
+                <w:t xml:space="preserve">Ultra-Low-Power Logic with Contactless Capacitive MEMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Markovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mazenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Laborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Fanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Etienne Allain</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Denis Lagrange</w:t>
+                <w:t xml:space="preserve">Gael Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 32nd International Conference on Micro Electro Mechanical Systems (MEMS 2019)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2019.8870718⟩</w:t>
+              <w:t xml:space="preserve">21st International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Salt Lake City, United States. pp.233-227, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS56853.2022.10007572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02371188v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03946985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optomechanics: a key towards next-generation experiments in atomic force microscopy?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards near-zero-power logic gates based on capacitive MEMS devices operating in adiabatic regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra Markovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Pillonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Quantum Metrology and Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Workshop nano, meso, micro: Science and innovation for radio and photonics, International Union of Radio Science, URSI France JS22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, URSI, Mar 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02407634v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03649053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive optical losses investigation of VLSI Silicon optomechanical ring resonator sensors</w:t>
+                <w:t xml:space="preserve">Optomechanics: a key towards next-generation experiments in atomic force microscopy?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Schwab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Marc Gely</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64th International Electron Devices Meeting (IEDM 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, Dec 2018, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">International Conference on Quantum Metrology and Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01963015v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02407634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite elements based reduced order models for nonlinear dynamics of piezoelectric and dielectric laminated micro/nanostructures</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cécile Fuinel</w:t>
+                <w:t xml:space="preserve">130-MHz Optomechanical Vibrating Sensor: Towards High Bandwidth / Ultrasensitive Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Etienne Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Banniard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mauran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROMECH Colloquium 603, Dynamics of micro and nano systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE 32nd International Conference on Micro Electro Mechanical Systems (MEMS 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Seoul, South Korea. pp.819-822, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2019.8870718⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01962993v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02371188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Invited] MEMS-based atomic force microscopy probes: from electromechanical to optomechanical vibrating sensors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc Faucher</w:t>
+                <w:t xml:space="preserve">[Invited] SMM characterization of Au nanodots and FcC11SH molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dargent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Ducatteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlene Brillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AVS 65th International Symposium &amp; Exhibition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Vacuum Society, Oct 2018, Long Beach, United States</w:t>
+              <w:t xml:space="preserve">XX Annual Linz Winter Workshop, Advances in Single-Molecule Research for Biology &amp; Nanoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Linz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01908666v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01962187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The gateone-project: a digital innovation hub accelerating innovation through ecosystem design and product trajectory</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T. Healy</w:t>
+                <w:t xml:space="preserve">[Invited] MEMS-based atomic force microscopy probes: from electromechanical to optomechanical vibrating sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Favero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference and Exhibition on Integrated Issues of Miniaturized Systems Smart Systems Integration SSI 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">AVS 65th International Symposium &amp; Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Vacuum Society, Oct 2018, Long Beach, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01962997v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01908666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Invited] SMM characterization of Au nanodots and FcC11SH molecules</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Charlene Brillard</w:t>
+                <w:t xml:space="preserve">Finite elements based reduced order models for nonlinear dynamics of piezoelectric and dielectric laminated micro/nanostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Givois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Grolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Deü</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Fuinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XX Annual Linz Winter Workshop, Advances in Single-Molecule Research for Biology &amp; Nanoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Linz, Austria</w:t>
+              <w:t xml:space="preserve">EUROMECH Colloquium 603, Dynamics of micro and nano systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01962187v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01962993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driving and sensing M/NEMS flexural vibration using dielectric transduction</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Comprehensive optical losses investigation of VLSI Silicon optomechanical ring resonator sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Schwab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Etienne Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Banniard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Fafin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Gely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st International Conference EUROSENSORS, EUROSENSORS 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">64th International Electron Devices Meeting (IEDM 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Dec 2018, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01962981v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-K thin films for simultaneous dielectric actuation and detection of M/NEMS flexural vibration</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Mazenq</w:t>
+                <w:t xml:space="preserve">The gateone-project: a digital innovation hub accelerating innovation through ecosystem design and product trajectory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Hamelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Andrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Bergaud</w:t>
+                <w:t xml:space="preserve">Bahaa El Roustom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Healy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Solid-State Sensors, Actuators and Microsystems TRANSDUCERS 17</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference and Exhibition on Integrated Issues of Miniaturized Systems Smart Systems Integration SSI 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Dresden, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01962426v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01962997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HIGH-K THIN FILMS AS DIELECTRIC TRANSDUCERS FOR FLEXURAL M/NEMS RESONATORS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId316" w:history="1">
+                <w:t xml:space="preserve">High-K thin films for simultaneous dielectric actuation and detection of M/NEMS flexural vibration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fuinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Laborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mazenq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khadim Daffé</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurent Mazenq</w:t>
+                <w:t xml:space="preserve">Christian Bergaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 29th IEEE International Conference on Micro Electro Mechanical Systems (MEMS 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, Jan 2016, Shanghai, China. </w:t>
+              <w:t xml:space="preserve">19th International Conference on Solid-State Sensors, Actuators and Microsystems TRANSDUCERS 17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Kaohsiung, Taiwan. </w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2016.7421850⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TRANSDUCERS.2017.7994155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01279717v1</w:t>
+                <w:t xml:space="preserve">hal-01962426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-masonry for the simple fabrication of nanoplate resonators with integrated electrostatic transduction transduction</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Driving and sensing M/NEMS flexural vibration using dielectric transduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Fuinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd International Conference on Micro and Nano Engineering, MNE 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">31st International Conference EUROSENSORS, EUROSENSORS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01962410v1</w:t>
+                <w:t xml:space="preserve">hal-01962981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of length and thickness of smart transduction layers on beam structures for control and M/NEMS applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+                <w:t xml:space="preserve">Micro-masonry for the simple fabrication of nanoplate resonators with integrated electrostatic transduction transduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adhitya Bhaswara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hohyun Keum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seok Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2015 Conference on Smart Materials Adaptive Structures and Intelligent Systems (SMASIS 2015)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">42nd International Conference on Micro and Nano Engineering, MNE 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Vienne, Austria</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01203144v1</w:t>
+                <w:t xml:space="preserve">hal-01962410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When capacitive transduction meets the thermomechanical limit: Towards femto-newton force sensors at very high frequency</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">E. Mairiaux</w:t>
+                <w:t xml:space="preserve">HIGH-K THIN FILMS AS DIELECTRIC TRANSDUCERS FOR FLEXURAL M/NEMS RESONATORS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Fuinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadim Daffé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Laborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mazenq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th IEEE Conference on Micro Electro Mechanical Systems, MEMS 2015</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2015.7050908⟩</w:t>
+              <w:t xml:space="preserve">The 29th IEEE International Conference on Micro Electro Mechanical Systems (MEMS 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jan 2016, Shanghai, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2016.7421850⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01962374v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01279717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the effective mass and stiffness of a micro resonator from a single optical characterization</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sub-10 nm-scale capacitors and tunnel junctions measurements by SMM coupled to RF interferometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dargent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ducatteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dambrine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamel Haddadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRANSDUCERS 2015 - 2015 18th International Solid-State Sensors, Actuators and Microsystems Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TRANSDUCERS.2015.7181397⟩</w:t>
+              <w:t xml:space="preserve">45th European Microwave Conference EuMC 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EuMC.2015.7345849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01687809v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01962399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-10 nm-scale capacitors and tunnel junctions measurements by SMM coupled to RF interferometry</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimization of length and thickness of smart transduction layers on beam structures for control and M/NEMS applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Fuinel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45th European Microwave Conference EuMC 2015</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/EuMC.2015.7345849⟩</w:t>
+              <w:t xml:space="preserve">ASME 2015 Conference on Smart Materials Adaptive Structures and Intelligent Systems (SMASIS 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Colorado Springs, United States. 9p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/SMASIS2015-8857⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01962399v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation quantitative des capacités sous échelle de 10 nm avec un interférométrique scanning-microwave-microscopy</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">David Troadec</w:t>
+                <w:t xml:space="preserve">Determination of the effective mass and stiffness of a micro resonator from a single optical characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adhitya Bhaswara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Dezest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liviu Nicu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Leichle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17èmes Journées Nationales du Réseau Doctoral en Micro-Nanoélectronique, JNRDM 2014</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">TRANSDUCERS 2015 - 2015 18th International Solid-State Sensors, Actuators and Microsystems Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Anchorage, United States. pp.2200-2203, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TRANSDUCERS.2015.7181397⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01018379v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01687809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of sub-10nm-scale capacitors and tunnel junctions by SMM coupled to RF interferometry</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hassan Tanbakuchi</w:t>
+                <w:t xml:space="preserve">When capacitive transduction meets the thermomechanical limit: Towards femto-newton force sensors at very high frequency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Houmadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Salvetat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mairiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Electrical Measurements at the Nanoscale Using AFM</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">28th IEEE Conference on Micro Electro Mechanical Systems, MEMS 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Estoril, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2015.7050908⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01962209v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01962374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new optimal design method for electrostatically actuated silicon-based MEMS: Application to a micro-gripper with large stroke and high force resolution</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Near-field microscopy: Is there an alternative to micro and nano resonating cantilevers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuang Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Conference on Engineering and Applied Sciences Optimization, OPT-i 2014</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Frequency Control Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Taipei, Taiwan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/FCS.2014.6859928⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01844451v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01962163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-field microscopy: Is there an alternative to micro and nano resonating cantilevers?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc Faucher</w:t>
+                <w:t xml:space="preserve">Caractérisation quantitative des capacités sous échelle de 10 nm avec un interférométrique scanning-microwave-microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Ducatteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Troadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Frequency Control Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">17èmes Journées Nationales du Réseau Doctoral en Micro-Nanoélectronique, JNRDM 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Villeneuve d'Ascq, France. 3 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/FCS.2014.6859928⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01962163v1</w:t>
+                <w:t xml:space="preserve">hal-01018379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a new generation of MEMS-based AFM probes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Buchaillot</w:t>
+                <w:t xml:space="preserve">Characterization of sub-10nm-scale capacitors and tunnel junctions by SMM coupled to RF interferometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Ducatteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Troadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Tanbakuchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Scanning Probe Microscopy Conference, ISPM 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Dijon, France</w:t>
+              <w:t xml:space="preserve">European Conference on Electrical Measurements at the Nanoscale Using AFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00878807v1</w:t>
+                <w:t xml:space="preserve">hal-01962209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interferometric scanning microwave microscope for nanotechnology application</w:t>
+                <w:t xml:space="preserve">A new optimal design method for electrostatically actuated silicon-based MEMS: Application to a micro-gripper with large stroke and high force resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Clement</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">H. Tanbakuchi</w:t>
+                <w:t xml:space="preserve">A. Grira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Nishiguchi</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C. Rotinat-Libersa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Physical Society March Meeting, APS March Meeting 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Baltimore, MD, United States</w:t>
+              <w:t xml:space="preserve">1st International Conference on Engineering and Applied Sciences Optimization, OPT-i 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Kos Island, Greece. pp.2407-2417</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00811777v1</w:t>
+                <w:t xml:space="preserve">cea-01844451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave reflectometry : a high-resolution technique for measuring vibration of capacitive microresonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ducatteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Theron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Tanbakuchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Conference on Solid-State Sensors, Actuators and Microsystems, TRANSDUCERS 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Barcelona, Spain. paper M3P.140, 566-569, Outstanding poster presentation award nomination, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/Transducers.2013.6626829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00877759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoscale capacitors study with an interferometric scanning microwave microscope</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gilles Dambrine</w:t>
+                <w:t xml:space="preserve">Interferometric scanning microwave microscope for nanotechnology application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dargent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Tanbakuchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Nishiguchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Sivakumarasamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Research Society Fall Meeting, MRS Fall 2013, Symposium LL : Advances in Scanning Probe Microscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Boston, MA, United States</w:t>
+              <w:t xml:space="preserve">American Physical Society March Meeting, APS March Meeting 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Baltimore, MD, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00944017v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00811777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">5.4 MHz dog-bone oscillating AFM probe with thermal actuation and piezoresistive detection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+                <w:t xml:space="preserve">Towards a new generation of MEMS-based AFM probes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th IEEE International Conference on Micro Electro Mechanical Systems, MEMS 2013</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Scanning Probe Microscopy Conference, ISPM 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Dijon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00809858v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00878807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SOL-like calibrated RF measurements at the nanoscale on a modified scanning microwave microscope</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Ducatteau</w:t>
+                <w:t xml:space="preserve">Nanoscale capacitors study with an interferometric scanning microwave microscope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Troadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Dambrine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Nano Measure Scientific Symposium, Nano Measure 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Stanford, CA, United States</w:t>
+              <w:t xml:space="preserve">Materials Research Society Fall Meeting, MRS Fall 2013, Symposium LL : Advances in Scanning Probe Microscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Boston, MA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00797722v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00944017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Invité] Apport des microsystèmes pour la microscopie à force atomique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Buchaillot</w:t>
+                <w:t xml:space="preserve">5.4 MHz dog-bone oscillating AFM probe with thermal actuation and piezoresistive detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuang Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée thématique trans-GDR '' Micromanipulation pour les Micro-Nano Systèmes ''</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">26th IEEE International Conference on Micro Electro Mechanical Systems, MEMS 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Taipei, Taiwan. pp.592-595, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2013.6474311⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00797716v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00809858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception and fabrication of piezo-resistive ring shaped AFM probe</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+                <w:t xml:space="preserve">DNA origami imaging with 10.9 MHz AFM MEMS probes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Xiong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th IEEE Conference on Micro Electro Mechanical Systems, MEMS 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, Paris, France. pp.547-550, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2012.6170180⟩</w:t>
+              <w:t xml:space="preserve">, 2012, Paris, France. pp.555-558, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2012.6170236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00801106v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00801107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-résonateurs haute fréquence pour la microscopie à force atomique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Mairiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Xiong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Forum des Microscopies à Sonde Locale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Saint-Jacut-de-la-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00797718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piezo-resistive ring-shaped AFM sensors with pico-newton force resolution</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">B. Walter</w:t>
+                <w:t xml:space="preserve">SOL-like calibrated RF measurements at the nanoscale on a modified scanning microwave microscope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Mairiaux</w:t>
+                <w:t xml:space="preserve">D. Ducatteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Tanbakuchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Faucher</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">D. Theron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Manipulation, Manufacturing and Measurement on the Nanoscale, 3M-NANO 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Xi'an, China. Paper ID 1200991, Best application paper award, 184-189</w:t>
+              <w:t xml:space="preserve">2nd Nano Measure Scientific Symposium, Nano Measure 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Stanford, CA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00801105v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00797722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-résonateurs haute fréquence pour la microscopie à force atomique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+                <w:t xml:space="preserve">Conception and fabrication of piezo-resistive ring shaped AFM probe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du GDR Micro Nano Systèmes-Micro Nano Fluidique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">25th IEEE Conference on Micro Electro Mechanical Systems, MEMS 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Paris, France. pp.547-550, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2012.6170180⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00797720v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00801106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA origami imaging with 10.9 MHz AFM MEMS probes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+                <w:t xml:space="preserve">[Invité] Apport des microsystèmes pour la microscopie à force atomique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Mairiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Xiong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th IEEE Conference on Micro Electro Mechanical Systems, MEMS 2012</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journée thématique trans-GDR '' Micromanipulation pour les Micro-Nano Systèmes ''</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Besançon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00801107v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00797716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">4.8 MHz AFM nanoprobes with capacitive transducers and batch-fabricated nanotips</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Piezo-resistive ring-shaped AFM sensors with pico-newton force resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIème Congrès Général de la Société Française de Physique, SFP 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Manipulation, Manufacturing and Measurement on the Nanoscale, 3M-NANO 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Xi'an, China. Paper ID 1200991, Best application paper award, 184-189</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00807202v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00801105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal design of non intuitive compliant microgripper with high resolution</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+                <w:t xml:space="preserve">Micro-résonateurs haute fréquence pour la microscopie à force atomique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Mairiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS 2011</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Nationales du GDR Micro Nano Systèmes-Micro Nano Fluidique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Bordeaux, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00800034v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00797720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IMPROVE-LM - Imaging probe for vacuum environment and liquid medium</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">[Invité] Apport des micro et nano-systèmes pour la microscopie à force atomique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuang Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Algre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales Nanosciences et Nanotechnologies, J3N 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00807209v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00807204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Invité] Apport des micro et nano-systèmes pour la microscopie à force atomique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">IMPROVE-LM - Imaging probe for vacuum environment and liquid medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Aime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales Nanosciences et Nanotechnologies, J3N 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00807204v1</w:t>
+                <w:t xml:space="preserve">hal-00807209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">4.8 MHz AFM nanoprobes with capacitive transducers and batch-fabricated nanotips</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+                <w:t xml:space="preserve">Optimal design of non intuitive compliant microgripper with high resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Grira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rotinat-Libersa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th International Conference on Micro Electro Mechanical Systems, MEMS 2011</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems, IROS 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, San Francisco, CA, United States. pp.45-50, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IROS.2011.6048665⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2011.5734475⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00579045v1</w:t>
+                <w:t xml:space="preserve">hal-00800034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Invité] Micro et nanorésonateurs électromécaniques radio-fréquences. Principes et applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">4.8 MHz AFM nanoprobes with capacitive transducers and batch-fabricated nanotips</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Ben-Amar</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuang Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TELECOM'2011 &amp; 7èmes Journées Franco-Maghrébines des Micro-ondes et leurs Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Tanger, Maroc. CDROM, papier 554, 1-6</w:t>
+              <w:t xml:space="preserve">XXIème Congrès Général de la Société Française de Physique, SFP 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00806730v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00807202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception and fabrication of silicon ring resonator with piezo-resistive detection for force sensing applications</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">4.8 MHz AFM nanoprobes with capacitive transducers and batch-fabricated nanotips</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuang Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2011 International Mechanical Engineering Congress &amp; Exposition, IMECE 2011</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">24th International Conference on Micro Electro Mechanical Systems, MEMS 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Cancun, Mexico. pp.517-520, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2011.5734475⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00800036v1</w:t>
+                <w:t xml:space="preserve">hal-00579045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception and fabrication of silicon ring resonator with piezo-resistive detection for force sensing applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Buchaillot</w:t>
+                <w:t xml:space="preserve">[Invité] Micro et nanorésonateurs électromécaniques radio-fréquences. Principes et applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Algre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ben-Amar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes Journées Nationales du GDR Micro et Nano Systèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Lyon, France</w:t>
+              <w:t xml:space="preserve">TELECOM'2011 &amp; 7èmes Journées Franco-Maghrébines des Micro-ondes et leurs Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Tanger, Maroc. CDROM, papier 554, 1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00808200v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improve-LM imaging probe for vacuum environment and liquid medium</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+                <w:t xml:space="preserve">Conception and fabrication of silicon ring resonator with piezo-resistive detection for force sensing applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">R. Boisgard</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du Réseau National en Nanosciences et en Nanotechnologies, J3N 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Lille, France</w:t>
+              <w:t xml:space="preserve">ASME 2011 International Mechanical Engineering Congress &amp; Exposition, IMECE 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Denver, CO, United States. pp.IMECE2011-65083-1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00808210v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00800036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface microscopy with laserless MEMS based AFM probes</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Atomic force probe using silicon ring resonator conception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd IEEE International Conference on Micro Electro Mechanical Systems, MEMS 2010</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">5èmes Journées Nationales du GDR Micro et Nano Systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2010.5442509⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00549972v1</w:t>
+                <w:t xml:space="preserve">hal-00808199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic force probe using silicon ring resonator conception</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+                <w:t xml:space="preserve">Conception and fabrication of silicon ring resonator with piezo-resistive detection for force sensing applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Mairiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes Journées Nationales du GDR Micro et Nano Systèmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00808199v1</w:t>
+                <w:t xml:space="preserve">hal-00808200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tip-matter interaction measurements using MEMS ring resonators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Algre</w:t>
+                <w:t xml:space="preserve">Improve-LM imaging probe for vacuum environment and liquid medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mairiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Boisgard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum des Microscopies à Sonde Locale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Hardelot, France</w:t>
+              <w:t xml:space="preserve">Journées du Réseau National en Nanosciences et en Nanotechnologies, J3N 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00575264v1</w:t>
+                <w:t xml:space="preserve">hal-00808210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tip-matter interaction measurements using MEMS ring resonators</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">Surface microscopy with laserless MEMS based AFM probes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Solid State Sensors, Actuators and Microsystems, Transducers 2009</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">23rd IEEE International Conference on Micro Electro Mechanical Systems, MEMS 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Hong Kong, China. pp.292-295, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2010.5442509⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SENSOR.2009.5285774⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00474451v1</w:t>
+                <w:t xml:space="preserve">hal-00549972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Q and low-RM 24-MHz radial-contour mode disk resonators fabricated with silicon passive integration technology</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Neuilly</w:t>
+                <w:t xml:space="preserve">Tip-matter interaction measurements using MEMS ring resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Algre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Solid State Sensors, Actuators and Microsystems, Transducers 2009</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Forum des Microscopies à Sonde Locale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Hardelot, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00474452v1</w:t>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00575264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une nouvelle génération de sonde de microscopie à force atomique à base de micro et nano-systèmes électromécaniques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tip-matter interaction measurements using MEMS ring resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Algre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Walter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4èmes Journées Nationales en Nanosciences et Nanotechnologies, J3N 2009</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th International Conference on Solid State Sensors, Actuators and Microsystems, Transducers 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Denver, CO, United States. pp.1638-1641, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSOR.2009.5285774⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00575271v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00474451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of IN-IC integrable in-plane nanometer scale resonators fabricated by a silicon on nothing advanced CMOS technology</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Casset</w:t>
+                <w:t xml:space="preserve">High-Q and low-RM 24-MHz radial-contour mode disk resonators fabricated with silicon passive integration technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sworowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Neuilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Renaux</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Summanwar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st IEEE International Conference on Micro Electro Mechanical Systems, MEMS 2008</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2008.4443831⟩</w:t>
+              <w:t xml:space="preserve">15th International Conference on Solid State Sensors, Actuators and Microsystems, Transducers 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, USA, United States. pp.2114-2117, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSOR.2009.5285623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-00320830v1</w:t>
+                <w:t xml:space="preserve">hal-00474452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposition of atomic force probes based on silicon ring-resonators</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vers une nouvelle génération de sonde de microscopie à force atomique à base de micro et nano-systèmes électromécaniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Algre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Walter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Solid-State Sensors, Actuators and Microsystems, Transducers'07</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">4èmes Journées Nationales en Nanosciences et Nanotechnologies, J3N 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00284391v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00575271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact multilayer piezoresistive gauge for in-plane strain measurement in liquids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Bureau</w:t>
+                <w:t xml:space="preserve">Characterization of IN-IC integrable in-plane nanometer scale resonators fabricated by a silicon on nothing advanced CMOS technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Casset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Renaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Solid-State Sensors, Actuators and Microsystems, Transducers'07</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SENSOR.2007.4300621⟩</w:t>
+              <w:t xml:space="preserve">21st IEEE International Conference on Micro Electro Mechanical Systems, MEMS 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Tucson - AZ, United States. pp.1016-1019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2008.4443831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00284392v1</w:t>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-00320830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High yield grafting of carbon nanotube on ultra-sharp silicon nanotips: Mechanical characterization and AFM imaging</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Compact multilayer piezoresistive gauge for in-plane strain measurement in liquids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Bureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th IEEE International Conference on Micro Electro Mechanical Systems (MEMS 2007)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14th International Conference on Solid-State Sensors, Actuators and Microsystems, Transducers'07</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Lyon, France. pp.2267-2270, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSOR.2007.4300621⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01553035v1</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00284392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résonateurs électromécaniques : principe et applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proposition of atomic force probes based on silicon ring-resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Rollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Segueni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole Thématique CNRS : Microsystèmes acoustiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14th International Conference on Solid-State Sensors, Actuators and Microsystems, Transducers'07</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, France. pp.1529-1532, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSOR.2007.4300436⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00367378v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00284391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High yield grafting of carbon nanotube on ultra-sharp silicon nanotips : mechanical characterization and AFM imaging</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId410" w:history="1">
+                <w:t xml:space="preserve">High yield grafting of carbon nanotube on ultra-sharp silicon nanotips: Mechanical characterization and AFM imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. S. Rollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Marsaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. M. Bonnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th IEEE International Conference on Micro Electro Mechanical Systems, MEMS 2007</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">20th IEEE International Conference on Micro Electro Mechanical Systems (MEMS 2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Unknown, Unknown Region. pp.878-+</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00284388v1</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01553035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro et nanomécanique, MEMS et NEMS</w:t>
+                <w:t xml:space="preserve">Résonateurs électromécaniques : principe et applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole CNRS : Nanosciences et Nanotechnologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Autrans, France</w:t>
+              <w:t xml:space="preserve">Ecole Thématique CNRS : Microsystèmes acoustiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00128667v1</w:t>
+                <w:t xml:space="preserve">hal-00367378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-machined actuators for the friction driven micro-motor</w:t>
-[...46 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High yield grafting of carbon nanotube on ultra-sharp silicon nanotips : mechanical characterization and AFM imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Rollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Marsaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Bonnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th IEEE International Conference on Micro Electro Mechanical Systems, MEMS 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Japan. pp.851-854, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2007.4433179⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00128670v1</w:t>
+                <w:t xml:space="preserve">hal-00284388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon nanotweezers with adjustable and controlable gap for the manipulation and characterization of DNA molecules</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electrostatic actuators operating in liquid environment: suppression of pull-in instability and dynamic response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Rollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2006, pp.244-249</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Hosogi</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-00147724v1</w:t>
+                <w:t xml:space="preserve">hal-00128674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrostatic actuators operating in liquid environment: suppression of pull-in instability and dynamic response</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Micro et nanomécanique, MEMS et NEMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2006, pp.244-249</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecole CNRS : Nanosciences et Nanotechnologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Autrans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00128674v1</w:t>
+                <w:t xml:space="preserve">hal-00128667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallel-plate electrostatic actuators in liquids : displacement-voltage optimisation for microfluidic applications</w:t>
+                <w:t xml:space="preserve">Micro-machined actuators for the friction driven micro-motor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2006, pp.718-721</w:t>
+              <w:t xml:space="preserve">2006, pp.211-214</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00128668v1</w:t>
+                <w:t xml:space="preserve">hal-00128670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-low voltage MEMS resonator based on RSG-MOSFET</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Silicon nanotweezers with adjustable and controlable gap for the manipulation and characterization of DNA molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Yamahata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Takekawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Abele</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">K. Segueni</w:t>
+                <w:t xml:space="preserve">K. Ayano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Boucart</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bernard Legrand</w:t>
+                <w:t xml:space="preserve">M. Hosogi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kumemura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2006, pp.882-885</w:t>
+              <w:t xml:space="preserve">2006, 4 pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00128669v1</w:t>
+                <w:t xml:space="preserve">hal-00147724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ELECTROSTATIC ACTUATORS OPERATING IN LIQUID ENVIRONMENT : SUPPRESSION OF PULL-IN INSTABILITY AND DYNAMIC RESPONSE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultra-low voltage MEMS resonator based on RSG-MOSFET</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Abele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Segueni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.-S. Rollier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Faucher</w:t>
+                <w:t xml:space="preserve">K. Boucart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Casset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2006, Stresa, Lago Maggiore, Italy. 6 p</w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2006, pp.882-885</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00189294v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00128669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">a total miscibility of two metallic elements with different crystallographic structures in the surface</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Parallel-plate electrostatic actuators in liquids : displacement-voltage optimisation for microfluidic applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, PARIS, France</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Rollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2006, pp.718-721</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00108262v1</w:t>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00128668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MEMS reliability : metrology set-up for investigation of fatigue causes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ELECTROSTATIC ACTUATORS OPERATING IN LIQUID ENVIRONMENT : SUPPRESSION OF PULL-IN INSTABILITY AND DYNAMIC RESPONSE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Rollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DTIP 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2006, Stresa, Lago Maggiore, Italy. 6 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Blanrue</w:t>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-00125627v1</w:t>
+                <w:t xml:space="preserve">hal-00189294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microsystèmes : principales applications et contexte national</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Collard</w:t>
+                <w:t xml:space="preserve">a total miscibility of two metallic elements with different crystallographic structures in the surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Braems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Tétot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecoles Nanosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Anglet, France</w:t>
+              <w:t xml:space="preserve">European Conference on Surface Science ECOSS 24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00126216v1</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00108262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1.1 GHz silicon blade nano-electromechanical resonator featuring 20 nm gap lateral transducers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stiction drive operation of micromotors : direct and reverse rotation control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, pp.57-60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2005.1453882⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00125628v1</w:t>
+                <w:t xml:space="preserve">hal-00125661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">solubilité complète en surface entre deux métaux de structure cristllographique différente</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Robert Tétot</w:t>
+                <w:t xml:space="preserve">Electrostatic actuators operating in liquid environment : position control without pull-in effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Rollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, 2005, LYON, France</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, pp.341-346</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00108263v1</w:t>
+                <w:t xml:space="preserve">hal-00128651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Friction driven micromotors with both clockwise and counterclockwise rotations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reliability of non-released microstructures : failure analysis and innovative solution process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Blanrue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...33 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Troyes, France</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, pp.840-842</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04279573v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00125662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 2D feedback conveyance with ciliary actuator arrays</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Ataka</w:t>
+                <w:t xml:space="preserve">solubilité complète en surface entre deux métaux de structure cristllographique différente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Braems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Creuse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Tétot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">2005, pp.31-34</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JSI 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, LYON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00125659v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00108263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of vertical vibration of electrostatically actuated resonators using Atomic Force Microscope in noncontact mode</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
+                <w:t xml:space="preserve">1.1 GHz silicon blade nano-electromechanical resonator featuring 20 nm gap lateral transducers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Agache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroyuki Fujita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 13th International Conference on Solid-State Sensors, Actuators and Microsystems, 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2005, Seoul, South Korea. pp.2023-2026, </w:t>
+              <w:t xml:space="preserve">18th IEEE International Conference on Micro Electro Mechanical Systems, 2005. MEMS 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2005, Miami Beach, United States. pp.121-124, </w:t>
             </w:r>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SENSOR.2005.1497499⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/MEMSYS.2005.1453882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00125631v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00125628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RF blade nano-electromechanical resonator with self-aligned process for definition of lateral electrostatic transducers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Agache</w:t>
+                <w:t xml:space="preserve">Microsystèmes : principales applications et contexte national</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Design, Test, Integration and Packaging of MEMS/MOEMS, DTIP 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Montreux, Switzerland. pp.26-31</w:t>
+              <w:t xml:space="preserve">Ecoles Nanosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00128656v1</w:t>
+                <w:t xml:space="preserve">hal-00126216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability of non-released microstructures : failure analysis and innovative solution process</w:t>
+                <w:t xml:space="preserve">MEMS reliability : metrology set-up for investigation of fatigue causes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Blanrue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">2005, pp.840-842</w:t>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, pp.483-486</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00125662v1</w:t>
+                <w:t xml:space="preserve">hal-00125627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tensile stress determination in silicon nitride membrane by AFM characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A.S. Rollier</w:t>
+                <w:t xml:space="preserve">The 2D feedback conveyance with ciliary actuator arrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ataka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M. Lagouge</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">2005, pp.828-831</w:t>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Fujita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, pp.31-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00125660v1</w:t>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00125659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microsystèmes, résonateurs électromécaniques : où cela nous mène-t-il ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
+                <w:t xml:space="preserve">RF blade nano-electromechanical resonator with self-aligned process for definition of lateral electrostatic transducers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Agache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroyuki Fujita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole Nanosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Anglet, France</w:t>
+              <w:t xml:space="preserve">Symposium on Design, Test, Integration and Packaging of MEMS/MOEMS, DTIP 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Montreux, Switzerland. pp.26-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00126215v1</w:t>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00128656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D self-assembling of SU-8 microstructures on silicon by plasma induced compressive stress</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Bureau</w:t>
+                <w:t xml:space="preserve">Characterization of vertical vibration of electrostatically actuated resonators using Atomic Force Microscope in noncontact mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Agache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Nakamura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Kawakatsu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Solid-State Sensors, Actuators and Microsystems, 2005. Digest of Technical Papers. TRANSDUCERS '05.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SENSOR.2005.1496348⟩</w:t>
+              <w:t xml:space="preserve">The 13th International Conference on Solid-State Sensors, Actuators and Microsystems, 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2005, Seoul, South Korea. pp.2023-2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSOR.2005.1497499⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00128655v1</w:t>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00125631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actionneurs électrostatiques complètement isolés : fabrication, fonctionnement et caractérisation en milieu liquide</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Friction driven micromotors with both clockwise and counterclockwise rotations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Collard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04203498v1</w:t>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micromachined actuators for friction driven linear micro-motors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tensile stress determination in silicon nitride membrane by AFM characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Rollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">L. Buchaillot</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Deresmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lagouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Hyogo, Japan</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, pp.828-831</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00131348v1</w:t>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00125660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanotechnologie, micro et nanosystèmes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Microsystèmes, résonateurs électromécaniques : où cela nous mène-t-il ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Agache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Quévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Rollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Ringot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème Colloque International TELECOM'2005 &amp; 4èmes Journées Franco-Magrhébines des Micro-ondes et leurs Applications, JFMMA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Rabat, Maroc</w:t>
+              <w:t xml:space="preserve">Ecole Nanosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00126233v1</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00126215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrostatic actuators operating in liquid environment : position control without pull-in effect</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A.S. Rollier</w:t>
+                <w:t xml:space="preserve">Actionneurs électrostatiques complètement isolés : fabrication, fonctionnement et caractérisation en milieu liquide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Rollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2005, pp.341-346</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00128651v1</w:t>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04203498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stiction drive operation of micromotors : direct and reverse rotation control</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D self-assembling of SU-8 microstructures on silicon by plasma induced compressive stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Bureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...27 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th International Conference on Solid-State Sensors, Actuators and Microsystems, 2005. Digest of Technical Papers. TRANSDUCERS '05.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2005, Seoul, South Korea. pp.19-22, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSOR.2005.1496348⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00125661v1</w:t>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00128655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability of polycrystalline MEMS : prediction of the debugging-time</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Micromachined actuators for friction driven linear micro-motors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium for Testing and Failure Analysis, ISTFA 2004</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Worcester, MA, United States</w:t>
+              <w:t xml:space="preserve">Proceedings of the Fifth International Symposium on Linear Drive for Industry Applications, LDIA 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Hyogo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00141030v1</w:t>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00131348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of individual bio-cells with thermally actuated probe arrays</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nanotechnologie, micro et nanosystèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Beomjoon Kim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonimaging Optics and Efficient Illumination Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2004, Denver, CO, United States. pp.425-429</w:t>
+              <w:t xml:space="preserve">5ème Colloque International TELECOM'2005 &amp; 4èmes Journées Franco-Magrhébines des Micro-ondes et leurs Applications, JFMMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Rabat, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00141170v1</w:t>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00126233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An original methodology to assess fatigue behavior in RF MEMS devices</w:t>
+                <w:t xml:space="preserve">Predictive modelling of the fatigue phenomenon for polycristalline structural layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Amsterdam, Netherlands</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2004, pp.145-148</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00141031v1</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00141028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TP de nanotechnologie : réalisation et observation de nanofils de silicium à l'aide de l'AFM</w:t>
               </w:r>
@@ -19451,2021 +19461,2270 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00133919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive modelling of the fatigue phenomenon for polycristalline structural layers</w:t>
+                <w:t xml:space="preserve">An original methodology to assess fatigue behavior in RF MEMS devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-              <w:t xml:space="preserve">2004, pp.145-148</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Microwave Week</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00141028v1</w:t>
+                <w:t xml:space="preserve">hal-00141031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microelectromechanical coupled resonsator IF filters with variable bandwidth in thick-film epitaxial polysilicon technology</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Kaiser</w:t>
+                <w:t xml:space="preserve">Characterization of individual bio-cells with thermally actuated probe arrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.H. Cho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">2003, pp.F23-F26</w:t>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beomjoon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nonimaging Optics and Efficient Illumination Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2004, Denver, CO, United States. pp.425-429</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00146406v1</w:t>
+                <w:t xml:space="preserve">hal-00141170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermally actuated probe arrays for manipulation and characterization of individual bio-cell</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">F. Conseil</w:t>
+                <w:t xml:space="preserve">Reliability of polycrystalline MEMS : prediction of the debugging-time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRANSDUCERS '03. 12th International Conference on Solid-State Sensors, Actuators and Microsystems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Symposium for Testing and Failure Analysis, ISTFA 2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Worcester, MA, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00146460v1</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00141030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of failure mechanisms for optimized MEMS CAD : design, fabrication and characterization of in situ test benches</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
+                <w:t xml:space="preserve">Modeling and experimental validation of silicon nanotip oxidation : towards a nanoelectromechanical filter application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Agache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Bigotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Senez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Conference on Solid-State Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2003, Boston, United States. pp.1578-1581, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SENSOR.2003.1217081⟩</w:t>
+              <w:t xml:space="preserve">, Jun 2003, Boston, United States. pp.1287-1290, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSOR.2003.1217008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00146440v1</w:t>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00146438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultimate technology for micromachining of nanometric gap HF micromechanical resonators</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId476" w:history="1">
+                <w:t xml:space="preserve">Tapping-mode HF nanometric lateral gap resonators : experimental and theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Quevy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2003, pp.157-160</w:t>
+              <w:t xml:space="preserve">2003, pp.879-882</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00146462v1</w:t>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00146456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tapping-mode HF nanometric lateral gap resonators : experimental and theory</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thermally actuated probe arrays for manipulation and characterization of individual bio-cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beomjoon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lagouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Conseil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRANSDUCERS '03. 12th International Conference on Solid-State Sensors, Actuators and Microsystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2003, Boston, MA, United States. pp.1255-1258, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSOR.2003.1217000⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Quevy</w:t>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-00146456v1</w:t>
+                <w:t xml:space="preserve">hal-00146460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and experimental validation of silicon nanotip oxidation : towards a nanoelectromechanical filter application</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrice Bigotte</w:t>
+                <w:t xml:space="preserve">Microelectromechanical coupled resonsator IF filters with variable bandwidth in thick-film epitaxial polysilicon technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Galayko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...17 lines deleted...]
-            </w:hyperlink>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003, pp.F23-F26</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00146438v1</w:t>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00146406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of clamped-clamped beam resonator in thick-film epitaxial polysilicon technology</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Kaiser</w:t>
+                <w:t xml:space="preserve">Modeling of failure mechanisms for optimized MEMS CAD : design, fabrication and characterization of in situ test benches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Agache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...31 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th International Conference on Solid-State Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2003, Boston, United States. pp.1578-1581, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSOR.2003.1217081⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148736v1</w:t>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00146440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of adhesive forces on a silicon nanotip force microscope in contact mode</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Agache</w:t>
+                <w:t xml:space="preserve">Ultimate technology for micromachining of nanometric gap HF micromechanical resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Quevy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...43 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003, pp.157-160</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148788v1</w:t>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00146462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception de résonateurs micromécaniques pour les filtres IF dans la technologie de couches épaisses épitaxiées</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Kaiser</w:t>
+                <w:t xml:space="preserve">Study of adhesive forces on a silicon nanotip force microscope in contact mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Agache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque CAO des Circuits Intégrés et Systèmes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Design, Test, Integration, and Packaging of MEMS/MOEMS 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2002, Cannes, France. pp.601-612, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.462861⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148748v1</w:t>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Architecture level center frequency drift compensation method for micro-mechanical filters used in IF stages of wireless telecommunication receivers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dimitri Galayko</w:t>
+                <w:t xml:space="preserve">Conception de résonateurs micromécaniques pour les filtres IF dans la technologie de couches épaisses épitaxiées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Galayko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Design, Test, Integration, and Packaging of MEMS/MOEMS, DTIP 2002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2002, Canne, France. pp.136-142</w:t>
+              <w:t xml:space="preserve">Colloque CAO des Circuits Intégrés et Systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId484" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148741v1</w:t>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-frequency high-Q micro-mechanical resonators in thick epipoly technology with post-process gap adjustment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Design of clamped-clamped beam resonator in thick-film epitaxial polysilicon technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Galayko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Kaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Combi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2002, pp.665-668</w:t>
+              <w:t xml:space="preserve">2002, pp.447-450</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148737v1</w:t>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IF MEMS filters for mobile communication</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Quevy</w:t>
+                <w:t xml:space="preserve">Architecture level center frequency drift compensation method for micro-mechanical filters used in IF stages of wireless telecommunication receivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Billoint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Galayko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Galayko</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Andreas Kaiser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Design, Test, Integration, and Packaging of MEMS/MOEMS, DTIP 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2002, Canne, France. pp.136-142</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Renaux</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-00152458v1</w:t>
+                <w:t xml:space="preserve">hal-00148741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microsystem technology : trends and possible application for textile</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-frequency high-Q micro-mechanical resonators in thick epipoly technology with post-process gap adjustment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Galayko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kaiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Combi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, 2001, Lille, France</w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2002, pp.665-668</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00152473v1</w:t>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microsystème : enjeux et perspectives</w:t>
+                <w:t xml:space="preserve">Microsystem technology : trends and possible application for textile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée IMAPS : International Microelectronics and Packaging Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, Lille, France</w:t>
+              <w:t xml:space="preserve">Conference on Modern Textile Factory, HIGHTEX 2001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00158539v1</w:t>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00152473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">IF MEMS filters for mobile communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Quevy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Galayko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Renaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Combi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2001, pp.733-736</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00152458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Microsysteme : un état des lieux, enjeux et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48èmes Journées Nationales de l'Union des Physiciens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00158538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microsystème : enjeux et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Collard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Buchaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée IMAPS : International Microelectronics and Packaging Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00158539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unveiling Hidden Dynamics of Biological Process with Optomechanical AFM with sub-µs time resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suyambulingham Subramanian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chérif Bélacel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Favero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the GDR MecaQ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Grenoble, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04819714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Speed Atomic Force Microscope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -21524,51 +21783,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NI-Week 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Austin, TX, United States. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01529673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21578,141 +21837,141 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro et nanorésonateurs radio-fréquence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Leray J.L., Boudenot J.C., Gautier J. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La micro-nano électronique, enjeux et mutations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS ÉDITIONS, pp.239-242, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00575789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21722,433 +21981,433 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Système pour détecter des réponses d'un dispositif résonateur micro-électromécanique (MEMS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Tanbakuchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Theron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ducatteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N° de brevet: FR2985251 (A1). 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00846338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonde pour microscopie à force atomique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Buchaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Aime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Couturier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N° de brevet: FR2915803 (A1). 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00372090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circuit superhétérodyne à filtre passe-bande de sélection de canal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Kaiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Billoint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Galayko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N° de brevet: FR2836765 (A1). 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00372460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détecteur infrarouge semi-conducteur et son procédé de fabrication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Stievenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Delerue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR2791474 (A1) 2000-09-29. 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00372676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22158,153 +22417,153 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution au domaine des actionneurs et résonateurs microélectromécaniques. Applications à la nanocaractérisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00799254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration et caractérisation physique par microscopie à champ proche de nanostructures semi-conductrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00158616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22314,51 +22573,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is There Really a Size effect on the Surface Energy of Nanoparticles ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Amara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -22410,152 +22669,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Alloyeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03310351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetism: the Driving Force of Order in CoPt. A First-Principles Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sondes Karoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Amara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ducastelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00691274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22565,51 +22824,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'une platine de déplacements nanométriques pour la réalisation d'un Microscope à Force Atomique (AFM) rapide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mazenq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -22665,51 +22924,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] LAAS-CNRS. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03603368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22719,105 +22978,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CONTRIBUTION AU DOMAINE DES ACTIONNEURS ET RÉSONATEURS MICRO-‐ÉLECTROMÉCANIQUES. APPLICATIONS À LA NANO­‐CARACTÉRISATION.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Louis Amand Legrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Micro et nanotechnologies/Microélectronique. Université des Sciences et Technologie de Lille - Lille I, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00706851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId514"/>
+      <w:footerReference w:type="default" r:id="rId518"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -22964,51 +23223,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04689661v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Markovi&#263;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Lefebvre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mazenq" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Charlot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc G&#233;ly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JOM.4.3.033501" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765006v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Berthier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Legrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2022.118610" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863659v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Amara" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaysen Nelayah" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Creuze" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Chmielewski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Alloyeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.105.165403" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326075v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Schwab" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P E Allain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mauran" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dollat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41378-022-00364-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02974151v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lagrange" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Schwab" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2020.3028737" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01908683v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Etienne Allain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Mismer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Mairiaux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NR09690F" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547785v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Front" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Tr&#233;glia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mottet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2018.08.024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891247v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tr&#233;glia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426928v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhu Beien" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Front Alexis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazar Guesmi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2016.12.023" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547790v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beien Zhu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01765180v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Salvetat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Walter" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Faucher" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Theron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2017.01.005" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455014v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goyhenex" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2015.09.004" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267581v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b10158" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01960876v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adhitya Bhaswara" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hohyun Keum" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mathieu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seok Kim" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmech.2016.00001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222110v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Zhu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guesmi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Creuze" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mottet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CP00491H" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01961045v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuang Xiong" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11884/HPLPB201527.024119" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01378430v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2015.04.017" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-70L5F4X3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247096v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Faure" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bonin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duran" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Amato" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Arsene-Ploetze" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-5164-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01960848v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Buchaillot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s141120667" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01960609v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Wang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cl&#233;ment" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ducatteau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Troadec" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Tanbakuchi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/25/40/405704" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01960910v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687810v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rhee" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/24/11/115012" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871931v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ducatteau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Theron" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Walter" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tanbakuchi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4817411" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184658v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gode Thrimurthulu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delannoy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Louis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2013.08.022" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZTX35SK7-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871948v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Xiong" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mairiaux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faucher" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Buchaillot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/ijimr.2013010104" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795965v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/23/3/035016" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00922585v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dargent" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Haddadi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lasri" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4848995" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990483v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Maras" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braems" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.054205" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787415v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herth" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Algre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tilmant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Fran&#231;ois" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boyaval" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2012.2196802" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787407v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JMEMS.2011.2179012" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300269v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Algr&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2010.06.032" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0TP59QXW-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990476v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/SSP.172-174.664" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548984v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sworowski" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Neuilly" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Summanwar" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Philippe" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LED.2009.2034542" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549627v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guisbiers" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Herth" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rolland" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2009.10.016" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-43XCZQ9J-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548989v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tilmant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2009.12.079" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26RNHW9S-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549491v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2010.04.011" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-58R0ZLBC-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548990v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Rollier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.F.L. Jenkins" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadj Dogheche" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/20/8/085010" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-5GPRXW43-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472723v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ataka" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Collard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fujita" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2008.2004770" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471951v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hourlier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perrot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/JNanoR.6.215" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472725v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Boisgard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/19/11/115009" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-NFPJTHNQ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00320837v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Durand" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Casset" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Renaux" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Abel&#233;" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LED.2008.919781" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357278v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yamahata" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Takekawa" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kumemura" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JMEMS.2008.922080" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255847v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Basset" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kaiser" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2006.886245" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347438v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Ashcroft" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arscott" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/17/3/013" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-9P95K165-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00283054v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tee.20154" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347442v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2007.01.040" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C01J7M3C-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195973v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Galayko" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kaiser" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Collard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2005.10.033" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5P3MSDLC-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02355772v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moreno" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2006.08.030" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GQT838XZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138651v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Galayko" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Combi" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128662v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Rollier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2165282" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108260v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert T&#233;tot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00127846v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stievenard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128663v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/16/4/016" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-GD7X2380-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125632v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Agache" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Ringot" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bigotte" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Senez" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2005.851386" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125630v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125633v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroyuki Fujita" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1929873" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146435v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Millet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146391v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00250391v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148761v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Toshiyoshi" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148765v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Deresmes" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148782v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Qu&#233;vy" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Stefanelli" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149668v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nys" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Melin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1420761" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148768v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1508806" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148781v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152464v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158537v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Sti&#233;venard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.126603" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158646v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158644v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grandidier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.M. Niquet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Nys" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Priester" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395620v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/20920" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395640v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/20650" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395047v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/20510" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05137485v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jourdan" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05217868v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pomme Hirschauer" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dufour" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Defoort" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05227846v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Laborde" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fanet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMS61431.2025.10917966" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05251930v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suyambulingam Subramanian" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Casuso" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Transducers61432.2025.11110349" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946985v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Markovic" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Fanet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Pillonnet" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS56853.2022.10007572" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03649053v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02371188v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Allain" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Banniard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2019.8870718" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02407634v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Allain" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01963015v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Banniard" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fafin" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gely" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962993v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Givois" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Grolet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois De&#252;" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fuinel" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01908666v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Favero" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962997v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Hamelin" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Andrieux" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chartier" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahaa El Roustom" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Healy" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962187v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Brillard" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962981v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962426v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bergaud" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2017.7994155" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279717v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadim Daff&#233;" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2016.7421850" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962410v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203144v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/SMASIS2015-8857" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962374v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Houmadi" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Salvetat" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2015.7050908" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687809v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dezest" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Nicu" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leichle" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2015.7181397" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962399v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wang" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dambrine" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuMC.2015.7345849" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018379v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962209v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01844451v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grira" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rotinat-Libersa" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962163v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FCS.2014.6859928" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878807v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811777v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Clement" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nishiguchi" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sivakumarasamy" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877759v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Transducers.2013.6626829" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944017v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809858v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2013.6474311" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797722v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797716v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801106v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2012.6170180" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797718v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801105v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797720v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801107v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2012.6170236" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807202v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800034v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2011.6048665" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807209v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Aime" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807204v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579045v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2011.5734475" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806730v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben-Amar" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800036v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808200v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808210v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boisgard" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549972v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2010.5442509" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808199v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575264v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474451v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2009.5285774" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474452v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lallemand" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2009.5285623" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575271v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00320830v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2008.4443831" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284391v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Segueni" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2007.4300436" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284392v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bureau" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2007.4300621" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553035v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Rollier" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernard" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marsaudon" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Bonnot" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367378v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284388v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Bonnot" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2007.4433179" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128667v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128670v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147724v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ayano" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hosogi" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128674v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128668v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128669v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abele" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Boucart" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Casset" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00189294v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Rollier" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108262v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125627v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Blanrue" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126216v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125628v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2005.1453882" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108263v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Creuse" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279573v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125659v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125631v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nakamura" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kawakatsu" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2005.1497499" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128656v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125662v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Muller" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125660v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lagouge" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126215v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Qu&#233;vy" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Millet" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128655v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2005.1496348" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203498v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131348v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126233v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128651v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125661v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141030v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bertrand" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141170v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.H. Cho" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beomjoon Kim" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141031v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133919v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Happy" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141028v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146406v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146460v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lagouge" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Conseil" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2003.1217000" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146440v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2003.1217081" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146462v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Quevy" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146456v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146438v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2003.1217008" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148736v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148788v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.462861" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148748v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148741v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Billoint" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148737v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152458v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Renaux" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152473v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158539v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158538v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04819714v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suyambulingham Subramanian" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif B&#233;lacel" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01529673v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575789v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Durand" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846338v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372090v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Couturier" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372460v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Billoint" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372676v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delerue" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799254v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158616v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310351v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00691274v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Karoui" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ducastelle" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603368v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00706851v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Louis Amand Legrand" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04689661v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Markovi&#263;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Lefebvre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mazenq" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Charlot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc G&#233;ly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JOM.4.3.033501" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765006v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Berthier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Legrand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2022.118610" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863659v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Amara" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaysen Nelayah" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Creuze" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Chmielewski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Alloyeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.105.165403" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326075v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Schwab" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P E Allain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mauran" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dollat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41378-022-00364-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02974151v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lagrange" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Schwab" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2020.3028737" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01908683v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Etienne Allain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Mismer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Mairiaux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NR09690F" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547785v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Front" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Tr&#233;glia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mottet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2018.08.024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891247v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tr&#233;glia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01765180v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Salvetat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Walter" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Faucher" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Theron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2017.01.005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426928v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhu Beien" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Front Alexis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazar Guesmi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2016.12.023" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547790v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beien Zhu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01960876v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adhitya Bhaswara" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hohyun Keum" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mathieu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seok Kim" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmech.2016.00001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267581v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b10158" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455014v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goyhenex" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2015.09.004" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01961045v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuang Xiong" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11884/HPLPB201527.024119" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222110v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Zhu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guesmi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Creuze" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mottet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CP00491H" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01378430v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2015.04.017" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-70L5F4X3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247096v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Faure" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bonin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duran" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Amato" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Arsene-Ploetze" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-5164-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687810v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rhee" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/24/11/115012" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01960848v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Buchaillot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s141120667" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01960609v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Wang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cl&#233;ment" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ducatteau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Troadec" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Tanbakuchi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/25/40/405704" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01960910v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184658v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gode Thrimurthulu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delannoy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Louis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2013.08.022" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZTX35SK7-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871948v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Xiong" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Walter" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mairiaux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faucher" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Buchaillot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/ijimr.2013010104" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871931v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ducatteau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Theron" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tanbakuchi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4817411" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795965v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/23/3/035016" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00922585v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dargent" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Haddadi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lasri" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4848995" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990483v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Maras" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braems" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.054205" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787407v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Algre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JMEMS.2011.2179012" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787415v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herth" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tilmant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Fran&#231;ois" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boyaval" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2012.2196802" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300269v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Algr&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2010.06.032" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0TP59QXW-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990476v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/SSP.172-174.664" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548990v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Rollier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.F.L. Jenkins" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadj Dogheche" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/20/8/085010" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-5GPRXW43-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549491v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Herth" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rolland" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2010.04.011" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-58R0ZLBC-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549627v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guisbiers" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2009.10.016" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-43XCZQ9J-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548984v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sworowski" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Neuilly" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Summanwar" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Philippe" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LED.2009.2034542" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548989v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tilmant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2009.12.079" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26RNHW9S-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472723v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ataka" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Collard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Fujita" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2008.2004770" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471951v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hourlier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perrot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/JNanoR.6.215" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472725v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Boisgard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/19/11/115009" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-NFPJTHNQ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00320837v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Durand" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Casset" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Renaux" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Abel&#233;" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LED.2008.919781" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00357278v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yamahata" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Takekawa" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kumemura" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JMEMS.2008.922080" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347442v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arscott" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Ashcroft" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2007.01.040" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C01J7M3C-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255847v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Basset" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kaiser" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMECH.2006.886245" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347438v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/17/3/013" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-9P95K165-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00283054v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tee.20154" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128663v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Rollier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Collard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0960-1317/16/4/016" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-GD7X2380-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02355772v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moreno" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2006.08.030" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GQT838XZ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195973v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Galayko" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kaiser" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2005.10.033" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5P3MSDLC-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138651v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Galayko" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Combi" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128662v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2165282" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108260v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert T&#233;tot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00127846v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stievenard" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125630v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125632v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Agache" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Ringot" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bigotte" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Senez" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2005.851386" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125633v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroyuki Fujita" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1929873" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146435v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Millet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146391v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148768v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1508806" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148781v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Toshiyoshi" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00250391v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148761v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148765v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Deresmes" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149668v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nys" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Melin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1420761" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148782v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Qu&#233;vy" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Stefanelli" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152464v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158537v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Sti&#233;venard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.126603" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158646v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158644v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grandidier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.M. Niquet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Nys" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Priester" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395620v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/20920" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395640v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/20650" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395047v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/20510" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532759v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Markovic" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armine Karami" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fanet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS59705.2025.11330918" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562234v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05227846v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Laborde" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMS61431.2025.10917966" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05137485v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jourdan" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05217868v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pomme Hirschauer" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dufour" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Defoort" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05251930v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suyambulingam Subramanian" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Casuso" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Transducers61432.2025.11110349" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946985v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Fanet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Pillonnet" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS56853.2022.10007572" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03649053v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02407634v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Allain" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02371188v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Allain" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Banniard" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2019.8870718" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962187v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Brillard" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01908666v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Favero" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962993v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Givois" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Grolet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois De&#252;" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fuinel" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01963015v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Banniard" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fafin" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gely" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962997v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Hamelin" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Andrieux" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chartier" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahaa El Roustom" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Healy" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962426v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bergaud" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2017.7994155" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962981v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962410v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279717v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadim Daff&#233;" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2016.7421850" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962399v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wang" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dambrine" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuMC.2015.7345849" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203144v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/SMASIS2015-8857" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687809v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dezest" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Nicu" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leichle" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2015.7181397" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962374v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Houmadi" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Salvetat" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2015.7050908" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962163v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FCS.2014.6859928" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018379v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962209v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01844451v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grira" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rotinat-Libersa" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877759v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Transducers.2013.6626829" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811777v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Clement" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nishiguchi" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sivakumarasamy" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878807v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944017v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809858v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2013.6474311" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801107v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2012.6170236" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797718v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797722v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801106v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2012.6170180" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797716v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801105v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797720v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807204v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807209v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Aime" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800034v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2011.6048665" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807202v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00579045v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2011.5734475" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806730v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ben-Amar" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800036v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808199v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808200v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808210v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boisgard" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549972v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2010.5442509" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575264v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474451v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2009.5285774" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474452v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lallemand" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2009.5285623" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575271v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00320830v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2008.4443831" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284392v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bureau" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2007.4300621" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284391v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Segueni" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2007.4300436" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553035v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Rollier" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernard" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marsaudon" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Bonnot" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367378v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284388v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Bonnot" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2007.4433179" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128674v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128667v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128670v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147724v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ayano" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hosogi" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128669v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abele" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Boucart" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Casset" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128668v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00189294v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Rollier" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108262v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125661v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128651v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125662v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Muller" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Blanrue" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108263v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Creuse" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125628v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MEMSYS.2005.1453882" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126216v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125627v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125659v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128656v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125631v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nakamura" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kawakatsu" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2005.1497499" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279573v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125660v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lagouge" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126215v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Qu&#233;vy" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Millet" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203498v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128655v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2005.1496348" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131348v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126233v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141028v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bertrand" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133919v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Happy" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141031v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141170v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.H. Cho" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beomjoon Kim" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141030v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146438v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2003.1217008" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146456v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Quevy" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146460v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lagouge" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Conseil" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2003.1217000" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146406v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146440v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSOR.2003.1217081" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146462v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148788v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.462861" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148748v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148736v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148741v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Billoint" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148737v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152473v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152458v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Renaux" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158538v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158539v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04819714v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suyambulingham Subramanian" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif B&#233;lacel" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01529673v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575789v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Durand" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846338v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372090v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Couturier" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372460v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Billoint" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372676v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delerue" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799254v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00158616v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310351v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00691274v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Karoui" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ducastelle" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603368v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00706851v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Louis Amand Legrand" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>