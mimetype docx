--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -475,273 +475,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05496743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Film-forming Amines in the Conditions of Secondary Circuit: Interaction between Magnetite Surface and Octadecylamine</w:t>
+                <w:t xml:space="preserve">Electrochemical impedance spectroscopy investigation of the role of alloying elements (Cr, Fe) on the passive film properties of Ni based alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jung-Eun Lee</w:t>
+                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Marcelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adèle Astorg</w:t>
+                <w:t xml:space="preserve">Jules Galipaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Vansteene</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Zhiheng Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th international conference on Film forming substances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Prato (Italy), Italy</w:t>
+              <w:t xml:space="preserve">3rd Conference &amp; Expo AMPP Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Genes, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04884636v1</w:t>
+                <w:t xml:space="preserve">hal-04884625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical impedance spectroscopy investigation of the role of alloying elements (Cr, Fe) on the passive film properties of Ni based alloys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study of Film-forming Amines in the Conditions of Secondary Circuit: Interaction between Magnetite Surface and Octadecylamine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jung-Eun Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+                <w:t xml:space="preserve">Adèle Astorg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Vansteene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Tireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Conference &amp; Expo AMPP Chapter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Genes, Italy</w:t>
+              <w:t xml:space="preserve">7th international conference on Film forming substances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Prato (Italy), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04884625v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accelerated Discovery of Corrosion Resistant Materials for Molten Salt Applications</w:t>
               </w:r>
@@ -1217,485 +1217,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05494679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scaling formation impact on metallic materials corrosion in artificial geothermal solution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriela Aristia</w:t>
+                <w:t xml:space="preserve">Impedance model of oxide layers composed of an inner and an outer layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Mary</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Tribollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francois Ropital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings Worls Geothermal Cogress 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Pekin, China</w:t>
+              <w:t xml:space="preserve">74th Annual meeting of International Society of Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04884700v1</w:t>
+                <w:t xml:space="preserve">hal-04884664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impedance model of oxide layers composed of an inner and an outer layer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+                <w:t xml:space="preserve">Scaling formation impact on metallic materials corrosion in artificial geothermal solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Aristia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bernard Tribollet</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Ropital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74th Annual meeting of International Society of Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Proceedings Worls Geothermal Cogress 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Pekin, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04884664v1</w:t>
+                <w:t xml:space="preserve">hal-04884700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon nitrides PECVD thin films for enhancing copper corrosion resistance in microelectronic</w:t>
+                <w:t xml:space="preserve">Contribution of Electrochemical methods to investigate Cu/Al2O3 system dedicated to microelectronic application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Haeffele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Broussous</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Kowalzcyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74th Annual Meeting of the International Society of Electrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04884676v1</w:t>
+                <w:t xml:space="preserve">hal-04884863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of Electrochemical methods to investigate Cu/Al2O3 system dedicated to microelectronic application</w:t>
+                <w:t xml:space="preserve">Silicon nitrides PECVD thin films for enhancing copper corrosion resistance in microelectronic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Haeffele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Broussous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Kowalzcyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74th Annual Meeting of the International Society of Electrochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04884863v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiolysis induced by proton irradiation at the steel-316L/aqueous solution interface: Role of energy deposition</w:t>
               </w:r>
@@ -1925,1175 +1925,1175 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04884685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrosion protection performance evaluation of epoxy/LDH-EDDS coatings for XC38 carbon steel</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Camille Blivet</w:t>
+                <w:t xml:space="preserve">Study of film-forming amines in the conditions of secondary circuit of PWR: Interaction between Magnetite and Octadecylamine at Different Temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jung-Eun Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Astorg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Leroux Fabrice</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">the 5th International Conference on Film Forming Substances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Virtual conference (covid), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04884712v1</w:t>
+                <w:t xml:space="preserve">hal-04884783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport des techniques électrochimiques locales et globales pour la caractérisation de la résistance à la corrosion du cuivre protégé par des couches minces métalliques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Haeffele</w:t>
+                <w:t xml:space="preserve">Développement d’une approche expérimentale pour caractériser la corrosion caverneuse de la nuance à base nickel 825</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Klinklin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Monnot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’électrochimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2022, Mons, Belgium</w:t>
+              <w:t xml:space="preserve">, Jul 2022, Mons, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04884762v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an experimental approach to characterize the crevice corrosion behaviour of the Ni-base 825 alloy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Klinklin</w:t>
+                <w:t xml:space="preserve">Apport des techniques électrochimiques locales et globales pour la caractérisation de la résistance à la corrosion du cuivre protégé par des couches minces métalliques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Haeffele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bernard Normand</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Broussous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Monnot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P. Kowalsczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochemical Methods in Corrosion Research 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Ile d'Oléron, France</w:t>
+              <w:t xml:space="preserve">Journées d’électrochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Mons, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04884731v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of temperature on the corrosion and scaling of carbon steel in different artificial geothermal solutions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriela Aristia</w:t>
+                <w:t xml:space="preserve">Corrosion protection performance evaluation of epoxy/LDH-EDDS coatings for XC38 carbon steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gata Joseph Ayemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Blivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Therias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leroux Fabrice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Corrosion Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04884743v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric model of oxide layer composed of an inner and an outer layer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+                <w:t xml:space="preserve">Méthodologies pour l’étude de l’impact des dépôts minéraux métalliques dans des eaux géothermales artificielles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Aristia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th EMCR 2022 (Electrochemical Methods in Corrosion Research 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, St Pierre d'Oléron, France</w:t>
+              <w:t xml:space="preserve">Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03956001v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration de la résistance à la corrosion caverneuse de la nuance base nickel 825 : lien entre microstructure aux joints de grains et comportement électrochimique en milieu confiné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Klinklin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04884725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologies pour l’étude de l’impact des dépôts minéraux métalliques dans des eaux géothermales artificielles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Federico Bertin</w:t>
+                <w:t xml:space="preserve">Dielectric model of oxide layer composed of an inner and an outer layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Tribollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Normand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">13th EMCR 2022 (Electrochemical Methods in Corrosion Research 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, St Pierre d'Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04884720v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03956001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of film-forming amines in the conditions of secondary circuit of PWR: Interaction between Magnetite and Octadecylamine at Different Temperatures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adèle Astorg</w:t>
+                <w:t xml:space="preserve">Effect of temperature on the corrosion and scaling of carbon steel in different artificial geothermal solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Aristia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Ropital</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 5th International Conference on Film Forming Substances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Virtual conference (covid), France</w:t>
+              <w:t xml:space="preserve">The European Corrosion Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04884783v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’une approche expérimentale pour caractériser la corrosion caverneuse de la nuance à base nickel 825</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Development of an experimental approach to characterize the crevice corrosion behaviour of the Ni-base 825 alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Klinklin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Monnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’électrochimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Mons, Belgique</w:t>
+              <w:t xml:space="preserve">Electrochemical Methods in Corrosion Research 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Ile d'Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04884755v1</w:t>
+                <w:t xml:space="preserve">hal-04884731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of “modified” NBA 825 to improve their crevice corrosion resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Klinklin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Monnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3291,64 +3291,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Broussous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Kowalsczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
@@ -3541,51 +3541,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Broussous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Kermarrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3621,338 +3621,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04884748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crevice corrosion behaviour of nickel based alloy 825 in seawater</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martin Monnot</w:t>
+                <w:t xml:space="preserve">Evolution of passive film under irradiations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bernard Normand</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bererd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Corrosion Congress</w:t>
+              <w:t xml:space="preserve">Th European Corrosion Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Virtual conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04884788v1</w:t>
+                <w:t xml:space="preserve">hal-04884794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of passive film under irradiations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crevice corrosion behaviour of nickel based alloy 825 in seawater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Klinklin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Monnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Marcelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bererd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Th European Corrosion Congress</w:t>
+              <w:t xml:space="preserve">The European Corrosion Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Virtual conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04884794v1</w:t>
+                <w:t xml:space="preserve">hal-04884788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of film-forming amines in the conditions of secondary circuit of PWR: Deposition at different temperatures and validation of anti-corrosion efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jung-Eun Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Astorg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Marcelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jung-Eun Lee</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Corrosion Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Virtual conference, France</w:t>
@@ -4102,64 +4102,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of alloying elements (Cr, Fe) on the passive behaviour and secondary oxidation of Ni based alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiheng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4210,64 +4210,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between the resistivity profiles obtained from the power law model and the physico-chemical properties of passive films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiheng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4443,64 +4443,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of Alloying Elements on the Secondary Passivation of Ni-Cr Based Alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiheng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4545,381 +4545,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04884829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water Uptake in Anti-Corrosion Polymer Coating: Development of Capacitance Measurement Methods</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Mary</w:t>
+                <w:t xml:space="preserve">The passive behaviour of binary Ni-Cr alloys by successive electrochemical impedance spectroscopy measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiheng Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Normand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Corrosion Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Séville (SP), Spain</w:t>
+              <w:t xml:space="preserve">ICCPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Chongqing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04884844v1</w:t>
+                <w:t xml:space="preserve">hal-04884835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of polymer coil conformation for exfoliation and stabilization of pristine graphene in water media</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Water Uptake in Anti-Corrosion Polymer Coating: Development of Capacitance Measurement Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Ollivier-Lamarque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tetsuya Uchimoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Marcelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Livi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Advanced Materials Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Orlando, United States</w:t>
+              <w:t xml:space="preserve">The European Corrosion Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Séville (SP), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05017785v1</w:t>
+                <w:t xml:space="preserve">hal-04884844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The passive behaviour of binary Ni-Cr alloys by successive electrochemical impedance spectroscopy measurements</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Marcelin</w:t>
+                <w:t xml:space="preserve">Role of polymer coil conformation for exfoliation and stabilization of pristine graphene in water media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying Huo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangère Toury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Benayoun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCPA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Chongqing, China</w:t>
+              <w:t xml:space="preserve">American Advanced Materials Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04884835v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the corrosion and tribology under irradiation behaviour of a stainless steel</w:t>
               </w:r>
@@ -4957,51 +4957,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bererd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Moncoffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROCORR 2019 The Annual event of the European Federation of Corrosion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Séville (SP), Spain</w:t>
@@ -5024,243 +5024,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04884847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Successive electrochemical impedance spectroscopy investigation of the pH effect on the passive behaviour of a Ni-Cr binary alloy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">The passive behaviour of binary Ni-Cr alloys by successive electrochemical impedance spectroscopy measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiheng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Symposium on Electrochemical impedance Spectrosocpy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Lège-Cap Ferret, France</w:t>
+              <w:t xml:space="preserve">The European Corrosion Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Séville (SP), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04884850v1</w:t>
+                <w:t xml:space="preserve">hal-04884839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The passive behaviour of binary Ni-Cr alloys by successive electrochemical impedance spectroscopy measurements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Successive electrochemical impedance spectroscopy investigation of the pH effect on the passive behaviour of a Ni-Cr binary alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiheng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Corrosion Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Séville (SP), Spain</w:t>
+              <w:t xml:space="preserve">11th International Symposium on Electrochemical impedance Spectrosocpy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Lège-Cap Ferret, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04884839v1</w:t>
+                <w:t xml:space="preserve">hal-04884850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of proton irradiation on 316L-stainless steel tribocorrosion behavior</w:t>
               </w:r>
@@ -6668,64 +6668,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Cambier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Alix Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Galipaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7038,1018 +7038,1018 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04618452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical investigation on localised corrosion under silica sand deposit layers of carbon steel within a bespoke test cell</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michael Huggan</w:t>
+                <w:t xml:space="preserve">Electrochemical characterization of localized corrosion mechanism of ALD Al2O3-coated copper for microelectronic application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Haeffele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Broussous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corrosion Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 228, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.corsci.2023.111744⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 234, pp.112135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.corsci.2024.112135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04672858v1</w:t>
+                <w:t xml:space="preserve">hal-04604423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical characterization of localized corrosion mechanism of ALD Al2O3-coated copper for microelectronic application</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lucie Mazet</w:t>
+                <w:t xml:space="preserve">Effect of hydrophobicity in hybrid sol-gel coating for enhanced barrier property on mild steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kurt Hermange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shi Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corrosion Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.corsci.2024.112135⟩</w:t>
+              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 485, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2024.130876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04604423v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of hydrophobicity in hybrid sol-gel coating for enhanced barrier property on mild steel</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Potential of epoxy coating containing ionic liquid as anti-corrosion coating: Evaluation of barrier properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Marcelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Livi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Tribollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 485, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2024.130876⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 477 (22), pp.130376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2024.130376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04672842v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04399268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of epoxy coating containing ionic liquid as anti-corrosion coating: Evaluation of barrier properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dielectric bi-layer model for electrochemical impedance spectroscopy characterisation of oxide film</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Galipaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Tribollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Normand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2024.130376⟩</w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 492, pp.144307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2024.144307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04399268v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04560829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric bi-layer model for electrochemical impedance spectroscopy characterisation of oxide film</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jules Galipaud</w:t>
+                <w:t xml:space="preserve">Electrochemical investigation on localised corrosion under silica sand deposit layers of carbon steel within a bespoke test cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raeesa Bhamji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joshua Owen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Huggan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 492, pp.144307. </w:t>
+              <w:t xml:space="preserve">Corrosion Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 228, </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2024.144307⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.corsci.2023.111744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04560829v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives on Developing Burn Resistant Titanium Based Coatings-An Opportunity for Cold Spraying</w:t>
+                <w:t xml:space="preserve">On the effect of coatings on the tensile and fatigue properties of 7075-T6 aluminum alloy monitored with acoustic Emission (AE): Towards lifetime estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sihan Liang</w:t>
+                <w:t xml:space="preserve">T. Vie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Junlei Tang</w:t>
+                <w:t xml:space="preserve">S. Deschanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yingying Wang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tigang Duan</w:t>
+                <w:t xml:space="preserve">Nathalie Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma16196495⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 171, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2023.107578⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04389856v1</w:t>
+                <w:t xml:space="preserve">hal-04103191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the effect of coatings on the tensile and fatigue properties of 7075-T6 aluminum alloy monitored with acoustic Emission (AE): Towards lifetime estimation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Perspectives on Developing Burn Resistant Titanium Based Coatings-An Opportunity for Cold Spraying</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sihan Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Vie</w:t>
+                <w:t xml:space="preserve">Junlei Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Deschanel</w:t>
+                <w:t xml:space="preserve">Yingying Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Godin</w:t>
+                <w:t xml:space="preserve">Tigang Duan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 171, </w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16, </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2023.107578⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ma16196495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04103191v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04389856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical and Experimental Investigations of Cold-Sprayed Basalt Fiber-Reinforced Metal Matrix Composite Coating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihan Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yingying Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yingchun Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junlei Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16 (5), pp.1862. </w:t>
@@ -8113,51 +8113,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Klinklin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Monnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8217,77 +8217,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Molecular-Level Dispersion of Pristine Graphene in Aqueous Media via Polyvinyl Alcohol Coil Physisorption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Huo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yun Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheng Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berangere Toury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8364,64 +8364,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrosion behavior of 2205 duplex stainless steel in NaCl solutions containing sulfide ions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junlei Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yingying Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bing Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8479,741 +8479,741 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03955579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of mechanical surface treatments on oxide properties formed on 304L stainless steel in simulated BWR and PWR primary water</w:t>
+                <w:t xml:space="preserve">Study of Diffusible Behavior of Hydrogen in First Generation Advanced High Strength Steels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathleen Jaffré</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+                <w:t xml:space="preserve">Dwaipayan Mallick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Raja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2021.153258⟩</w:t>
+              <w:t xml:space="preserve">Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (5), pp.782. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/met11050782⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03345083v1</w:t>
+                <w:t xml:space="preserve">hal-03345095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the Jet Angle, Particle Size, and Particle Concentration in the Degradation Behavior of Carbon Steel under Slow Slurry Erosion-Corrosion Conditions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yutaka Watanabe</w:t>
+                <w:t xml:space="preserve">Enhancing the barrier effect of sol-gel derived inorganic coating by doping h-BN nanosheet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying Huo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/met11081152⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 544, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2020.148849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03345094v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03483010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Diffusible Behavior of Hydrogen in First Generation Advanced High Strength Steels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dwaipayan Mallick</w:t>
+                <w:t xml:space="preserve">Effect of Mechanical Surface Treatments on the Surface State and Passive Behavior of 304L Stainless Steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathleen Jaffré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroshi Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 11 (5), pp.782. </w:t>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/met11050782⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/met11010135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03345095v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03265509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing the barrier effect of sol-gel derived inorganic coating by doping h-BN nanosheet</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Influence of mechanical surface treatments on oxide properties formed on 304L stainless steel in simulated BWR and PWR primary water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathleen Jaffré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroshi Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ying Huo</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2020.148849⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 556, pp.153258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2021.153258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03483010v1</w:t>
+                <w:t xml:space="preserve">hal-03345083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Mechanical Surface Treatments on the Surface State and Passive Behavior of 304L Stainless Steel</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+                <w:t xml:space="preserve">Role of the Jet Angle, Particle Size, and Particle Concentration in the Degradation Behavior of Carbon Steel under Slow Slurry Erosion-Corrosion Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Rasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiroshi Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Mary</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yutaka Watanabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 11 (1), pp.135. </w:t>
+              <w:t xml:space="preserve">, 2021, 11 (8), pp.1152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/met11010135⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/met11081152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03265509v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03345094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of Alloying Elements in Passive and Transpassive Behavior of Ni-Cr-Based Alloys in Borate Buffer Solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiheng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Galipaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9492,810 +9492,810 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03345104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical behaviour of austenitic stainless steel under tribological stresses and irradiation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SiCp/Al5056 Composite Coatings Applied to A Magnesium Substrate by Cold Gas Dynamic Spray Method for Corrosion Protection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yingying Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moustapha Moine</w:t>
+                <w:t xml:space="preserve">Hanlin Liao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guofeng Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corrosion Sci.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.corsci.2020.108945⟩</w:t>
+              <w:t xml:space="preserve">Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (4), pp.325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/coatings10040325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02955780v1</w:t>
+                <w:t xml:space="preserve">hal-03345195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SiCp/Al5056 Composite Coatings Applied to A Magnesium Substrate by Cold Gas Dynamic Spray Method for Corrosion Protection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yingying Wang</w:t>
+                <w:t xml:space="preserve">Importance of the surface and environmental conditions on the corrosion behavior of brass, steel and brass coated steel wires and brass coated steel cords</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Crozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Mary</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coatings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/coatings10040325⟩</w:t>
+              <w:t xml:space="preserve">Corrosion Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 177, pp.108966. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.corsci.2020.108966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03345195v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03345130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance of the surface and environmental conditions on the corrosion behavior of brass, steel and brass coated steel wires and brass coated steel cords</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Mary</w:t>
+                <w:t xml:space="preserve">Investigation of the passive behavior of a Ni-Cr binary alloy using successive electrochemical impedance measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiheng Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corrosion Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.corsci.2020.108966⟩</w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 353, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2020.136531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03345130v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the passive behavior of a Ni-Cr binary alloy using successive electrochemical impedance measurements</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+                <w:t xml:space="preserve">Electrochemical behaviour of austenitic stainless steel under tribological stresses and irradiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bererd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustapha Moine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 353, </w:t>
+              <w:t xml:space="preserve">Corrosion Sci.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 176, pp.108945. </w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2020.136531⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.corsci.2020.108945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367342v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02955780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ determinations of the wear surfaces, volumes and kinetics of repassivation: Contribution in the understanding of the tribocorrosion behaviour of a ferritic stainless steel in various pH</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of the Corrosion Mechanism of Brass-Coated Steel Wires in Cords Assembly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Crozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Dalbert</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Catherine Verdu</w:t>
+                <w:t xml:space="preserve">Fabien Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Saedlou</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tribology International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 150, pp.106374. </w:t>
+              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 51 (11), pp.5974-5983. </w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.triboint.2020.106374⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11661-020-05954-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02970986v1</w:t>
+                <w:t xml:space="preserve">hal-03345193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the Corrosion Mechanism of Brass-Coated Steel Wires in Cords Assembly</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martial Crozet</w:t>
+                <w:t xml:space="preserve">In situ determinations of the wear surfaces, volumes and kinetics of repassivation: Contribution in the understanding of the tribocorrosion behaviour of a ferritic stainless steel in various pH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Dalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabien Dufour</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Verdu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Adrien</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Saedlou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 51 (11), pp.5974-5983. </w:t>
+              <w:t xml:space="preserve">Tribology International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 150, pp.106374. </w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11661-020-05954-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.triboint.2020.106374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03345193v1</w:t>
+                <w:t xml:space="preserve">hal-02970986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution in optimization of Zn Cold-sprayed coating dedicated to corrosion applications</w:t>
               </w:r>
@@ -10549,51 +10549,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of microstructures and repassivation kinetics on the tribocorrosion resistance of ferrite and ferrite-martensite stainless steels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Dalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10683,51 +10683,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complicated synergistic effects between three corrosion inhibitors for Q235 steel in a CO2-saturated 3.5 wt% NaCl solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junlei Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuxin Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10811,295 +10811,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03368073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porosity Characterization of Cold Sprayed Stainless Steel Coating Using Three-Dimensional X-ray Microtomography</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId188" w:history="1">
+                <w:t xml:space="preserve">Electrodeposition of a Pd-Ni/TiO2 Composite Coating on 316L SS and Its Corrosion Behavior in Hot Sulfuric Acid Solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiheng Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junlei Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yingying Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hu Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coatings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 8 (9), pp.326. </w:t>
+              <w:t xml:space="preserve">, 2018, 8 (5), pp.182. </w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/coatings8090326⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/coatings8050182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01916793v1</w:t>
+                <w:t xml:space="preserve">hal-01916791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrodeposition of a Pd-Ni/TiO2 Composite Coating on 316L SS and Its Corrosion Behavior in Hot Sulfuric Acid Solution</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId188" w:history="1">
+                <w:t xml:space="preserve">Porosity Characterization of Cold Sprayed Stainless Steel Coating Using Three-Dimensional X-ray Microtomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yingying Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hu Wang</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coatings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 8 (5), pp.182. </w:t>
+              <w:t xml:space="preserve">, 2018, 8 (9), pp.326. </w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/coatings8050182⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/coatings8090326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01916791v1</w:t>
+                <w:t xml:space="preserve">hal-01916793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of ceramic particle size on microstructure and the corrosion behavior of cold sprayed SiCp/Al 5056 composite coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yingying Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11107,51 +11107,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Min Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanlin Liao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 315, pp.314-325. </w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11179,265 +11179,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01804227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic properties of passive films from the multi-frequency Mott-Schottky and power-law coupled approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Passivity breakdown of Ni-Cr alloys: From anions interactions to stable pits growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochemistry Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 66, pp.62-65. </w:t>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 163 (8), pp.C410-C419. </w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.elecom.2016.03.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1149/2.0381608jes⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01804473v1</w:t>
+                <w:t xml:space="preserve">hal-01804499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passivity breakdown of Ni-Cr alloys: From anions interactions to stable pits growth</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Electronic properties of passive films from the multi-frequency Mott-Schottky and power-law coupled approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Marcelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N. Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 163 (8), pp.C410-C419. </w:t>
+              <w:t xml:space="preserve">Electrochemistry Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 66, pp.62-65. </w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1149/2.0381608jes⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.elecom.2016.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01804499v1</w:t>
+                <w:t xml:space="preserve">hal-01804473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Passive films growth on different Ni-Cr alloys from the migration of cation vacancies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11497,51 +11497,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classification of acoustic emission signals using wavelets and Random Forests: Application to localized corrosion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Morizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11644,51 +11644,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hamdani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11761,51 +11761,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlation between predictive and descriptive models to characterize the passive film - Study of pure chromium by electrochemical impedance spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11859,235 +11859,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01804746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic and transport properties of passive films grown on different Ni-Cr binary alloys in relation to the pitting susceptibility</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Single frequency electrochemical impedance investigation of zero charge potential for different surface states of Cu-Ni alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alemany-Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 133, pp.373-381. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 44 (3), pp.399-410. </w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2014.04.067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10800-013-0642-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01808065v1</w:t>
+                <w:t xml:space="preserve">hal-01808069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single frequency electrochemical impedance investigation of zero charge potential for different surface states of Cu-Ni alloys</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Electronic and transport properties of passive films grown on different Ni-Cr binary alloys in relation to the pitting susceptibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Alemany-Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 44 (3), pp.399-410. </w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 133, pp.373-381. </w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10800-013-0642-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2014.04.067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01808069v1</w:t>
+                <w:t xml:space="preserve">hal-01808065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructure and corrosion behavior of cold sprayed SiCp/Al 5056 composite coatings</w:t>
               </w:r>
@@ -12594,285 +12594,285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02420555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of the corrosion resistance of Al-based alloys coatings deposited by cold spray</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yingying Wang</w:t>
+                <w:t xml:space="preserve">EIS evaluation of steady-state characteristic of 316L stainless steel passive film grown in acidic solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Boissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alemany-Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hanlin Liao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 38 (1-2), pp.1-12. </w:t>
+              <w:t xml:space="preserve">Electrochemistry Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 26, pp.10-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/acsm.38.1-12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.elecom.2012.09.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01814434v1</w:t>
+                <w:t xml:space="preserve">hal-01814436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EIS evaluation of steady-state characteristic of 316L stainless steel passive film grown in acidic solution</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Alemany-Dumont</w:t>
+                <w:t xml:space="preserve">Improvement of the corrosion resistance of Al-based alloys coatings deposited by cold spray</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yingying Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanlin Liao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochemistry Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 26, pp.10-12. </w:t>
+              <w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 38 (1-2), pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.elecom.2012.09.040⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/acsm.38.1-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01814436v1</w:t>
+                <w:t xml:space="preserve">hal-01814434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrochemical behaviour of copper-nickel alloys as immobilisation matrices for the storage of fission products in CO2-enriched synthetic groundwater</w:t>
               </w:r>
@@ -12998,527 +12998,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01814470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting the steady state thickness of passive films with the point defect model in fretting corrosion experiments.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling of passive films: complementarity and applicability to the electrochemical impedance spectroscopy analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew L. Taylor</w:t>
+                <w:t xml:space="preserve">Clement Boissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Digby D. Macdonald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECS Transactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 38 (1-2), pp.13-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/acsm.38.13-36⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1149/05031.0115ecst⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00920004v1</w:t>
+                <w:t xml:space="preserve">hal-01814435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of passive films: complementarity and applicability to the electrochemical impedance spectroscopy analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Predicting the steady state thickness of passive films with the point defect model in fretting corrosion experiments.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Geringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Boissy</w:t>
+                <w:t xml:space="preserve">Matthew L. Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Digby D. Macdonald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/acsm.38.13-36⟩</w:t>
+              <w:t xml:space="preserve">ECS Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 50 (31), pp.115-129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/05031.0115ecst⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01814435v1</w:t>
+                <w:t xml:space="preserve">hal-00920004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tribo electrochemical behavior of ferrite and ferrite-martensite stainless steels in chloride and sulfate media</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Mary</w:t>
+                <w:t xml:space="preserve">Contribution of CO2 on hydrogen evolution and hydrogen permeation in low alloy steels exposed to H2S environment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Plennevaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Kittel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Fregonese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Gaugain</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Ropital</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wear</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.wear.2012.06.001⟩</w:t>
+              <w:t xml:space="preserve">Electrochemistry Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.elecom.2012.10.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01834928v1</w:t>
+                <w:t xml:space="preserve">hal-00743294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of CO2 on hydrogen evolution and hydrogen permeation in low alloy steels exposed to H2S environment.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marion Fregonese</w:t>
+                <w:t xml:space="preserve">Tribo electrochemical behavior of ferrite and ferrite-martensite stainless steels in chloride and sulfate media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustapha Moine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Francois Ropital</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Peguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Gaugain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochemistry Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Wear</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 292-293, pp.41-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wear.2012.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.elecom.2012.10.010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00743294v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01834928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thin chromium nitride PVD coatings on stainless steel for conductive component as bipolar plates of PEM fuel cells: Ex-situ and in-situ performances evaluation</w:t>
               </w:r>
@@ -13920,307 +13920,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01822581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic emission monitoring of wet H2S cracking of linepipe steels: Application to hydrogen-induced cracking and stress-oriented hydrogen-induced cracking</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">T. Cassagne</w:t>
+                <w:t xml:space="preserve">The effect of nitrogen on the passivation mechanisms and electronic properties of chromium oxide layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Alemany-Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilie Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corrosion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5006/1.3595097⟩</w:t>
+              <w:t xml:space="preserve">Corrosion Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 53, pp.2087-2096. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.corsci.2011.02.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01813663v1</w:t>
+                <w:t xml:space="preserve">hal-00329660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of nitrogen on the passivation mechanisms and electronic properties of chromium oxide layers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Catherine Alemany-Dumont</w:t>
+                <w:t xml:space="preserve">Acoustic emission monitoring of wet H2S cracking of linepipe steels: Application to hydrogen-induced cracking and stress-oriented hydrogen-induced cracking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Smanio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Kittel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Fregonese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Cassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cecilie Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corrosion Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Corrosion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 67 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5006/1.3595097⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.corsci.2011.02.026⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00329660v1</w:t>
+                <w:t xml:space="preserve">hal-01813663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-healing processes in coil-coated cladding studied by the scanning vibrating electrode</w:t>
               </w:r>
@@ -16476,51 +16476,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hisasi Takenouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Keddam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanlin Liao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17015,103 +17015,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of film-forming amines in the conditions of secondary cir-cuit: interaction between magnetite surface and commercial oc-tadecylamine suspension and efficiency against corrosion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jung-Eun Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Astorg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Vansteene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Marcelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Film Forming Substances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
@@ -17166,51 +17166,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Cambier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Alix Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17401,103 +17401,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of film-forming amines in the conditions of secondary circuit: Interaction between Magnetite and Octadecylamine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jung-Eun Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Astorg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Marcelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jung-Eun Lee</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Water Chemistry in Nuclear Reactor Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Juan Les Pins (FR), France</w:t>
@@ -17526,64 +17526,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the chromium content on the passive behaviour of binary Ni-Cr alloys in borate buffer solution: investigation by successive electrochemical impedance spectroscopy method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhiheng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17673,51 +17673,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Maria Trunfio-Sfarghiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle C. Der Loughian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ter-Ovanessian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bel-Brunon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -18542,51 +18542,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496775v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita de Cassia Costa Diaz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bosch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ropital" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grosjean" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav Joshi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921177v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gata Joseph Ayemi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Blivet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Marcelin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Therias" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroux Fabrice" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496743v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Aristia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Tribollet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mary" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Normand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884636v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jung-Eun Lee" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Astorg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Vansteene" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Tireau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884625v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ter-Ovanessian" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Galipaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiheng Zhang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04852474v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Balbaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Achache" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cannes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Carriere" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Delpech" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884609v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ropital" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Bertin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04953706v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apou Martial Kpemou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Guilbert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Taurines" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lacote" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Viretto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494679v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884700v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884664v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884676v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Haeffele" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Broussous" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kowalzcyk" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884863v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884696v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moncoffre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bererd" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884685v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884712v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884762v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kowalsczyk" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mazet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884731v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Klinklin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Monnot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884743v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956001v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884725v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884720v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884783v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Lef&#232;vre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884755v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884740v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884722v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884708v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04011872v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Comas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Huet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieu Ngo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fregonese" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Idrissi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884748v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kermarrec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884788v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884794v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884799v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884792v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884814v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884811v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612327v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Ollivier-Lamarque" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lallart" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsuya Uchimoto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Livi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884829v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884844v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017785v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Huo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Yuan" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Toury" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Benayoun" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884835v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884847v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884850v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884839v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02096553v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. B&#233;rerd" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moncoffre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Toulhoat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Panetier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dupasquier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00639341v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bosc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Verdu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Gourgues-Lorenzon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063476v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Geringer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Alemany-Dumont" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Diemiaszonek" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02475519v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Smanio" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cassagne" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Kittel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fregonese" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02475510v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294072v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Geringer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alemany-Dumont" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Diemiaszonek" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mary" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02475581v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kittel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176584v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lavigne" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delich&#232;re" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05166014v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel L'HOTE" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Maurice" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bugnet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mam/ozaf054" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04785391v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Kpemou" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Desquines" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Baietto" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2024.155462" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175207v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhixin Dong" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ter-Ovanessian" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Abe" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Watanabe" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2025.113029" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407468v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cambier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alix Leroy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2025.140829" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791286v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;rerd" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202300785" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618452v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dutems" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Crespo-Monteiro" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Faverjon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. G&#226;t&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Turover" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-64378-w" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672858v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raeesa Bhamji" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Owen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Huggan" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2023.111744" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604423v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2024.112135" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672842v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Hermange" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shi Yu" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2024.130876" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04399268v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2024.130376" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04560829v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.144307" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389856v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihan Liang" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junlei Tang" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingying Wang" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tigang Duan" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16196495" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103191v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vie" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Deschanel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2023.107578" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103200v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingchun Xie" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16051862" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546862v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Klinklin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Monnot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/acecaa" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955869v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Long" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berangere Toury" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.2c02636" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955579v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Xiao" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Lin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Nie" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2022.110240" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345083v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Jaffr&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153258" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345094v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Rasse" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11081152" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345095v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dwaipayan Mallick" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Raja" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11050782" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483010v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Shi" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2020.148849" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265509v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11010135" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482911v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ac1890" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387864v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Comas" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Idrissi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2021.109885" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345104v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2020.203478" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955780v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Moine" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2020.108945" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345195v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanlin Liao" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guofeng Zhao" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings10040325" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345130v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Romaine" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Crozet" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chassagne" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2020.108966" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367342v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2020.136531" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970986v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dalbert" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saedlou" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2020.106374" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345193v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dufour" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrien" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-020-05954-3" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971000v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lapushkina" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yuan" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Adrien" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiro Ogawa" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2020.126193" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034077v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinliang Xie" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Ma" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoyue Chen" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Ji" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Verdy" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2019.152962" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976932v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Verdu" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2018.10.023" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368073v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxin Hu" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hu Wang" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanqiang Zhu" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Wang" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20964/2019.03.61" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916793v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings8090326" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916791v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings8050182" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804227v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Yu" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2017.02.047" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804473v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2016.03.003" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804499v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0381608jes" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804497v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-015-2981-x" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804466v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Morizet" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tang" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maillet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2015.09.025" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804708v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hamdani" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abe" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Watanabe" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-015-2786-7" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804746v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boissy" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2015.05.179" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808065v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2014.04.067" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808069v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10800-013-0642-2" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808056v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wang" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yu" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Liao" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2014.04.036" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954686v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. S. H&#228;fliger" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gerber" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pramod" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. I. Schnells" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dalla Piazza" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.085113" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814459v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dalbert" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boissy" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2013.07.006" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-83PJGF8F-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02420555v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Plennevaux" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ferrando" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2013.04.002" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814434v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.38.1-12" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/03931EB8D89533A33D2993F335D8AB862182E558/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814436v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2012.09.040" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GNT05BDG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814470v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heintz" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Broudic" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2013.03.034" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GVZCJCPG-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920004v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew L. Taylor" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Digby D. Macdonald" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/05031.0115ecst" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814435v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Boissy" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.38.13-36" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E4545959FC6E37C2EE2C9B787F5C39444853258B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834928v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Peguet" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gaugain" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2012.06.001" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XPC2KFZJ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-00743294v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Plennevaux" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2012.10.010" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00699552v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lavigne" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Berthon-Fabry" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Metkemeijer" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2012.04.035" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QTRH8J73-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813683v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Smanio" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cassagne" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ropital" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2011.07.041" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01822581v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belen Diaz" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanta Swiatowska" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Maurice" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Seyeux" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2011.02.074" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXW2V7RB-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813663v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5006/1.3595097" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329660v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Berger" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilie Duhamel" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2011.02.026" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4MG1ZB9S-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04112137v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Souto" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisasi Takenouti" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Keddam" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2010.03.008" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524998v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2010.04.018" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813950v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-010-4613-2" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-M3RLBPN4-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260452v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delichere" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Descamps" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2010.08.051" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B5KJGS6S-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193987v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431377v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Charfi" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bouraoui" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Feki" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bradai" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433988v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Ouerd" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Szunerits" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00316069v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. R&#252;egg" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kiefer" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thielemann" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. F. Mcmorrow" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zapf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.247202" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365556v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2008.01.025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0VK3VQB-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409080v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Al&#233;many-Dumont" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech:2008038" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D8A9C370475DD9C7BF69D4244ED2C8163A3F2BA8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140276v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ouerd" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berthom&#233;" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Szuneritz" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434144v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berthom" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434122v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436225v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bommersbach" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Millet" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436825v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436826v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112939v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Li" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.L. Liao" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.Y. Wang" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.X. Ding" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198891v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.Dung Nguyen" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.Anh Nguyen" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Pham" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Piro" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2003.09.028" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SG05Q6MW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362943v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Monteil" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2004.01.057" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-07RG3XBC-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04219498v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F Li" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Liao" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cordier" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Maurin" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0257-8972(03)00019-7" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8ZPWPLND-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00251571v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Littlewood" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Millis" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhu" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1993202" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5DD8789BD48F110268C4FEB8CDFA980059A10097/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885185v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885193v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904719v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884857v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884861v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884866v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526010v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Impergre" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle C. Der Loughian" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bel-Brunon" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618874v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04021349v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marcelin" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Oltra" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vivier" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-309-7.50006-5" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885201v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04021318v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885220v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496775v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita de Cassia Costa Diaz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bosch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ropital" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grosjean" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav Joshi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921177v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gata Joseph Ayemi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Blivet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Marcelin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Therias" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leroux Fabrice" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496743v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Aristia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Tribollet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mary" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Normand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884625v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ter-Ovanessian" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Galipaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiheng Zhang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884636v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jung-Eun Lee" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Astorg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Vansteene" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Tireau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04852474v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Balbaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Achache" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cannes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Carriere" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Delpech" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884609v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ropital" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Bertin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04953706v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apou Martial Kpemou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Guilbert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Taurines" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lacote" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Viretto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494679v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884664v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884700v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884863v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Haeffele" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Broussous" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884676v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kowalzcyk" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884696v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moncoffre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bererd" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884685v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884783v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Lef&#232;vre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884755v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Klinklin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Monnot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884762v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kowalsczyk" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mazet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884712v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884720v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884725v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956001v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884743v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884731v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884740v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884722v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884708v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04011872v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Comas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Huet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieu Ngo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fregonese" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Idrissi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884748v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kermarrec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884794v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884788v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884799v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884792v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884814v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884811v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612327v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Ollivier-Lamarque" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lallart" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsuya Uchimoto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Livi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884829v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884835v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884844v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017785v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Huo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Yuan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Toury" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Benayoun" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884847v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884839v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884850v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02096553v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. B&#233;rerd" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moncoffre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Toulhoat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Panetier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dupasquier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00639341v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bosc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Verdu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Gourgues-Lorenzon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063476v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Geringer" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Alemany-Dumont" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Diemiaszonek" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02475519v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Smanio" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cassagne" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Kittel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fregonese" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02475510v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294072v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Geringer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alemany-Dumont" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Diemiaszonek" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mary" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02475581v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kittel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176584v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lavigne" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delich&#232;re" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05166014v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel L'HOTE" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Maurice" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bugnet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mam/ozaf054" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04785391v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Kpemou" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Desquines" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Baietto" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2024.155462" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175207v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhixin Dong" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ter-Ovanessian" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Abe" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaka Watanabe" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2025.113029" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407468v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cambier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alix Leroy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2025.140829" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791286v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;rerd" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202300785" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618452v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dutems" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Crespo-Monteiro" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Faverjon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. G&#226;t&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Turover" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-64378-w" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604423v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2024.112135" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672842v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Hermange" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shi Yu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2024.130876" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04399268v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2024.130376" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04560829v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2024.144307" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672858v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raeesa Bhamji" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Owen" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Huggan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2023.111744" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103191v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vie" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Deschanel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2023.107578" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389856v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihan Liang" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junlei Tang" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingying Wang" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tigang Duan" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16196495" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103200v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingchun Xie" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16051862" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546862v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Klinklin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Monnot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/acecaa" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955869v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Long" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berangere Toury" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.2c02636" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955579v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Xiao" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Lin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Nie" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2022.110240" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345095v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dwaipayan Mallick" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Raja" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11050782" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483010v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Shi" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2020.148849" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265509v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Jaffr&#233;" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11010135" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345083v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2021.153258" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345094v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Rasse" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met11081152" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482911v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ac1890" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03387864v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Comas" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Idrissi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2021.109885" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345104v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2020.203478" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345195v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanlin Liao" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guofeng Zhao" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings10040325" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345130v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Romaine" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Crozet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chassagne" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2020.108966" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367342v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2020.136531" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955780v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Moine" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2020.108945" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345193v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dufour" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrien" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-020-05954-3" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970986v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dalbert" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saedlou" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2020.106374" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971000v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lapushkina" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yuan" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Adrien" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiro Ogawa" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2020.126193" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034077v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinliang Xie" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Ma" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoyue Chen" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Ji" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Verdy" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2019.152962" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976932v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Verdu" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2018.10.023" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368073v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxin Hu" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hu Wang" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanqiang Zhu" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Wang" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20964/2019.03.61" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916791v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings8050182" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916793v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings8090326" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804227v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Yu" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2017.02.047" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804499v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0381608jes" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804473v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2016.03.003" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804497v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-015-2981-x" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804466v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Morizet" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tang" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maillet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2015.09.025" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804708v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hamdani" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abe" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Watanabe" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-015-2786-7" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804746v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boissy" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2015.05.179" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808069v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10800-013-0642-2" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808065v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2014.04.067" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808056v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wang" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yu" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Liao" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2014.04.036" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954686v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. S. H&#228;fliger" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gerber" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pramod" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. I. Schnells" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dalla Piazza" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.085113" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814459v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dalbert" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Boissy" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2013.07.006" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-83PJGF8F-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02420555v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Plennevaux" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ferrando" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2013.04.002" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814436v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2012.09.040" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GNT05BDG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814434v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.38.1-12" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/03931EB8D89533A33D2993F335D8AB862182E558/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814470v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heintz" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Broudic" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2013.03.034" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GVZCJCPG-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814435v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Boissy" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.38.13-36" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E4545959FC6E37C2EE2C9B787F5C39444853258B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920004v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew L. Taylor" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Digby D. Macdonald" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/05031.0115ecst" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-00743294v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Plennevaux" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2012.10.010" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834928v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Peguet" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gaugain" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2012.06.001" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XPC2KFZJ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00699552v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lavigne" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Berthon-Fabry" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Metkemeijer" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2012.04.035" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QTRH8J73-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813683v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Smanio" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cassagne" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ropital" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2011.07.041" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01822581v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belen Diaz" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanta Swiatowska" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Maurice" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Seyeux" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2011.02.074" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXW2V7RB-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329660v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Berger" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilie Duhamel" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2011.02.026" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4MG1ZB9S-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813663v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5006/1.3595097" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04112137v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Souto" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisasi Takenouti" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Keddam" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2010.03.008" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524998v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2010.04.018" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01813950v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-010-4613-2" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-M3RLBPN4-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260452v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delichere" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Descamps" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2010.08.051" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B5KJGS6S-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193987v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431377v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Charfi" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bouraoui" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Feki" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bradai" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433988v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Ouerd" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Szunerits" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00316069v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. R&#252;egg" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kiefer" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thielemann" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. F. Mcmorrow" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zapf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.247202" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365556v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2008.01.025" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X0VK3VQB-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409080v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Al&#233;many-Dumont" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech:2008038" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D8A9C370475DD9C7BF69D4244ED2C8163A3F2BA8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140276v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ouerd" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berthom&#233;" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Szuneritz" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434144v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berthom" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434122v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436225v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bommersbach" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Millet" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436825v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00436826v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112939v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Li" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.L. Liao" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.Y. Wang" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.X. Ding" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198891v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.Dung Nguyen" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.Anh Nguyen" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Pham" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Piro" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2003.09.028" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SG05Q6MW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362943v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Monteil" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2004.01.057" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-07RG3XBC-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04219498v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F Li" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Liao" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cordier" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Maurin" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0257-8972(03)00019-7" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8ZPWPLND-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00251571v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Littlewood" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Millis" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhu" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1993202" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5DD8789BD48F110268C4FEB8CDFA980059A10097/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885185v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885193v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904719v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884857v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884861v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884866v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526010v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Impergre" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle C. Der Loughian" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bel-Brunon" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618874v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04021349v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marcelin" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Oltra" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vivier" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-309-7.50006-5" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885201v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04021318v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885220v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>