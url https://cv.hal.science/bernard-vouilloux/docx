--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -187,182 +187,182 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’historicité de l’art, ou comment les œuvres font histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Immagine e Parola</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Fra le nuvole : Hubert Damisch, 3, pp.23-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.19272/202214601003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Guyau : une esthétique à contretemps ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Littera : Revue de langue et littérature françaises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Les vitalismes dans la littérature française du XIXe siècle, 7, pp.21-33, 3 ill</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03917050v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03919137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’hommage de Zao Wou-Ki à Edgar Varèse</w:t>
               </w:r>
@@ -488,835 +488,835 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03917031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">De la critique à l’esthétique en passant par la poétique, un « cheminement oblique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nouvelle Revue d'Esthétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Gérard Genette, 26, pp.11-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03917016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel cadre pour l’identification ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Incidence: philosophie, littérature, sciences humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Vérité, fiction : faire vrai ou dire juste ?, 15, pp.29-62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03917012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le siècle de l’imagerie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Cultures visuelles du XIXe siècle, 187, pp.16-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03917010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">De la critique à l’esthétique en passant par la poétique, un « cheminement oblique »</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chamanisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelle Revue d'Esthétique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Gérard Genette, 26, pp.11-19</w:t>
+              <w:t xml:space="preserve">Cahiers Bataille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Dictionnaire critique de Georges Bataille, 4, pp.47-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Quel cadre pour l’identification ?</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unions mouvementées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, L’Hymen des arts, 184, pp.11-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03917003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulacren des Lebendingen. Figuren, Körper und Objekte in den Arbeiten von Gisèle Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theater der zeit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Der Dinge Stand. Eitgenössisches Figuren- und Objekttheater, 7-8, pp.78-81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représenter et figurer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La part de l'œil - Revue de pensée des arts plastiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Force de figures. Le travail de la figurabilité entre texte et image, 31, pp.21-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03902250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Champfleury, ou l’écrivain-collectionneur en chiffonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Revue d’Histoire littéraire de la France. 3 – 2018, 118e année - n° 3, 3 – 2018 (118e année - n° 3), pp.623 à 635. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08294-1.p.0111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01997982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La littérature, elle aussi, en sait long là-dessus… »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Incidence: philosophie, littérature, sciences humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Vérité, fiction : faire vrai ou dire juste ?, 15, pp.29-62</w:t>
+              <w:t xml:space="preserve">, 2018, Comment rester freudien ? Hommage à Marie Moscovici et à la revue L’Inactuel, 13-14, pp.155-184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...167 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encuadre, campo, plano : de la pintura a su imagen cinematográfica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hyperborea. Revista de ensayo &amp; creacion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Hyperborea. Revista de ensayo &amp; creacion, 1, pp.132-149</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Champfleury, ou l’écrivain-collectionneur en chiffonnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Les chiffonniers littéraires, CXVIII (3), pp.623-635</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916862v1</w:t>
-              </w:r>
-[...295 lines deleted...]
-                <w:t xml:space="preserve">hal-03916910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1328,171 +1328,171 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relire Cyrano de Bergerac</w:t>
-[...73 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">La « nature mixte » de la caricature au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fabula / Les colloques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fabula / Les colloques, https://www.fabula.org/colloques/document6897.php, 17 ill., 2021, Littérature et caricature (XIXe-XXIe siècles)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03917023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relire Cyrano de Bergerac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03917023v1</w:t>
+                <w:t xml:space="preserve">Violaine Heyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, 978-2-406-12639-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03905101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trouble dans la narration : Jerk de Dennis Cooper et Gisèle Vienne</w:t>
               </w:r>
@@ -2138,50 +2138,480 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Fin de siècle. Le réalisme de Flaubert, d’un paradigme critique à l’autre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Dufour, Gisèle Séginger (éd.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flaubert dans son siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les œuvres d’art, des objets matériels à fonction symbolique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marta Caraion, Judith Lyon-Caen (éd.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature et culture matérielle XIXe-XXIe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Champ Vallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le goût des Goncourt. Une éthologie de l’amateur d’art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Louis Cabanès, Pierre-Jean Dufief, Béatrice Laville, Vérane Partensky, Éléonore Reverzy (éd.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Œuvre des frères Goncourt : un système de valeurs ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Bonnefoy et Jacques Derrida, du différend à la rencontre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jérôme Thélot (éd.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bonnefoy et la philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manucius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction mémorielle des portraits dans l’Histoire de la Révolution française de Jules Michelet. Contribution à une anthropologie du portrait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Estelle Galbois (éd.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Enjeux mémoriels du portrait</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires du Midi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03919154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’ombre portée de Rancé sur Chateaubriand. Contribution à une anthropologie du portrait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabienne Bercegol (éd.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
@@ -2194,487 +2624,57 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.179-194, 2023, 979-10-370-2253-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03919093v1</w:t>
-              </w:r>
-[...428 lines deleted...]
-                <w:t xml:space="preserve">hal-03919097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dessins non exposés de Louis-René des Forêts</w:t>
               </w:r>
@@ -3385,371 +3385,371 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Des usages de la représentation à une pragmatique du tableau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alain Cantillon, Bertrand Rougé, Pierre-Alain Fabre (éd.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">À force de signes. Travailler avec Louis Marin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions de l'EHESS</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.185-207, 2018, 978-2-7132-2723-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Michaux – ein “Abenteuer” in den Zeichen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Boris Roman Gibhardt, Johannes Grave (hrsg.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Schrift im Bild. Rezeptionsästhetische Perspektiven auf Text-Bild-Relationen in den Künsten</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wehrhahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.223-244, 6 ill., 2018, Aesthetische Eigenzeiten, 978-3-86525-600-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voir la musique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Vouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marion Colas-Blaise, Verónica Estay Stange (éd.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Synesthésies sonores. Du son au(x) sens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 342, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Rencontres</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03916858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cadre, champ, plan : du tableau à son image cinématographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sylvain Dreyer, Dominique Vaugeois (éd.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Critique à l’écran. Les arts plastiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires du Septentrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.17-30, 2018, Arts du spectacle – Images et sons</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916838v1</w:t>
-              </w:r>
-[...256 lines deleted...]
-                <w:t xml:space="preserve">hal-03916858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le dispositif anatomique. De la leçon au traité</w:t>
               </w:r>
@@ -3920,510 +3920,510 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intermédialité et médium</w:t>
+                <w:t xml:space="preserve">Sémiotiques (approches —)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire du livre illustré</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03919195v1</w:t>
+                <w:t xml:space="preserve">hal-03919198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interartistiques (relations —)</w:t>
+                <w:t xml:space="preserve">Texte et image</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire du livre illustré</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03919190v1</w:t>
+                <w:t xml:space="preserve">hal-03919202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sémiotiques (approches —)</w:t>
+                <w:t xml:space="preserve">Imagerie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire du livre illustré</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03919198v1</w:t>
+                <w:t xml:space="preserve">hal-03919182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Texte et image</w:t>
+                <w:t xml:space="preserve">Intermédialité et médium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire du livre illustré</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03919202v1</w:t>
+                <w:t xml:space="preserve">hal-03919195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie</w:t>
+                <w:t xml:space="preserve">Interartistiques (relations —)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire du livre illustré</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03919182v1</w:t>
+                <w:t xml:space="preserve">hal-03919190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peinture</w:t>
+                <w:t xml:space="preserve">Impressionnisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Flaubert</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.1115-1122</w:t>
+              <w:t xml:space="preserve">, 2017, pp.778-781</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03916828v1</w:t>
+                <w:t xml:space="preserve">hal-03916827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impressionnisme</w:t>
+                <w:t xml:space="preserve">Peinture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vouilloux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Flaubert</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.778-781</w:t>
+              <w:t xml:space="preserve">, 2017, pp.1115-1122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03916827v1</w:t>
+                <w:t xml:space="preserve">hal-03916828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId83"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4499,51 +4499,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CDAC898A"/>
+    <w:nsid w:val="42991DC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4730,51 +4730,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bernard-vouilloux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0023-5654" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/029536936" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917050v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vouilloux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919137v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19272/202214601003" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917027v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917031v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917010v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917016v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917012v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916915v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917003v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916853v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916862v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902250v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916856v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997982v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08294-1.p.0111" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916910v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03905101v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Heyraud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917023v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916999v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902242v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902232v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902213v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neroeditions.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916818v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902159v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902152v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lesbelleslettres.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624139v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919093v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919154v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919145v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.champ-vallon.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919160v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919169v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919097v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manucius.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917033v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionslateliercontemporain.net" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917026v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jacques-andre-editeur.eu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917038v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917042v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917018v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917015v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fatamorgana.fr" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917008v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916922v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916918v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916838v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/fr/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916864v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.ehess.fr" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916913v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wehrhahn-verlag.de/public/index.php" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916858v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916836v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916831v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919195v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919190v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919198v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919202v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919182v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916828v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916827v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bernard-vouilloux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0023-5654" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/029536936" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919137v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vouilloux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19272/202214601003" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917050v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917027v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917031v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917016v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917012v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917010v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916915v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917003v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916856v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902250v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997982v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08294-1.p.0111" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916910v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916853v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916862v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917023v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03905101v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Heyraud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916999v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902242v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902232v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902213v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.neroeditions.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916818v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902159v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902152v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lesbelleslettres.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624139v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919160v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919145v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.champ-vallon.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919169v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919097v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://manucius.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919154v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919093v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917033v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionslateliercontemporain.net" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917026v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jacques-andre-editeur.eu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917038v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917042v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917018v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917015v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fatamorgana.fr" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917008v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916922v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916918v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916864v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.ehess.fr" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916913v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wehrhahn-verlag.de/public/index.php" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916858v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916838v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916836v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916831v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919198v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919202v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919182v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919195v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919190v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916827v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916828v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>