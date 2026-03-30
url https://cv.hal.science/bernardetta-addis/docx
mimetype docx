--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2259,520 +2259,520 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01247392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the energy cost of robustness and resiliency in IP networks</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">GTOC5: Results from the European Space Agency and University of Florence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Capone</w:t>
+                <w:t xml:space="preserve">Dario Izzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Giovanni Gianoli</w:t>
+                <w:t xml:space="preserve">Luís F. Simões</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brunilde Sansò</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chit Hong Yam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Biscani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Di Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Networks and Isdn Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACTA Futura</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.45-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2420/AF08.2014.45⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01088614v1</w:t>
+                <w:t xml:space="preserve">hal-01088586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy management through optimized routing and device powering for greener communication networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardetta Addis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuliana Carello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Capone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Giovanni Gianoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brunilde Sansò</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 22 (1), pp.313 - 325. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TNET.2013.2249667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01088564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GTOC5: Results from the European Space Agency and University of Florence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dario Izzo</w:t>
+                <w:t xml:space="preserve">Energy-aware joint management of networks and Cloud infrastructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardetta Addis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danilo Ardagna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuliana Carello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luís F. Simões</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Antonio Capone</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACTA Futura</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer Networks and Isdn Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.75-95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2420/AF08.2014.45⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01088586v1</w:t>
+                <w:t xml:space="preserve">hal-01088593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-aware joint management of networks and Cloud infrastructures</w:t>
+                <w:t xml:space="preserve">On the energy cost of robustness and resiliency in IP networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardetta Addis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuliana Carello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Capone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Giovanni Gianoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brunilde Sansò</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Networks and Isdn Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, pp.75-95</w:t>
+              <w:t xml:space="preserve">, 2014, pp.239-259</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01088593v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01088614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2853,404 +2853,404 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04876159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparison of process synthesis approaches for multistage separation processes by gas permeation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Take the road back: a different way to study the NFV service chaining problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meihui Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Neveux</w:t>
+                <w:t xml:space="preserve">Yanjun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardetta Addis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eric Favre</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuliana Carello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuguo Zhuo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESCAPE 32</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/B978-0-323-95879-0.50115-6⟩</w:t>
+              <w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference - Boosting Verticals into Wireless Orbit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Apr 2022, AUSTIN TEXAS, United States. pp.1266-1271, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WCNC51071.2022.9771882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04081460v1</w:t>
+                <w:t xml:space="preserve">hal-04511372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Take the road back: a different way to study the NFV service chaining problem</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yanjun Li</w:t>
+                <w:t xml:space="preserve">Function Placement and Acceleration for In-Network Federated Learning Services</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour-El-Houda Yellas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardetta Addis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Shuguo Zhuo</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Riggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Secci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference - Boosting Verticals into Wireless Orbit</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/WCNC51071.2022.9771882⟩</w:t>
+              <w:t xml:space="preserve">2022 18th International Conference on Network and Service Management (CNSM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Thessaloniki, Greece. pp.212-218, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/CNSM55787.2022.9964625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04511372v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03883727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Function Placement and Acceleration for In-Network Federated Learning Services</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nour-El-Houda Yellas</w:t>
+                <w:t xml:space="preserve">A comparison of process synthesis approaches for multistage separation processes by gas permeation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardetta Addis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stefano Secci</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Castel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Piccialli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Favre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 18th International Conference on Network and Service Management (CNSM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Thessaloniki, Greece. pp.212-218, </w:t>
+              <w:t xml:space="preserve">ESCAPE 32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Toulouse, France. pp.685-690, </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/CNSM55787.2022.9964625⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-323-95879-0.50115-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03883727v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04081460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CO2 / H2 separation by multistage H2 selective and CO2 selective membranes: a process synthesis study</w:t>
               </w:r>
@@ -3482,51 +3482,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of process synthesis methods: case study of the design of membrane separation processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardetta Addis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3642,51 +3642,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronica Piccialli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3718,230 +3718,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04081062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Probabilistic Energy-Aware Routing for Duty-Cycled Wireless Sensor Networks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Energy-aware survivable networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardetta Addis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alberto Ceselli</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuliana Carello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Mattia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 8th IFIP International Conference on New Technologies, Mobility and Security (NTMS 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Larnaca, Cyprus</w:t>
+              <w:t xml:space="preserve">International Network Optimization Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01404169v1</w:t>
+                <w:t xml:space="preserve">hal-01320914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-aware survivable networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal Probabilistic Energy-Aware Routing for Duty-Cycled Wireless Sensor Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelia Tsiontsiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardetta Addis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sara Mattia</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ye-Qiong Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Ceselli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Network Optimization Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve"> 8th IFIP International Conference on New Technologies, Mobility and Security (NTMS 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Larnaca, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01320914v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01404169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virtual Network Functions Placement and Routing Optimization</w:t>
               </w:r>
@@ -4383,51 +4383,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparison of process synthesis approaches for multistage separation processes by gas permeation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardetta Addis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4749,216 +4749,216 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01583011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A robust optimization approach for the Advanced Scheduling Problem with uncertain surgery duration in Operating Room Planning - an extended analysis</w:t>
+                <w:t xml:space="preserve">A rolling horizon framework for the operating rooms planning under uncertain surgery duration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardetta Addis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuliana Carello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Grosso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Tànfani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00936019v2</w:t>
+                <w:t xml:space="preserve">hal-00936085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A rolling horizon framework for the operating rooms planning under uncertain surgery duration</w:t>
+                <w:t xml:space="preserve">A robust optimization approach for the Advanced Scheduling Problem with uncertain surgery duration in Operating Room Planning - an extended analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardetta Addis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuliana Carello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Tànfani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00936085v1</w:t>
+                <w:t xml:space="preserve">hal-00936019v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Energy Management for Green and Survivable IP Networks</w:t>
               </w:r>
@@ -4970,77 +4970,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardetta Addis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuliana Carello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Capone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca G. Gianoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brunilde Sansò</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5321,51 +5321,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505375v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardetta Addis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliana Carello" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Reynal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.70032" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505364v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Kuznetsova" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Castel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Piccialli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Favre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes15120372" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766732v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-El-Houda Yellas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Boumerdassi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Riggio" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Secci" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2024.110900" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876027v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Tanfani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/healthcare12202023" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163578v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Macali" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Misener" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compchemeng.2023.108342" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550765v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meihui Gao" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.22073" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02939686v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bozorg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Ram&#237;rez-Santos" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Piccialli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Favre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2020.115769" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976822v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.21915" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939668v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2019.07.029" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02939885v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2018.08.024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01539481v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bouet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2018.06.006" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976835v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2018.07.026" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976845v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mattia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.21717" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976850v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Capone" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carello" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.G. Gianoli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sans&#242;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2016.05.009" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HBVRGZ7T-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307739v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Aringhieri" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Grosso" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hosteins" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-016-2110-y" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01247520v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena T&#224;nfani" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10696-015-9213-7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168033v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2016.03.018" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JG3J3DV8-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01247392v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanzarone Ettore" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orhc.2014.10.001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088614v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Capone" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Giovanni Gianoli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunilde Sans&#242;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088564v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2013.2249667" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088586v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Izzo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s F. Sim&#245;es" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chit Hong Yam" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Biscani" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Di Lorenzo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2420/AF08.2014.45" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088593v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Ardagna" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876159v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-04081460v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Neveux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-95879-0.50115-6" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511372v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanjun Li" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuguo Zhuo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC51071.2022.9771882" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883727v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM55787.2022.9964625" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898194v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902346v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Calamita" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-04081452v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-04081062v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Favre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01404169v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Tsiontsiou" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye-Qiong Song" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Ceselli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320914v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01170042v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dallal Belabed" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet.2015.7335301" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946371v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914689v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-01848-5_14" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946363v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-04077945v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01643064v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca de Bettin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583011v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Bozorg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936019v2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936085v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926122v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca G. Gianoli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02976934v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505375v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardetta Addis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliana Carello" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Reynal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.70032" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505364v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Kuznetsova" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Castel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Piccialli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Favre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes15120372" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766732v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-El-Houda Yellas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Boumerdassi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Riggio" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Secci" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2024.110900" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876027v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Tanfani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/healthcare12202023" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163578v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Macali" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Misener" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compchemeng.2023.108342" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550765v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meihui Gao" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.22073" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02939686v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bozorg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Ram&#237;rez-Santos" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Piccialli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Favre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2020.115769" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976822v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.21915" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939668v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2019.07.029" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02939885v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2018.08.024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01539481v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bouet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2018.06.006" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976835v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2018.07.026" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976845v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mattia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.21717" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976850v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Capone" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carello" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.G. Gianoli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sans&#242;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2016.05.009" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HBVRGZ7T-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307739v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Aringhieri" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Grosso" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hosteins" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-016-2110-y" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01247520v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena T&#224;nfani" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10696-015-9213-7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168033v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2016.03.018" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JG3J3DV8-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01247392v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanzarone Ettore" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orhc.2014.10.001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088586v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Izzo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s F. Sim&#245;es" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chit Hong Yam" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Biscani" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Di Lorenzo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2420/AF08.2014.45" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088564v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Capone" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Giovanni Gianoli" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunilde Sans&#242;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2013.2249667" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088593v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Ardagna" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088614v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876159v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511372v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanjun Li" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuguo Zhuo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC51071.2022.9771882" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883727v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/CNSM55787.2022.9964625" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-04081460v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Neveux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-95879-0.50115-6" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898194v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902346v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Calamita" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-04081452v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-04081062v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Favre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320914v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01404169v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia Tsiontsiou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye-Qiong Song" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Ceselli" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01170042v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dallal Belabed" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CloudNet.2015.7335301" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946371v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914689v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-01848-5_14" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946363v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edf.hal.science/hal-04077945v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01643064v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca de Bettin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01583011v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Bozorg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936085v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936019v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926122v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca G. Gianoli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02976934v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>