--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -3238,222 +3238,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Comment trouver son chemin dans les jeux vidéo ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hovig ter Minassian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Rufat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Coavoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espace Géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Tome 40 (3), pp.245-262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/eg.403.0245⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03974940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sociologie des MMORPG et profils de joueurs : pour une théorie sociale de l’activité (vidéo)ludique en ligne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Berry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 45 (1), pp.78-85. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/revss.2011.1358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03916544v1</w:t>
-              </w:r>
-[...115 lines deleted...]
-                <w:t xml:space="preserve">hal-03974940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment trouver son chemin dans les jeux vidéo ?</w:t>
               </w:r>
@@ -4462,165 +4462,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03968841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Publics de joueurs et dispositions au récit (vidéo)ludique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lusor in Fabula</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rouen-Normandie, Nov 2019, Mont Saint Aignan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03975857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jeux (vidéo) et apprentissages : contours d’une problématique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Berry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Congrès de l’AREF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AREF; Université de Bordeaux, Jul 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03975846v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-03975857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment devient-on joueur ?</w:t>
               </w:r>
@@ -5631,50 +5631,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03975892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cultures adolescentes et mondes numériques : Quand les jeunes n’ont plus d’âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enfance et Culture, 9èmes Journées de sociologie de l’enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ministère de la Culture et de la Communication; Association internationale des sociologues de langue française, Dec 2010, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03975172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La société de consommation enfantine. L’exemple des ludo-aliments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -5683,126 +5752,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alimentation, cultures enfantines et éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IAE Poitiers; Centre Européen des Produits de l’Enfance, Apr 2010, Angoulême, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03975145v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03975172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do objects “talk to kids”? The “rhetoric of fun in children’s material culture</w:t>
               </w:r>
@@ -7150,51 +7150,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916719v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hovig ter Minassian" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Boutet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Col&#243;n de Carvajal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Coavoux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.20077" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973030v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Andlauer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916711v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371003v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gilliotte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gire" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Guittet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/deps.garci.2025.01.0155" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668392v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.16" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185408v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouquet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobroff" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Delabre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barberet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-32225-9_11" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975541v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973039v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973052v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973279v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Vansyngel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.marti.2021.01.0121" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03412681v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974998v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973383v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974954v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974966v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975023v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975061v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974288v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081785v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Rufat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975074v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03907053v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Mathiot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roucous" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03975414v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03975368v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975082v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975086v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311678v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Zabban" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.252.0177" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-04789822v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Xiang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916474v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.2796" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654173v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.2819" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913390v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.2732" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03975341v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nect.008.0030" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03975380v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916441v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Garcia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.1636" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916497v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manouk Borzakian" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167001v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dauphragne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916467v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.454.0035" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-676L38W5-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916544v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/revss.2011.1358" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974940v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.403.0245" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00641095v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972913v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21432/T2959X" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916535v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916507v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916545v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916551v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916515v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471727v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barbet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699487v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Alvarez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzon Beaussant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien D&#233;maret" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975807v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975642v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03968841v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975846v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975857v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975135v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975651v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975865v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975872v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975686v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975116v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975696v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975707v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975716v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975732v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975759v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975157v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975883v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975892v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975145v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975172v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975778v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Broug&#232;re" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975181v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975189v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975202v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03650087v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975517v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Depaulis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975474v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.2784" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975247v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975262v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975223v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910057v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Brody" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03012774v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786612v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Tourret" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916719v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hovig ter Minassian" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Boutet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Col&#243;n de Carvajal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Coavoux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.20077" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973030v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Andlauer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916711v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371003v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gilliotte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gire" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Guittet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/deps.garci.2025.01.0155" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668392v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/schola4.9782353110025.16" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185408v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouquet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobroff" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Delabre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barberet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-32225-9_11" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975541v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973039v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973052v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973279v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Vansyngel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.marti.2021.01.0121" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03412681v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974998v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973383v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974954v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974966v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975023v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975061v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974288v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081785v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Rufat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975074v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03907053v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Mathiot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roucous" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03975414v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03975368v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975082v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975086v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311678v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Zabban" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.252.0177" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-04789822v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Xiang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916474v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.2796" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654173v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.2819" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913390v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.2732" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03975341v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nect.008.0030" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03975380v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916441v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Garcia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.1636" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916497v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manouk Borzakian" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167001v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dauphragne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916467v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.454.0035" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-676L38W5-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974940v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.403.0245" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916544v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/revss.2011.1358" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00641095v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972913v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21432/T2959X" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916535v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916507v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916545v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916551v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03916515v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471727v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barbet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699487v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Alvarez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzon Beaussant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien D&#233;maret" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975807v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975642v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03968841v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975857v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975846v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975135v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975651v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975865v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975872v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975686v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975116v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975696v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975707v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975716v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975732v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975759v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975157v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975883v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975892v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975172v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975145v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975778v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Broug&#232;re" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975181v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975189v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975202v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03650087v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975517v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Depaulis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03975474v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdj.2784" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975247v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975262v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975223v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910057v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Brody" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03012774v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786612v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Tourret" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>