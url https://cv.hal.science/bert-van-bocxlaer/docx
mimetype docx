--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -753,295 +753,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04777435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cambrian explosion and Ordovician biodiversification or Cambrian biodiversification and Ordovician explosion?</w:t>
+                <w:t xml:space="preserve">Morphometrics and machine learning discrimination of the middle Eocene radiolarian species Podocyrtis chalara, Podocyrtis goetheana and their morphological intermediates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Servais</w:t>
+                <w:t xml:space="preserve">Francisco Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Borja Cascales-Miñana</w:t>
+                <w:t xml:space="preserve">Veronica Carlsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David A.T. Harper</w:t>
+                <w:t xml:space="preserve">Mathias Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bert Van Bocxlaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Lefebvre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bert van Bocxlaer</w:t>
+                <w:t xml:space="preserve">Hammouda Elbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolving Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 1, pp.100018. </w:t>
+              <w:t xml:space="preserve">Marine Micropaleontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.102293. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eve.2023.100018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marmicro.2023.102293⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292641v1</w:t>
+                <w:t xml:space="preserve">hal-04215322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphometrics and machine learning discrimination of the middle Eocene radiolarian species Podocyrtis chalara, Podocyrtis goetheana and their morphological intermediates</w:t>
+                <w:t xml:space="preserve">Cambrian explosion and Ordovician biodiversification or Cambrian biodiversification and Ordovician explosion?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francisco Pinto</w:t>
+                <w:t xml:space="preserve">Thomas Servais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronica Carlsson</w:t>
+                <w:t xml:space="preserve">Borja Cascales-Miñana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Meunier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bert Van Bocxlaer</w:t>
+                <w:t xml:space="preserve">David A.T. Harper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hammouda Elbez</w:t>
+                <w:t xml:space="preserve">Bertrand Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bert van Bocxlaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Micropaleontology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, pp.102293. </w:t>
+              <w:t xml:space="preserve">Evolving Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1, pp.100018. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marmicro.2023.102293⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eve.2023.100018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04215322v1</w:t>
+                <w:t xml:space="preserve">hal-04292641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Target enrichment of long open reading frames and ultraconserved elements to link microevolution and macroevolution in non‐model organisms</w:t>
               </w:r>
@@ -1687,1260 +1687,1260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03320829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversification dynamics of freshwater bivalves (Unionidae: Parreysiinae: Coelaturini) indicate historic hydrographic connections throughout the East African Rift System</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Population collapse in viviparid gastropods of the Lake Victoria ecoregion started before the Last Glacial Maximum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bert Van Bocxlaer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia M Ortiz-Sepulveda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Björn Stelbrink</w:t>
+                <w:t xml:space="preserve">Catharina Clewing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Vekemans</w:t>
+                <w:t xml:space="preserve">Anne Duputié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Albrecht</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ympev.2020.106816⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.15599⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02917174v1</w:t>
+                <w:t xml:space="preserve">hal-02959771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep drilling reveals massive shifts in evolutionary dynamics after formation of ancient ecosystem</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diversification dynamics of freshwater bivalves (Unionidae: Parreysiinae: Coelaturini) indicate historic hydrographic connections throughout the East African Rift System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torsten Hauffe</w:t>
+                <w:t xml:space="preserve">Claudia M Ortiz-Sepulveda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Björn Stelbrink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Jovanovska</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Timme Donders</w:t>
+                <w:t xml:space="preserve">Xavier Vekemans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Albrecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Riedel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abb2943⟩</w:t>
+              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 148, pp.106816. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ympev.2020.106816⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02996904v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ICDP workshop on the Lake Tanganyika Scientific Drilling Project: a late Miocene–present record of climate, rifting, and ecosystem evolution from the world's oldest tropical lake</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep drilling reveals massive shifts in evolutionary dynamics after formation of ancient ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Wilke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Torsten Hauffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James M. Russell</w:t>
+                <w:t xml:space="preserve">Elena Jovanovska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philip Barker</w:t>
+                <w:t xml:space="preserve">Aleksandra Cvetkoska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew S. Cohen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ishmaël Kimirei</w:t>
+                <w:t xml:space="preserve">Timme Donders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Drilling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/sd-27-53-2020⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (40), pp.eabb2943. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abb2943⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02917193v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paleoecological insights from fossil freshwater mollusks of the Kanapoi Formation (Omo-Turkana Basin, Kenya)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">ICDP workshop on the Lake Tanganyika Scientific Drilling Project: a late Miocene–present record of climate, rifting, and ecosystem evolution from the world's oldest tropical lake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James M. Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Barker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew S. Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Ivory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ishmaël Kimirei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2017.05.008⟩</w:t>
+              <w:t xml:space="preserve">Scientific Drilling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 27, pp.53-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/sd-27-53-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02323652v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plio-Pleistocene sedimentation in West Turkana (Turkana Depression, Kenya, East African Rift System): Paleolake fluctuations, paleolandscapes and controlling factors</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Paleoecological insights from fossil freshwater mollusks of the Kanapoi Formation (Omo-Turkana Basin, Kenya)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bert Van Bocxlaer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2020.103415⟩</w:t>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 140, pp.102341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2017.05.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02981457v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive divergence in shell morphology in an ongoing gastropod radiation from Lake Malawi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plio-Pleistocene sedimentation in West Turkana (Turkana Depression, Kenya, East African Rift System): Paleolake fluctuations, paleolandscapes and controlling factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Nutz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Schuster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doris Barboni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Gassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bert Van Bocxlaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12862-019-1570-5⟩</w:t>
+              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 211, pp.1-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2020.103415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02458806v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02981457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Checklist of the fresh and brackish water snails (Mollusca, Gastropoda) of Bénin and adjacent West African ecoregions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adaptive divergence in shell morphology in an ongoing gastropod radiation from Lake Malawi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bert Van Bocxlaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia M Ortiz-Sepulveda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pieter R Gurdebeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vekemans</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zookeys</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3897/zookeys.942.52722⟩</w:t>
+              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20, pp.5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12862-019-1570-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02917178v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02458806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Diversification Dynamics Since the Jurassic: Low Dispersal and Habitat-Dependent Evolution Explain Hotspots of Diversity and Shell Disparity in River Snails (Viviparidae)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romy Richter</w:t>
+                <w:t xml:space="preserve">Checklist of the fresh and brackish water snails (Mollusca, Gastropoda) of Bénin and adjacent West African ecoregions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zinsou Cosme Koudenoukpo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olaniran Hamed Odountan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bert Van Bocxlaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Köhler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frank Riedel</w:t>
+                <w:t xml:space="preserve">Rose Sablon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ellen E Strong</w:t>
+                <w:t xml:space="preserve">Antoine Chikou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systematic Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 69, pp.944 - 961. </w:t>
+              <w:t xml:space="preserve">Zookeys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 942, pp.21-64. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/sysbio/syaa011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3897/zookeys.942.52722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02917167v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First report of extraordinary corkscrew gastropods of the genus Bulinus in Lake Malawi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global Diversification Dynamics Since the Jurassic: Low Dispersal and Habitat-Dependent Evolution Explain Hotspots of Diversity and Shell Disparity in River Snails (Viviparidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Björn Stelbrink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catharina Clewing</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Romy Richter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Köhler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Riedel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen E Strong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Great Lakes Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jglr.2020.05.014⟩</w:t>
+              <w:t xml:space="preserve">Systematic Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 69, pp.944 - 961. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/sysbio/syaa011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02917181v1</w:t>
+                <w:t xml:space="preserve">hal-02917167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Population collapse in viviparid gastropods of the Lake Victoria ecoregion started before the Last Glacial Maximum</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First report of extraordinary corkscrew gastropods of the genus Bulinus in Lake Malawi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catharina Clewing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bert Van Bocxlaer</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Camille Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Albrecht</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Journal of Great Lakes Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 46 (5), pp.1168-1175. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.15599⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jglr.2020.05.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02959771v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Signatures of Divergence, Invasiveness, and Terrestrialization Revealed by Four Apple Snail Genomes</w:t>
               </w:r>
@@ -3060,51 +3060,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular and morphological recognition of species boundaries in the neglected ant genus Brachymyrmex (Hymenoptera: Formicidae): toward a taxonomic revision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia M Ortiz-Sepulveda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bert Van Bocxlaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3454,64 +3454,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anatomical and genetic data reveal that Rivularia Heude, 1890 belongs to Viviparinae (Gastropoda: Viviparidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bert Van Bocxlaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen E Strong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romy Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Björn Stelbrink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3806,90 +3806,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PLIO-PLEISTOCENE PALEOENVIRONMENTS IN WEST TURKANA (EAST AFRICAN RIFT SYSTEM, KENYA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Nutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schuster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Barboni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Gassier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bert Van Bocxlaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3985,51 +3985,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapter 5 Viviparidae Gray, 1847</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bert Van Bocxlaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellen E Strong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Freshwater Mollusks of the World: A Distribution Atlas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.43-50, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4223,51 +4223,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101277v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Van Bocxlaer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Offerle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia M Ortiz Sepulveda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Habert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Holl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/neobiota.99.143667" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370203v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hammoud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Verschuren" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius Tumusiime" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Albrecht" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2025.0070" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372379v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ortiz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stano Pek&#225;r" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Henrard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Jocqu&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark S Harvey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/syen.12694" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699123v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis y Dollion" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Ortiz&#8208;sepulveda" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Calarnou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Habert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evolinnean/kzae010" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777435v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Hors&#225;k" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey C Nekola" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert van Bocxlaer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13820" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292641v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Servais" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja Cascales-Mi&#241;ana" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A.T. Harper" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lefebvre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eve.2023.100018" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215322v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Pinto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Carlsson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Meunier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hammouda Elbez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2023.102293" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168269v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia M Ortiz&#8208;Sepulveda" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Genete" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blassiau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile God&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13735" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843971v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Kayenbergh" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2022.07.003" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347370v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mulero" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Boissier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13492" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320817v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Mahulu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Stelbrink" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Riedel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.14096" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320829v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zinsou Cosme Koudenoukpo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaniran Hamed Odountan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prudenci&#232;ne Ablawa Agboho" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatenda Dalu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2021.107706" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917174v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia M Ortiz-Sepulveda" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vekemans" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2020.106816" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996904v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Wilke" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Hauffe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Jovanovska" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Cvetkoska" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timme Donders" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abb2943" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917193v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James M. Russell" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Barker" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew S. Cohen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ivory" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishma&#235;l Kimirei" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/sd-27-53-2020" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323652v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2017.05.008" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02981457v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Nutz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schuster" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Barboni" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Gassier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2020.103415" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458806v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter R Gurdebeke" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-019-1570-5" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917178v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Sablon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chikou" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/zookeys.942.52722" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917167v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romy Richter" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank K&#246;hler" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen E Strong" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syaa011" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917181v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catharina Clewing" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jglr.2020.05.014" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959771v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duputi&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15599" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323843v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Sun" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huawei Mu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Ip" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Runsheng Li" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Xu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msz084" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323851v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s D Meneses" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Fernandez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13127-019-00406-2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323824v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorunn Dieleman" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanja Dorothy Nyingi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lyaruu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.2664" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323679v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Chen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Ituarte" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4553-9" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323665v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas von Rintelen" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlx014" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323617v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2017.1494" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809464v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Taylor" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Harmand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arrighi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thabard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03043073v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schuster" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/abs/2020AM-351278" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323745v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101277v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Van Bocxlaer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Offerle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia M Ortiz Sepulveda" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Habert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Holl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/neobiota.99.143667" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370203v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hammoud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Verschuren" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius Tumusiime" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Albrecht" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2025.0070" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372379v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ortiz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stano Pek&#225;r" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Henrard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Jocqu&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark S Harvey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/syen.12694" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699123v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis y Dollion" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Ortiz&#8208;sepulveda" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Calarnou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Habert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evolinnean/kzae010" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777435v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Hors&#225;k" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey C Nekola" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert van Bocxlaer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13820" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215322v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Pinto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Carlsson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Meunier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hammouda Elbez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marmicro.2023.102293" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292641v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Servais" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja Cascales-Mi&#241;ana" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A.T. Harper" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lefebvre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eve.2023.100018" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168269v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia M Ortiz&#8208;Sepulveda" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Genete" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blassiau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile God&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13735" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843971v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Kayenbergh" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2022.07.003" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347370v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mulero" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Boissier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13492" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320817v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Mahulu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Stelbrink" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Riedel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.14096" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320829v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zinsou Cosme Koudenoukpo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaniran Hamed Odountan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prudenci&#232;ne Ablawa Agboho" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatenda Dalu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2021.107706" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959771v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catharina Clewing" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duputi&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15599" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917174v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia M Ortiz-Sepulveda" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vekemans" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2020.106816" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996904v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Wilke" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Hauffe" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Jovanovska" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Cvetkoska" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timme Donders" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abb2943" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917193v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James M. Russell" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Barker" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew S. Cohen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ivory" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishma&#235;l Kimirei" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/sd-27-53-2020" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323652v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2017.05.008" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02981457v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Nutz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schuster" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Barboni" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Gassier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2020.103415" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458806v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter R Gurdebeke" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-019-1570-5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917178v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Sablon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chikou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/zookeys.942.52722" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917167v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romy Richter" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank K&#246;hler" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen E Strong" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syaa011" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917181v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jglr.2020.05.014" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323843v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Sun" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huawei Mu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Ip" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Runsheng Li" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Xu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msz084" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323851v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s D Meneses" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Fernandez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13127-019-00406-2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323824v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorunn Dieleman" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanja Dorothy Nyingi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lyaruu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.2664" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323679v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Chen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Ituarte" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4553-9" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323665v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas von Rintelen" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlx014" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323617v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2017.1494" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809464v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Taylor" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Harmand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arrighi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thabard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03043073v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schuster" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/abs/2020AM-351278" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323745v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>