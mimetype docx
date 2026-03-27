--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -66,2257 +66,2374 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">(Ne pas) hériter du métier ? Des parcours d’entrée aux inégalités professionnelles entre agriculteur·ices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Mazaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Thareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée du longitudinal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Dijon (FR), France. pp.45-58, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/142fk⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05448869v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le salariat agricole saisonnier à l’heure du premier confinement Covid en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Anzalone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Sigwalt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Thareau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de l'Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie, Jul 2021, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05458665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conception of local carbon markets connecting farmers and companies: socio-economic outlines of innovative devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dupraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Thareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Coisnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Nasser Seyni Abdou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14. European IFSA Symposium Farming systems: Facing uncertainties and enhancing opportunities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Farming Systems Association (IFSA). AUT., Mar 2020, Evora, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards the establishment of a voluntary carbon compensation market: the contributions of a choice experiment method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dupraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Nasser Seyni Abdou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Coisnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Thareau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13. Journées de recherches en sciences sociales (JRSS 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA., Dec 2019, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les exploitations agricoles périurbaines : diversité et logiques de développement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe-Toussaint Soulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Thareau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Agriculture péri-urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Versailles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02811667v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apports de l'économie sociale et solidaire dans des projets à dimensions agro-environnementales : quelles constructions territoriales ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Thareau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RIUESS 2008 - VIIIemes Rencontres internationales du Réseau Inter-Universitaire de l'Economie Sociale et Solidaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Barcelone, Espagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00341293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réutiliser les eaux usées traitées : quelles perspectives pour l'agriculture française ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Mallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Thareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lombard-Latune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Loubaud-Berson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04691695v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Ne pas) hériter du métier ? Des parcours d’entrée aux inégalités professionnelles entre agriculteur·ices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Qui s'installe en agriculture aujourd'hui ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Mazaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Thareau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du longitudinal</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05448869v1</w:t>
+              <w:t xml:space="preserve">Analyse (Ministère de l'agriculture, de l’alimentation, de la pêche, de la ruralité et de l’aménagement du territoire)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 215, 4 p. https://agreste.agriculture.gouv.fr/agreste-web/disaron/Ana215/detail/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05448849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le salariat agricole saisonnier à l’heure du premier confinement Covid en France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bertille Thareau</w:t>
+                <w:t xml:space="preserve">Designing carbon markets connecting farmers and companies: stakeholders claiming territorial-based devices to promote synergies between diverse environmental challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Thareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Seyni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Coisnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dupraz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'Association Française de Sociologie</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05458665v1</w:t>
+              <w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 104 (2), pp.167-191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41130-023-00194-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception of local carbon markets connecting farmers and companies: socio-economic outlines of innovative devices</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les agriculteurs dans la préservation des fonds de vallée : écueils et succès des politiques publiques d’environnement territorialisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Thareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Abdoul Nasser Seyni Abdou</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Sigwalt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nejla Ben Arfa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. European IFSA Symposium Farming systems: Facing uncertainties and enhancing opportunities</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02503307v1</w:t>
+              <w:t xml:space="preserve">Géographie, Économie, Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25 (2-3), pp.323-349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/ges.2023.0015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the establishment of a voluntary carbon compensation market: the contributions of a choice experiment method</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">PSDR4 FARMaine -les fonds de vallée agricoles au défi des politiques publiques d'environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Debray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Follin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thommeret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Journées de recherches en sciences sociales (JRSS 2019)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02503308v1</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 86, pp.81-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art08⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03838408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les exploitations agricoles périurbaines : diversité et logiques de développement</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">B. Thareau</w:t>
+                <w:t xml:space="preserve">Le cadre d'usage des outils d'aide à la décision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soazig Di Bianco,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Compagnone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Thareau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Agriculture péri-urbaine</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02811667v1</w:t>
+              <w:t xml:space="preserve">Études rurales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 209, pp.128-147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/etudesrurales.28594⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03809963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apports de l'économie sociale et solidaire dans des projets à dimensions agro-environnementales : quelles constructions territoriales ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Farmers’ land strategies in peri-urban areas: the case of Angevin conurbation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Thareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Billaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RIUESS 2008 - VIIIemes Rencontres internationales du Réseau Inter-Universitaire de l'Economie Sociale et Solidaire</w:t>
-[...144 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 102 (1), pp.59-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41130-021-00142-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05448849v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03599205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing carbon markets connecting farmers and companies: stakeholders claiming territorial-based devices to promote synergies between diverse environmental challenges</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">P. Dupraz</w:t>
+                <w:t xml:space="preserve">Linking producers and consumers for sustainable food? Biodiversity between trust and knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bernardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Anzalone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giffona Justinia Hanitravelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Thareau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41130-023-00194-6⟩</w:t>
+              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Volume 21 numéro 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/vertigo.34176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04315425v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03623253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PSDR4 FARMaine -les fonds de vallée agricoles au défi des politiques publiques d'environnement</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How broadening social connections changes farmers’ conceptions about biodiversity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Thareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Pailleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Anzalone</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art08⟩</w:t>
+              <w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 101 (2-3), pp.241-259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41130-020-00104-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03838408v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03195642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le cadre d'usage des outils d'aide à la décision</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quand l’ouverture sociale fait bouger les lignes. Une pluralité de figures agro-écologiques analysée par les trajectoires socioprofessionnelles des agriculteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Thareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Pailleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Anzalone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études rurales</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03809963v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02513368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farmers’ land strategies in peri-urban areas: the case of Angevin conurbation</w:t>
+                <w:t xml:space="preserve">Le numérique accompagne les mutations économiques et sociales de l'agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Thareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Billaud</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41130-021-00142-2⟩</w:t>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29, pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2019.3.10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03599205v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03999524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking producers and consumers for sustainable food? Biodiversity between trust and knowledge</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mobilizing farmers against climate change in an implicit fashion.. . Reflections on incomplete learnings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Thareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Fabry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Gosset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.569 - 598</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03623253v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01885204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How broadening social connections changes farmers’ conceptions about biodiversity.</w:t>
+                <w:t xml:space="preserve">Lutter contre le changement climatique ou pour son identité professionnelle?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Thareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Anzalone</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Fabry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41130-020-00104-0⟩</w:t>
+              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 14 (3), pp.59-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/vertigo.15588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03195642v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04035041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand l’ouverture sociale fait bouger les lignes. Une pluralité de figures agro-écologiques analysée par les trajectoires socioprofessionnelles des agriculteurs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vers de nouveaux rapports du développement agricole au territoire, Agir ensemble pour devenir autonomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Thareau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Anzalone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 320, pp.99 - 115</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02513368v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03110035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le numérique accompagne les mutations économiques et sociales de l'agriculture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les exploitations agricoles périurbaines : diversité et logiques de développement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe-Toussaint Soulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Thareau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Karine Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2019.3.10⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5, pp.27-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/34pc-df32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03999524v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilizing farmers against climate change in an implicit fashion.. . Reflections on incomplete learnings</w:t>
+                <w:t xml:space="preserve">L’appropriation de l’obligation de couverture hivernale des sols par les agriculteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Thareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...371 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Congy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bolo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Courrier de l'environnement de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 56 (56), pp.105-118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01197295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2326,151 +2443,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Se lancer dans une démarche de PSE avec des collectifs d’agriculteurs. Enseignements méthodologiques du projet LabPSE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Laure Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Issanchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Paillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (manuel)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03944569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2480,249 +2597,249 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les médias socionumériques dans la recomposition des dynamiques collectives en agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Thareau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les agriculteurs dans le mouvement de numérisation du monde. Enjeux économiques et sociologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éducagri éditions, pp.65-97, 2019, Références, 9791027502950. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/edagri.danie.2019.01.0065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05352923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les évolutions des modes de gouvernance des espaces agricoles ruraux et périurbains face aux risques environnementaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Bodiguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fabry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Pech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Souchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Torre et F. Wallet (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les enjeux du développement régional et territorial en zones rurales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.274, 2013, 978- 2-343-01190-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01208821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2732,114 +2849,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réguler l'accès à la terre, la réinvention locale du corporatisme agricole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Thareau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Université de Nanterre - Paris X, 2011. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01061395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId89"/>
+      <w:footerReference w:type="default" r:id="rId93"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2986,51 +3103,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691695v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Mallard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lefebvre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Thareau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lombard-Latune" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Loubaud-Berson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448869v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mazaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Leroux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/142fk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458665v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Anzalone" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Sigwalt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503307v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupraz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coisnon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Nasser Seyni Abdou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503308v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811667v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe-Toussaint Soulard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thareau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00341293v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pierre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05448849v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315425v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Seyni" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Coisnon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dupraz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-023-00194-6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03838408v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fournier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonnefond" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Debray" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Follin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Thommeret" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art08" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03809963v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soazig Di Bianco," TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Compagnone" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.28594" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599205v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Billaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-021-00142-2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623253v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernardin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giffona Justinia Hanitravelo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.34176" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195642v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Pailleux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-020-00104-0" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513368v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03999524v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Daniel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.3.10" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885204v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fabry" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gosset" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035041v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Robin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.15588" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03110035v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653621v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/34pc-df32" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197295v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Congy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bolo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03944569v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Bailly" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Delaunay" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Issanchou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Paillard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05352923v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edagri.danie.2019.01.0065" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208821v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bodiguel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Germain" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pech" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Souchard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ruralia.revues.org/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01061395v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448869v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mazaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Thareau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Leroux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/142fk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458665v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Anzalone" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Sigwalt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503307v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dupraz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Coisnon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Nasser Seyni Abdou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503308v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811667v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe-Toussaint Soulard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thareau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00341293v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Pierre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691695v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Mallard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lefebvre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lombard-Latune" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Loubaud-Berson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05448849v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315425v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Seyni" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Coisnon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dupraz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-023-00194-6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05539656v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nejla Ben Arfa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Petit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.2023.0015" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03838408v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fournier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonnefond" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Debray" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Follin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Thommeret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art08" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03809963v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soazig Di Bianco," TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Compagnone" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.28594" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599205v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Billaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-021-00142-2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623253v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernardin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giffona Justinia Hanitravelo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.34176" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195642v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Pailleux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-020-00104-0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02513368v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03999524v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Daniel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.3.10" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885204v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fabry" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gosset" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035041v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Robin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.15588" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03110035v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653621v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/34pc-df32" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197295v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Congy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bolo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03944569v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Bailly" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Delaunay" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Issanchou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Paillard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05352923v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edagri.danie.2019.01.0065" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208821v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bodiguel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Germain" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pech" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Souchard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ruralia.revues.org/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01061395v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>