--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -191,1941 +191,2071 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05137529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life Cycle Assessments of different electricity production scenarios in France with a variable proportion of nuclear energy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of Damper Winding Application in a PMSM Under Different Operating Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sijie Ni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bauw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Daniel Roger</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Romary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Le Besnerais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Green Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/15435075.2022.2075704⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 71 (10), pp.11957-11966. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIE.2024.3349589⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04130927v1</w:t>
+                <w:t xml:space="preserve">hal-05561360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damper Winding for Noise and Vibration Reduction of a Permanent Magnet Synchronous Machine</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Life Cycle Assessments of different electricity production scenarios in France with a variable proportion of nuclear energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Balavoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Le Besnerais</w:t>
+                <w:t xml:space="preserve">Daniel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 22 (7), pp.2738. </w:t>
+              <w:t xml:space="preserve">International Journal of Green Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20 (6), pp.571-581. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s22072738⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/15435075.2022.2075704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03680978v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04130927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative study of LC filter and damper winding for noise reduction of PWM-fed IM</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Damper Winding for Noise and Vibration Reduction of a Permanent Magnet Synchronous Machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sijie Ni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Bauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Romary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Romary</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Le Besnerais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 64 (S1), pp.S167-S177. </w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (7), pp.2738. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/JAE-209513⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s22072738⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03253916v1</w:t>
+                <w:t xml:space="preserve">hal-03680978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induction motor equivalent circuit identification from finite element results</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A comparative study of LC filter and damper winding for noise reduction of PWM-fed IM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Balavoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Bauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Romary</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 63 (4), pp.673-679. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/JAE-209203⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 64 (S1), pp.S167-S177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JAE-209513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03666015v1</w:t>
+                <w:t xml:space="preserve">hal-03253916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of modern magnetic and insulation materials on dimensions and losses of large induction machines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Balavoine</w:t>
+                <w:t xml:space="preserve">Induction motor equivalent circuit identification from finite element results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Zidat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Mavrudieva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/phys-2020-0172⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 63 (4), pp.673-679. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JAE-209203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03253693v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03666015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of an induction machine with damper windings for noise and vibrations reduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gregory Bauw</w:t>
+                <w:t xml:space="preserve">Influence of modern magnetic and insulation materials on dimensions and losses of large induction machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Balavoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Demian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Romary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Debendere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/COMPEL-10-2018-0425⟩</w:t>
+              <w:t xml:space="preserve">Open Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (1), pp.652-657. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/phys-2020-0172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03671367v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03253693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative life cycle assessment of induction machines made with copper‐cage or aluminium‐cage rotors</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Daniel Roger</w:t>
+                <w:t xml:space="preserve">Design of an induction machine with damper windings for noise and vibrations reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Bauw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cassoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ninet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Romary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IET Electric Power Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1049/iet-epa.2018.5401⟩</w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 38 (4), pp.1253-1262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/COMPEL-10-2018-0425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03270436v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03671367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equivalent Circuit of PWM-Fed Induction Machine With Damper Winding for Noise and Vibration Reduction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Raphael Romary</w:t>
+                <w:t xml:space="preserve">Comparative life cycle assessment of induction machines made with copper‐cage or aluminium‐cage rotors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Cassoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐paul Manata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mallard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIA.2018.2831635⟩</w:t>
+              <w:t xml:space="preserve">IET Electric Power Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13 (6), pp.712-719. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/iet-epa.2018.5401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03253927v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03270436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damper winding for noise and vibration reduction of induction machine under sinusoidal conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégory Bauw</w:t>
+                <w:t xml:space="preserve">Equivalent Circuit of PWM-Fed Induction Machine With Damper Winding for Noise and Vibration Reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Bauw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Balavoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ninet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Romary</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Ninet</w:t>
+                <w:t xml:space="preserve">Raphael Romary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 57 (S1), pp.13-21. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 54 (5), pp.4147-4155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/JAE-182296⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TIA.2018.2831635⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03671359v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03253927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enroulement amortisseur pour la réduction des bruits et vibrations des machines asynchrones</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Damper winding for noise and vibration reduction of induction machine under sinusoidal conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Bauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cassoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Romary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ninet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphael Romary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue 3E.I</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 57 (S1), pp.13-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JAE-182296⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04290238v1</w:t>
+                <w:t xml:space="preserve">hal-03671359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DISTINCTION OF TOOTHING AND SATURATION EFFECTS ON MAGNETIC NOISE OF INDUCTION MOTORS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enroulement amortisseur pour la réduction des bruits et vibrations des machines asynchrones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bauw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Lecointe</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Francois Brudny</w:t>
+                <w:t xml:space="preserve">Cassoret Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ninet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Romary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress In Electromagnetics Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Revue 3E.I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 89, pp.40-44</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03668132v1</w:t>
+                <w:t xml:space="preserve">hal-04290238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of a charging current with a sinusoidal perturbation on the performance of a lead-acid battery</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J.-F. Brudny</w:t>
+                <w:t xml:space="preserve">DISTINCTION OF TOOTHING AND SATURATION EFFECTS ON MAGNETIC NOISE OF INDUCTION MOTORS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lecointe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cassoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Brudny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEE Proceedings - Electric Power Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1049/ip-epa:20050008⟩</w:t>
+              <w:t xml:space="preserve">Progress In Electromagnetics Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 112, pp.125-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2528/PIER10110803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02867948v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03668132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Influence of a charging current with a sinusoidal perturbation on the performance of a lead-acid battery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lacressonnière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Cassoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-F. Brudny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEE Proceedings - Electric Power Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 152 (5), pp.1365. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/ip-epa:20050008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02867948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Magnetic noise reduction of induction machines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Corton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Brudny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 18 (2), pp.570-579. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TPEL.2003.809341⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04318772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid Calculation of PWM Flux Density Harmonics in a PMSM with a damper system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sijie Ni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sijie Ni</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean Le Besnerais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Romary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Bauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassoret Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Baiona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05144043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Refurbishing an old engine or replacing it by a new one: comparative study of environmental impacts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Balavoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Romary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Debendere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on Advanced Technologies in Electrical Systems SATES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université d'Artois, LSEE, Mar 2023, Arras (Université d'Artois), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04297319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution impact of electrical insulation systems in high power electrical machines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Balavoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Romary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassoret Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristian Demian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Electrical Insulation and Dielectric Phenomena CEIDP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, DEIS; IEEE, Oct 2023, East Rutherford, NJ, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04297205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental impacts of different electricity production scenarios in France in 2060</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2141,1417 +2271,1538 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on Advanced Technologies in Electrical Systems SATES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université d'Artois, LSEE, Mar 2023, Arras (Université d'Artois), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04297537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Converter used as a battery charger and a motor speed controller in an industrial truck</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Lacressonnière</w:t>
+                <w:t xml:space="preserve">Analysis of AC losses due to damper windings in PMSMs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sijie Ni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bauw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Romary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Le Besnerais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Power Electronics conference 2005</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Génie Electrique, SGE2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L2EP Lille, Jul 2023, Lille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02867958v2</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561254v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduction des bruits et vibrations des machines synchrones à aimants permanents par bobinage amortisseur</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Romary</w:t>
+                <w:t xml:space="preserve">Converter used as a battery charger and a motor speed controller in an industrial truck</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lacressonnière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCGE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Power Electronics conference 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Dresden, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EPE.2005.219286⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287589v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02867958v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damper winding for noise and vibration reduction of permanent magnet synchronous machine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Réduction des bruits et vibrations des machines synchrones à aimants permanents par bobinage amortisseur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sijie Ni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bauw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassoret Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sijie Ni</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean Le Besnerais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Romary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Cracow, Poland</w:t>
+              <w:t xml:space="preserve">JCGE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SEEDS, Jul 2022, Le Croisic (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04289962v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of new electrical materials to the design of large induction motors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Damper winding for noise and vibration reduction of permanent magnet synchronous machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sijie Ni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bauw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Romary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassoret Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christophe Debendere</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Le Besnerais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 19th International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">20th International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Cracow, Poland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286810v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of two passive solutions for noise reduction of PWM-fed induction machines</w:t>
+                <w:t xml:space="preserve">Contribution of new electrical materials to the design of large induction motors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Balavoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassoret Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Demian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Romary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Debendere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 19th International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Nancy, France. pp.1-2, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISEF45929.2019.9096977⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISEF45929.2019.9096895⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04132692v1</w:t>
+                <w:t xml:space="preserve">hal-04286810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induction motor equivalent circuit identification from finite element results</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Comparison of two passive solutions for noise reduction of PWM-fed induction machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Balavoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Bauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cassoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Romary</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXV Symposium Electromagnetic Phenomena in Nonlinear Circuits (EPNC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 19th International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Nancy, France. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISEF45929.2019.9096895⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04290095v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04132692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of an induction machine with damper windings for noise and vibrations reduction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Induction motor equivalent circuit identification from finite element results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Zidat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Mavrudieva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Bauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassoret Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXV Symposium Electromagnetic Phenomena in Nonlinear Circuits (EPNC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04297127v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04290095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magneto-vibro-acoustic Efficient Design of PWM-fed Induction Machines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Design of an induction machine with damper windings for noise and vibrations reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Bauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassoret Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ninet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Romary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIA-CTTM Automotive NVH Comfort</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Le Mans, France</w:t>
+              <w:t xml:space="preserve">XXV Symposium Electromagnetic Phenomena in Nonlinear Circuits (EPNC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04290314v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04297127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration des performances d'une machine asynchrone par le remplacement des tôles magnétiques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Magneto-vibro-acoustic Efficient Design of PWM-fed Induction Machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bauw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Zidat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassoret Bertrand</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe Debendere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CONFÉRENCE DES JEUNES CHERCHEURS EN GÉNIE ELECTRIQUE (JCGE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université d'Artois LSEE, May 2017, ARRAS, France</w:t>
+              <w:t xml:space="preserve">SIA-CTTM Automotive NVH Comfort</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287463v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04290314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damper winding for noise and vibration reduction of induction machine under sinusoidal conditions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Amélioration des performances d'une machine asynchrone par le remplacement des tôles magnétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Balavoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassoret Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Demian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Romary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Cassoret</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Debendere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIII International Symposium on Electromagnetic Fields (ISEF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Lodz, Poland</w:t>
+              <w:t xml:space="preserve">CONFÉRENCE DES JEUNES CHERCHEURS EN GÉNIE ELECTRIQUE (JCGE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d'Artois LSEE, May 2017, ARRAS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04290964v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enroulement amortisseur pour la réduction des bruits et vibrations des machines asynchrones</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Damper winding for noise and vibration reduction of induction machine under sinusoidal conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Bauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Romary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ninet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Raphael Romary</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jeunes Chercheurs en Génie Electrique (JCGE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Arras, France</w:t>
+              <w:t xml:space="preserve">XVIII International Symposium on Electromagnetic Fields (ISEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Lodz, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04290278v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04290964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Enroulement amortisseur pour la réduction des bruits et vibrations des machines asynchrones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bauw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassoret Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ninet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Romary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jeunes Chercheurs en Génie Electrique (JCGE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Arras, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04290278v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Enroulement amortisseur pour la réduction des bruits et vibrations d'une machine asynchrone alimentée par MLI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Bauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Balavoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ninet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Romary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01361619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3561,162 +3812,162 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy Transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CRC Press, 2, 2021, 9781003088486. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1201/9781003088486⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03676234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition énergétique, ces vérités qui dérangent, 2ème édition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Deboeck. , 2020, 9782807328334</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04287540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3726,137 +3977,137 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enroulement amortisseur pour la réduction des bruits et vibrations d'une machine asynchrone alimentée par MLI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Bauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Balavoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassoret Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Romary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées SEEDS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Laval, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04291004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3866,114 +4117,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réduction active du bruit magnétique des machines asynchrones directement connectées au réseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cassoret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université d'Artois, 1996. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00372876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId84"/>
+      <w:footerReference w:type="default" r:id="rId87"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4120,51 +4371,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137529v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cassoret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Balavoine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21926/jept.2502008" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130927v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Roger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15435075.2022.2075704" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03680978v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sijie Ni" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bauw" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Romary" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Le Besnerais" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22072738" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03253916v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Romary" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-209513" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666015v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Zidat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Mavrudieva" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lombard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-209203" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03253693v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Demian" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Debendere" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/phys-2020-0172" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03671367v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Bauw" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ninet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-10-2018-0425" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03270436v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cassoret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;paul Manata" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mallard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-epa.2018.5401" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03253927v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Balavoine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2018.2831635" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03671359v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-182296" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04290238v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassoret Bertrand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668132v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lecointe" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Brudny" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIER10110803" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867948v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lacressonni&#232;re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Brudny" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ip-epa:20050008" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04318772v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Corton" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2003.809341" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-05144043v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04297319v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04297205v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04297537v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867958v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2005.219286" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287589v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04289962v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04286810v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9096977" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04132692v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9096895" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04290095v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04297127v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04290314v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04287463v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04290964v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04290278v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361619v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676234v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003088486" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287540v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04291004v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00372876v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137529v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cassoret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Balavoine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21926/jept.2502008" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-05561360v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sijie Ni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bauw" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Romary" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Le Besnerais" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2024.3349589" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130927v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Roger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15435075.2022.2075704" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03680978v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Romary" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22072738" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03253916v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-209513" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666015v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Zidat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Mavrudieva" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lombard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-209203" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03253693v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Demian" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Debendere" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/phys-2020-0172" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03671367v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Bauw" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ninet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-10-2018-0425" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03270436v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cassoret" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;paul Manata" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mallard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-epa.2018.5401" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03253927v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Balavoine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2018.2831635" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03671359v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-182296" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04290238v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassoret Bertrand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668132v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lecointe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Brudny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIER10110803" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867948v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lacressonni&#232;re" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Brudny" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ip-epa:20050008" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04318772v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Corton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2003.809341" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-05144043v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04297319v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04297205v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04297537v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-05561254v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867958v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2005.219286" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287589v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04289962v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04286810v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9096977" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04132692v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9096895" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04290095v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04297127v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04290314v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04287463v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04290964v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04290278v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361619v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676234v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003088486" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287540v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04291004v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00372876v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>