--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -384,295 +384,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05538266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicenter inter‐laboratory quality control of monocyte HLA‐DR expression by flow cytometry</w:t>
+                <w:t xml:space="preserve">High-throughput screening to identify endocrine disruptors: Contribution of low-resolution tandem MS and high-resolution MS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Gossez</w:t>
+                <w:t xml:space="preserve">Thibaut Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Bonnet</w:t>
+                <w:t xml:space="preserve">Rémy Le Guével</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ismael Boussaid</w:t>
+                <w:t xml:space="preserve">Hélène Solhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Chapuis</w:t>
+                <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Cointe</w:t>
+                <w:t xml:space="preserve">Thomas Darde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytometry Part B: Clinical Cytometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 108 (1), pp.95-97. </w:t>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1338 (1), pp.343594. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cyto.b.22196⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2024.343594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04872901v1</w:t>
+                <w:t xml:space="preserve">hal-04923537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-throughput screening to identify endocrine disruptors: Contribution of low-resolution tandem MS and high-resolution MS</w:t>
+                <w:t xml:space="preserve">Multicenter inter‐laboratory quality control of monocyte HLA‐DR expression by flow cytometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Léger</w:t>
+                <w:t xml:space="preserve">Morgane Gossez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Le Guével</w:t>
+                <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Solhi</w:t>
+                <w:t xml:space="preserve">Ismael Boussaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Evrard</w:t>
+                <w:t xml:space="preserve">Nicolas Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Darde</w:t>
+                <w:t xml:space="preserve">Sylvie Cointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1338 (1), pp.343594. </w:t>
+              <w:t xml:space="preserve">Cytometry Part B: Clinical Cytometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 108 (1), pp.95-97. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aca.2024.343594⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cyto.b.22196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04923537v1</w:t>
+                <w:t xml:space="preserve">hal-04872901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarcopenia, myosteatosis and inflammation are independent prognostic factors of SARS-CoV-2 pneumonia patients admitted to the ICU</w:t>
               </w:r>
@@ -684,64 +684,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Chauvot de Beauchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Souweine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Boirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -831,51 +831,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine D. Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Neyroud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -926,51 +926,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explorations lacrymales en allergologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1082,51 +1082,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Grapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain de Bauchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Mirand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1318,295 +1318,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04564780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clustering based on renal and inflammatory admission parameters in critically ill patients admitted to the ICU</w:t>
+                <w:t xml:space="preserve">SARS-CoV2 pneumonia patients admitted to the ICU: Analysis according to clinical and biological parameters and the extent of lung parenchymal lesions on chest CT scan, a monocentric observational study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Mascle</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Abed Al Hadi Krisht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Grapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Chauvot de Beauchene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Audrey Mirand</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Cassagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 19 (11), pp.e0307938. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0307938⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 19 (9), pp.e0308014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0308014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04870754v1</w:t>
+                <w:t xml:space="preserve">hal-04793220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SARS-CoV2 pneumonia patients admitted to the ICU: Analysis according to clinical and biological parameters and the extent of lung parenchymal lesions on chest CT scan, a monocentric observational study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clustering based on renal and inflammatory admission parameters in critically ill patients admitted to the ICU</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mascle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dupuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abed Al Hadi Krisht</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Marina Brailova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lucie Cassagnes</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Mirand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 19 (9), pp.e0308014. </w:t>
+              <w:t xml:space="preserve">, 2024, 19 (11), pp.e0307938. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0308014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0307938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04793220v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04870754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Targeting the gut to prevent and counteract metabolic disorders and pathologies during aging</w:t>
               </w:r>
@@ -1756,51 +1756,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rea Bingula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chabrolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Archimbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2037,51 +2037,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Philipponnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radhia Bouzgarrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2279,51 +2279,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Health management of patients with COVID-19: is there a room for hydrotherapeutic approaches?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélina Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coudeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2398,593 +2398,593 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03682138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypercoagulability in critically ill patients with COVID 19, an observational prospective study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative T and B immune responses of four different anti-COVID-19 vaccine strategies 6 months after vaccination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Chabrolles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Archimbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Brebion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Calvet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Kévin Grapin</w:t>
+                <w:t xml:space="preserve">Maud Godignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0277544⟩</w:t>
+              <w:t xml:space="preserve">Journal of Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 84 (5), pp.e45-e47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jinf.2022.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04157690v1</w:t>
+                <w:t xml:space="preserve">hal-03850980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systematic Review of COVID-19-Related Physical Activity-Based Rehabilitations: Benefits to Be Confirmed by More Robust Methodological Approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélina Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Pélissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coudeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rea Bingula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 19 (15), pp.9025. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijerph19159025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03828630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soluble Receptor of Advanced Glycation End-Products (sRAGE) in Pediatric Asthma: A Prospective Study in 68 Children Aged 7 Years</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Magnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Julian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Magnier</w:t>
+                <w:t xml:space="preserve">Aurélien Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Usclade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (12), pp.5926. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/app12125926⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03882684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative T and B immune responses of four different anti-COVID-19 vaccine strategies 6 months after vaccination</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Amélie Brebion</w:t>
+                <w:t xml:space="preserve">Hypercoagulability in critically ill patients with COVID 19, an observational prospective study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Calvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Thouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mascle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Godignon</w:t>
+                <w:t xml:space="preserve">Anne-Françoise Sapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Grapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 84 (5), pp.e45-e47. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (11), pp.e0277544. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jinf.2022.03.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0277544⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03850980v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04157690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utility of the Basophil Activation Test Using Gly m 4, Gly m 5 and Gly m 6 Molecular Allergens for Characterizing Anaphylactic Reactions to Soy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Cosme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3074,51 +3074,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decline of Humoral and Cellular Immune Responses Against SARS-CoV-2 6 Months After Full BNT162b2 Vaccination in Hospital Healthcare Workers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chabrolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3202,364 +3202,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03681324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drug‐induced enterocolitis syndrome with paracetamol (acetaminophen) in a 12‐month‐old boy</w:t>
+                <w:t xml:space="preserve">Lacticaseibacillus rhamnosus Lcr35 Stimulates Epithelial Vaginal Defenses upon Gardnerella vaginalis Infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Pascal</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Sylvie Miquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Verlaguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Garcin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bertran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pediatric Allergy and Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/pai.13755⟩</w:t>
+              <w:t xml:space="preserve">Infection and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 90 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/iai.00309-22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04103922v1</w:t>
+                <w:t xml:space="preserve">hal-03842273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lacticaseibacillus rhamnosus Lcr35 Stimulates Epithelial Vaginal Defenses upon Gardnerella vaginalis Infection</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Drug‐induced enterocolitis syndrome with paracetamol (acetaminophen) in a 12‐month‐old boy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Verlaguet</w:t>
+                <w:t xml:space="preserve">Brice Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Garcin</w:t>
+                <w:t xml:space="preserve">Etienne Merlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Bertran</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Evrard</w:t>
+                <w:t xml:space="preserve">Carole Egron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection and Immunity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 90 (9), </w:t>
+              <w:t xml:space="preserve">Pediatric Allergy and Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 33 (3), pp.e13755. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/iai.00309-22⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/pai.13755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03842273v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04103922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhinovirus Infection and Familial Atopy Predict Persistent Asthma and Sensitisation 7 Years after a First Episode of Acute Bronchiolitis in Infancy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Magnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Julian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Magnier</w:t>
+                <w:t xml:space="preserve">Aurélien Mulliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Usclade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3610,77 +3610,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severe COVID-19 is characterized by the co-occurrence of moderate cytokine inflammation and severe monocyte dysregulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Cosme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dupuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Coupez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4025,77 +4025,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immunomodulatory effects of Lactobacillus plantarum on inflammatory response induced by Klebsiella pneumoniae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Vareille-Delarbre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Miquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Garcin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bertran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Balestrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4185,51 +4185,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ségala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihade Adrouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4270,278 +4270,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02349949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Vitamin D Supplementation on Influenza Vaccine Response and Immune Functions in Deficient Elderly Persons: A Randomized Placebo-Controlled Trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le microbiote comme outil thérapeutique dans l’allergie alimentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Goncalves-Mendes</w:t>
+                <w:t xml:space="preserve">Grégory Jubelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremie Talvas</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Annick Bernalier-Donadille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.00065⟩</w:t>
+              <w:t xml:space="preserve">Revue Française d'Allergologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 59 (3), pp.152-153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.reval.2019.02.223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02460342v1</w:t>
+                <w:t xml:space="preserve">hal-02154533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le microbiote comme outil thérapeutique dans l’allergie alimentaire</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">B. Bonnet</w:t>
+                <w:t xml:space="preserve">Impact of Vitamin D Supplementation on Influenza Vaccine Response and Immune Functions in Deficient Elderly Persons: A Randomized Placebo-Controlled Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Goncalves-Mendes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Talvas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dualé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Jubelin</w:t>
+                <w:t xml:space="preserve">Aline Guttmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annick Bernalier-Donadille</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Violaine Corbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Allergologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 59 (3), pp.152-153. </w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, 65/12 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.reval.2019.02.223⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.00065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02154533v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02460342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An update on molecular cat allergens: Fel d 1 and what else? Chapter 1: Fel d 1, the major cat allergen</w:t>
               </w:r>
@@ -4717,51 +4717,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Ughetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Walrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Forum of Allergy and Rhinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (5), pp.584-591. </w:t>
@@ -4793,589 +4793,589 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01790306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single Bout Exercise in Children with Juvenile Idiopathic Arthritis: Impact on Inflammatory Markers</w:t>
+                <w:t xml:space="preserve">Inflammatory Response 24 h Post-Exercise in Youth with Juvenile Idiopathic Arthritis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Merlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Duché</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christophe Hourdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediators of Inflammation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2018/9365745⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 39 (11), pp.867 - 874. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/a-0640-9063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02311408v1</w:t>
+                <w:t xml:space="preserve">hal-01925990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peanut gastrointestinal delivery oral immunotherapy in adolescents: Results of the build-up phase of a randomized, double-blind, placebo-controlled trial (PITA study)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Allergies et médicaments: mécanismes de présentation de l'antigène au système immunitaire adaptatif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical and Experimental Allergy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cea.13148⟩</w:t>
+              <w:t xml:space="preserve">Revue Française d'Allergologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 58 (3), pp.126-127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.reval.2018.02.201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01840966v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01829222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allergies et médicaments: mécanismes de présentation de l'antigène au système immunitaire adaptatif</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Single Bout Exercise in Children with Juvenile Idiopathic Arthritis: Impact on Inflammatory Markers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Duché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Hourdé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Allergologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.reval.2018.02.201⟩</w:t>
+              <w:t xml:space="preserve">Mediators of Inflammation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2018/9365745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01829222v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02311408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inflammatory Response 24 h Post-Exercise in Youth with Juvenile Idiopathic Arthritis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bruno Pereira</w:t>
+                <w:t xml:space="preserve">Peanut gastrointestinal delivery oral immunotherapy in adolescents: Results of the build-up phase of a randomized, double-blind, placebo-controlled trial (PITA study)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Fauquert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Gourdon-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 39 (11), pp.867 - 874. </w:t>
+              <w:t xml:space="preserve">Clinical and Experimental Allergy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 48 (7), pp.862-874. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/a-0640-9063⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/cea.13148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01925990v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01840966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single Bout Exercise in Children with Juvenile Idiopathic Arthritis: Impact on Inflammatory Markers (vol 2018, 9365745, 2018)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Duché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Duché</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christophe Hourdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5420,412 +5420,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01916893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Method validation of a set of 12 GEM® Premier™ 4000 blood gas analyzers for point-of-care testing in a university teaching hospital</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Probiotiques et allergie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Jubelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Bouvier</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Annick Bernalier-Donadile</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Practical Laboratory Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.plabm.2017.12.001⟩</w:t>
+              <w:t xml:space="preserve">Revue Française d'Allergologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 58 (3), pp.185-187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.reval.2018.02.208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01919305v1</w:t>
+                <w:t xml:space="preserve">hal-01846131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short-term effect of outdoor mould spore exposure on prescribed allergy medication sales in Central France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Method validation of a set of 12 GEM® Premier™ 4000 blood gas analyzers for point-of-care testing in a university teaching hospital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Rouzaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jabaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Caillaud</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">N. Dupuy</w:t>
+                <w:t xml:space="preserve">Marion Rouzaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical and Experimental Allergy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cea.13160⟩</w:t>
+              <w:t xml:space="preserve">Practical Laboratory Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10, pp.21 - 33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plabm.2017.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01844916v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probiotiques et allergie</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Grégory Jubelin</w:t>
+                <w:t xml:space="preserve">Short-term effect of outdoor mould spore exposure on prescribed allergy medication sales in Central France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cheriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Segala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annick Bernalier-Donadile</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">N. Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Allergologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 58 (3), pp.185-187. </w:t>
+              <w:t xml:space="preserve">Clinical and Experimental Allergy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 48 (7), pp.837-845. </w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.reval.2018.02.208⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/cea.13160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01846131v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01844916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RSV-hRV co-infection is a risk factor for recurrent bronchial obstruction and early sensitization 3 years after bronchiolitis</w:t>
               </w:r>
@@ -6073,645 +6073,645 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01888291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle des cellules dendritiques de la muqueuse digestive dans la tolérance orale</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Oral probiotic treatment of Lactobacillus rhamnosus Lcr35 ® prevents visceral hypersensitivity to a colonic inflammation and an acute psychological stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Darbaky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Patrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Falenta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Garcin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Allergologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.reval.2017.02.014⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 122 (1), pp.188-200. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jam.13320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01540986v1</w:t>
+                <w:t xml:space="preserve">hal-03185025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oral probiotic treatment of Lactobacillus rhamnosus Lcr35 ® prevents visceral hypersensitivity to a colonic inflammation and an acute psychological stress</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rôle des cellules dendritiques de la muqueuse digestive dans la tolérance orale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 122 (1), pp.188-200. </w:t>
+              <w:t xml:space="preserve">Revue Française d'Allergologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57 (3), pp.123-124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jam.13320⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.reval.2017.02.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03185025v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01540986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preanalytical, analytical, gestational and pediatric aspects of the S100B immuno-assays</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marion Rouzaire</w:t>
+                <w:t xml:space="preserve">Binding Potency of Heparin Immobilized on Activated Charcoal for DNA Antibodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Snezhkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tridon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Nikolaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Yu. Uvarov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/cclm-2015-0771⟩</w:t>
+              <w:t xml:space="preserve">Bulletin of Experimental Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 160 (4), pp.444-447. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10517-016-3192-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04885666v1</w:t>
+                <w:t xml:space="preserve">hal-04885654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slight Pro-Inflammatory Immunomodulation Properties of Dendritic Cells byGardnerella vaginalis: The “Invisible Man” of Bacterial Vaginosis?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Annie Dosgilbert</w:t>
+                <w:t xml:space="preserve">Preanalytical, analytical, gestational and pediatric aspects of the S100B immuno-assays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Rouzaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jabaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Rouzaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Immunology Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, pp.1-13. </w:t>
+              <w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 54 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2016/9747480⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/cclm-2015-0771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01595704v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04885666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Binding Potency of Heparin Immobilized on Activated Charcoal for DNA Antibodies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Slight Pro-Inflammatory Immunomodulation Properties of Dendritic Cells byGardnerella vaginalis: The “Invisible Man” of Bacterial Vaginosis?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bertran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Snezhkova</w:t>
+                <w:t xml:space="preserve">Patrick Brachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Tridon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Evrard</w:t>
+                <w:t xml:space="preserve">Marjolaine Vareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Nikolaev</w:t>
+                <w:t xml:space="preserve">Julie Falenta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Yu. Uvarov</w:t>
+                <w:t xml:space="preserve">Annie Dosgilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of Experimental Biology and Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 160 (4), pp.444-447. </w:t>
+              <w:t xml:space="preserve">Journal of Immunology Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.1-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10517-016-3192-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1155/2016/9747480⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04885654v1</w:t>
+                <w:t xml:space="preserve">hal-01595704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficacy of rituximab and plasmapharesis in an adult patient with antifactor H autoantibody-associated hemolytic uremic syndrome</w:t>
               </w:r>
@@ -6736,51 +6736,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Garrouste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Coppo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lautrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6831,64 +6831,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Airborne pollen levels and drug consumption for seasonal allergic rhinoconjunctivitis: a 10-year study in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ségala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6959,325 +6959,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The importance of EN ISO 15189 accreditation of allergen-specific IgE determination for reliable in vitro allergy diagnosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Peanut oral immunotherapy in adolescents: study protocol for a randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Lambert</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">P Nicaise-Roland</w:t>
+                <w:t xml:space="preserve">Lucie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Allergy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/all.12546⟩</w:t>
+              <w:t xml:space="preserve">Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16, n.p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13063-015-0717-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01392258v1</w:t>
+                <w:t xml:space="preserve">hal-01219011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peanut oral immunotherapy in adolescents: study protocol for a randomized controlled trial</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Rochette</w:t>
+                <w:t xml:space="preserve">The importance of EN ISO 15189 accreditation of allergen-specific IgE determination for reliable in vitro allergy diagnosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Sarrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Bienvenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Brabant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Bernard</w:t>
+                <w:t xml:space="preserve">P Nicaise-Roland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 16, n.p. </w:t>
+              <w:t xml:space="preserve">Allergy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 70 (2), pp.180-186. </w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13063-015-0717-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/all.12546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01219011v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01392258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostic de l'allergie alimentaire à la noisette chez l'enfant : il faut rester prudent !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7375,77 +7375,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dose-dependent immunomodulation of human dendritic cells by the probiotic Lactobacillus rhamnosus Lcr35</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Coudeyras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Dosgilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Charbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7522,51 +7522,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Telomere targeting with a new G4 ligand enhances radiation-induced killing of human glioblastoma cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7643,51 +7643,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roles of Capsule and Lipopolysaccharide O Antigen in Interactions of Human Monocyte-Derived Dendritic Cells and Klebsiella pneumoniae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Balestrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7777,64 +7777,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CFSE flow cytometric quantification of lymphocytic proliferation in extracorporeal photopheresis: Use for quality control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Dosgilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Jacquemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7975,51 +7975,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Mazeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Ristori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 53 (11), pp.1985-1986. </w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8204,402 +8204,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04875921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a post-biotic as a Therapeutic Support for Managing Obesity-Linked Psoriasis</w:t>
+                <w:t xml:space="preserve">Innovative Approaches: Phyto-Probiotics as a Therapeutic Support for Managing Obesity-Linked Psoriasis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rawan Nehme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clémence C. Defois-Fraysse Defois-Fraysse</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Defois-Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Decombat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIM : Skin Physiology International Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Vichy, France</w:t>
+              <w:t xml:space="preserve">46th ESPEN Congress on Clinical Nutrition and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Milan (Italie), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04875898v1</w:t>
+                <w:t xml:space="preserve">hal-04875947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative Approaches: Phyto-Probiotics as a Therapeutic Support for Managing Obesity-Linked Psoriasis</w:t>
+                <w:t xml:space="preserve">Development of a post-biotic as a Therapeutic Support for Managing Obesity-Linked Psoriasis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rawan Nehme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clemence Defois</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence C. Defois-Fraysse Defois-Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Decombat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Berthon</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st European Congress on Obesity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Venise, Italy. Obesity Facts 2024, Vol. 17, Suppl. 1 31st European Congress on Obesity (ECO 2024), 17, 2024</w:t>
+              <w:t xml:space="preserve">SPIM : Skin Physiology International Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Vichy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04645090v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04875898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative Approaches: Phyto-Probiotics as a Therapeutic Support for Managing Obesity-Linked Psoriasis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Chervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rawan Nehme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clémence Defois-Fraysse</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemence Defois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Decombat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Evrard</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Berthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th ESPEN Congress on Clinical Nutrition and Metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Milan (Italie), France</w:t>
+              <w:t xml:space="preserve">31st European Congress on Obesity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Venise, Italy. Obesity Facts 2024, Vol. 17, Suppl. 1 31st European Congress on Obesity (ECO 2024), 17, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04875947v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04645090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation de l'inflammation liée à l'obésité en utilisant des extraits de prébiotiques fermentés par des bactéries intestinales : développement et caractérisation in vitro</w:t>
               </w:r>
@@ -8637,51 +8637,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Defois-Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Decombat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème journée scientifique pour le CIR3 - CAP2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Clermont-ferrand, France</w:t>
@@ -8762,51 +8762,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Defois-Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Decombat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des écoles doctorales (JED)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Clermont-Ferrand, France</w:t>
@@ -8906,51 +8906,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Congrès Francophone d’Allergologie (CFA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
@@ -9008,51 +9008,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allergie aux venins de guêpes : évaluation des marqueurs biologiques au cours de l’immunothérapie spécifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Muti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9162,51 +9162,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Fauquert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9303,51 +9303,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Beltzung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Henquell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9409,124 +9409,124 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le microbiote comme outil thérapeutique dans l’allergie alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Jubelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Bernalier Donadille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Francophone d’Allergologie 2019 (CFA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française d'Allergologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 59 (3), pp.152-153, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.reval.2019.02.223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885876v1</w:t>
@@ -9537,124 +9537,124 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probiotiques et allergie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Jubelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Bernalier Donadille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Francophone d’Allergologie 2018 (CFA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française d'Allergologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 58 (3), pp.185-187, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.reval.2018.02.208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885880v1</w:t>
@@ -9723,51 +9723,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Fonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Raveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9866,51 +9866,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Muti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Congrès Francophone d’Allergologie (CFA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Paris palais des congrès, France. pp.103405, </w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9944,51 +9944,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Could BAT reduce the number of oral food challenge? A prospective study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Godignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9996,51 +9996,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Merlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Allergy Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Lyon, France. pp.100335, </w:t>
@@ -10078,64 +10078,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peanut gastrointestinal delivery oral immunotherapy in adolescents: Basophil activation test results of the build-up and maintenance phase of the PITA study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Godignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10381,51 +10381,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487367v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Babarit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Jagot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Schleder" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Deniaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Bourgeton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538266v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sarrat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Vitte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Chantran" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Beauvillain" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandra Alyanakian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jahd.2025.100037" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872901v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gossez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bonnet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Boussaid" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chapuis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cointe" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cyto.b.22196" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04923537v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut L&#233;ger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Gu&#233;vel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Solhi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Evrard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Darde" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2024.343594" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05077438v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chauvot de Beauchene" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Souweine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boirie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-88914-4" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064268v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline C.V. Lecuyer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine D. Rolland" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Neyroud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Alary" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4103/aja2024107" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04618339v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Michaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coutu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonnet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Fauquert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2024.103792" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04645249v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Grapin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain de Bauchene" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mirand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cassagnes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000006105" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04564780v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milhan Chaze" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M&#233;riade" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rochette" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Bailly" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rea Bingula" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0302392" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04870754v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mascle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupuis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Brailova" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0307938" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04793220v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abed Al Hadi Krisht" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0308014" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03895796v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Milenkovic" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Capel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Combaret" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Comte" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dardevet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2022.2089870" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04645270v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chabrolles" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Archimbaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Brebion" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2023.2184176" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04272531v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saroul" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Loukine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Durand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rozand" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hed.27535" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227433v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ruault" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Philipponnet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sapin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhia Bouzgarrou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines11041001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04841903v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Paysal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Oris" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Troin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Nicolas Limeri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Allard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/children10020345" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682138v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coudeyre" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meriade" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00484-022-02246-w" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157690v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Calvet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thouy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Sapin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0277544" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828630v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na P&#233;lissier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19159025" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03882684v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Magnier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Julian" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mulliez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Usclade" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12125926" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03850980v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Godignon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2022.03.006" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885421v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cosme" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Raveau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Junda" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Michaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/falgy.2022.908435" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681324v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2022.842912" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04103922v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Pascal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Merlin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Egron" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pai.13755" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03842273v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Miquel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verlaguet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Garcin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bertran" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/iai.00309-22" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03519720v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rochette" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/children8100850" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885524v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Coupez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Adda" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2021.103622" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909555v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rouanet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. L&#228;ng" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Beltzung" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Evrard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Henquell" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.16776" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03150166v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Couderc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol-Andr&#233; Apoil" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2020.1549" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283356v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Vareille-Delarbre" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Balestrino" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/iai.00570-19" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349949v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis M. Caillaud" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Martin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire S&#233;gala" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihade Adrouche" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.00271-2019" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460342v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Goncalves-Mendes" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Talvas" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dual&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Guttmann" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Corbin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.00065" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154533v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jubelin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier-Donadille" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2019.02.223" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780802v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Messaoudi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jacomet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Fauquert" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13223-018-0239-8" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790306v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dupuch" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Tridon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ughetto" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Walrand" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alr.22079" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311408v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Duch&#233;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hourd&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/9365745" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840966v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pereira" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bernard" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gourdon-Dubois" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cea.13148" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829222v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonnet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2018.02.201" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01925990v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-0640-9063" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916893v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/2074269" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919305v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bouvier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duret" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rouzaire" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jabaudon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rouzaire" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plabm.2017.12.001" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844916v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Caillaud" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cheriaux" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Martin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Segala" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dupuy" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cea.13160" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846131v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier-Donadile" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2018.02.208" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984183v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Amat" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Plantard" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Mulliez" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Petit" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.25037" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888291v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Chapuis" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Thevenot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Coutant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Messaoudi" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaip.2018.01.021" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540986v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2017.02.014" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03185025v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Darbaky" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Patrier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Falenta" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garcin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.13320" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885666v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2015-0771" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595704v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Brachet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Vareille" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Falenta" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Dosgilbert" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/9747480" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885654v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Snezhkova" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tridon" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nikolaev" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Yu. Uvarov" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10517-016-3192-x" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885648v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Deville" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Garrouste" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Coppo" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lautrette" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MD.0000000000005007" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885697v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. S&#233;gala" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vidal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lecadet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.12522" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392258v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lambert" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sarrat" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bienvenu" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Brabant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Nicaise-Roland" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.12546" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219011v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bernard" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-015-0717-y" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056803v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rondet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2012.10.004" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TJ1M827H-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841317v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Coudeyras" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charbonnel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Alam&#233;" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0018735" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851184v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Merle" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Petitjean" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Lehn" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Teulade-Fichou" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1535-7163.MCT-10-0664" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885708v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Balestrino" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dosgilbert" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Bouya-Gachancard" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Charbonnel" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00864-09" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885722v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jacquemot" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Demeocq" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gilles" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.transci.2009.10.002" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DSVSCBFT-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885730v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Daval" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Mazeron" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Ristori" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1373/clinchem.2007.093377" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875921v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Chervet" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Aoun" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawan Nehme" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Defois-Fraysse" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Decombat" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875898v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence C. Defois-Fraysse Defois-Fraysse" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645090v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Defois" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Berthon" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875947v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875936v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878925v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885768v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Besbes" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2024.103998" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885817v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pascal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Muti" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103391" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885829v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raveau" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Fauquert" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2022.02.025" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885839v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lang" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annder.2020.09.246" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885876v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier Donadille" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885880v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885788v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fonte" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Muti" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103523" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885799v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103405" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885569v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Godignon" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Lambert" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.waojou.2020.100335" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885592v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.waojou.2020.100336" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487367v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Babarit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Jagot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Schleder" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Deniaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Bourgeton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538266v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sarrat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Vitte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Chantran" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Beauvillain" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandra Alyanakian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jahd.2025.100037" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04923537v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut L&#233;ger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Gu&#233;vel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Solhi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Evrard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Darde" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2024.343594" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872901v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gossez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bonnet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Boussaid" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chapuis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cointe" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cyto.b.22196" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05077438v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chauvot de Beauchene" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Souweine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boirie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-88914-4" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064268v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline C.V. Lecuyer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine D. Rolland" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Neyroud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Alary" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4103/aja2024107" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04618339v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Michaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coutu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonnet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Fauquert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2024.103792" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04645249v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Grapin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain de Bauchene" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mirand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cassagnes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000006105" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04564780v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milhan Chaze" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M&#233;riade" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rochette" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Bailly" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rea Bingula" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0302392" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04793220v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abed Al Hadi Krisht" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0308014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04870754v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mascle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupuis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Brailova" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0307938" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03895796v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Milenkovic" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Capel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Combaret" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Comte" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dardevet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2022.2089870" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04645270v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chabrolles" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Archimbaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Brebion" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2023.2184176" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04272531v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saroul" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Loukine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Durand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rozand" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hed.27535" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227433v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ruault" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Philipponnet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sapin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhia Bouzgarrou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines11041001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04841903v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Paysal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Oris" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Troin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Nicolas Limeri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Allard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/children10020345" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682138v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coudeyre" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meriade" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00484-022-02246-w" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03850980v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Godignon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2022.03.006" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828630v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na P&#233;lissier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19159025" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03882684v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Magnier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Julian" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mulliez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Usclade" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12125926" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157690v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Calvet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thouy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Sapin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0277544" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885421v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cosme" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Raveau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Junda" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Michaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/falgy.2022.908435" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681324v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2022.842912" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03842273v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Miquel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verlaguet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Garcin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bertran" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/iai.00309-22" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04103922v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Pascal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Merlin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Egron" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pai.13755" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03519720v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rochette" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/children8100850" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885524v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Coupez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Adda" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2021.103622" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909555v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rouanet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. L&#228;ng" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Beltzung" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Evrard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Henquell" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.16776" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03150166v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Couderc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol-Andr&#233; Apoil" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2020.1549" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283356v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Vareille-Delarbre" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Balestrino" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/iai.00570-19" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349949v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis M. Caillaud" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Martin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire S&#233;gala" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihade Adrouche" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.00271-2019" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154533v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jubelin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier-Donadille" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2019.02.223" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460342v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Goncalves-Mendes" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Talvas" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dual&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Guttmann" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Corbin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.00065" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780802v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Messaoudi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jacomet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Fauquert" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13223-018-0239-8" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790306v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dupuch" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Tridon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ughetto" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Walrand" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alr.22079" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01925990v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hourd&#233;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-0640-9063" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829222v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonnet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2018.02.201" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311408v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Duch&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/9365745" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840966v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pereira" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bernard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gourdon-Dubois" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cea.13148" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916893v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/2074269" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846131v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier-Donadile" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2018.02.208" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919305v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bouvier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Duret" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rouzaire" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jabaudon" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rouzaire" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plabm.2017.12.001" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844916v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Caillaud" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cheriaux" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Martin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Segala" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dupuy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cea.13160" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984183v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Amat" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Plantard" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Mulliez" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Petit" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.25037" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888291v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Chapuis" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Thevenot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Coutant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Messaoudi" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaip.2018.01.021" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03185025v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Darbaky" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Patrier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Falenta" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garcin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.13320" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540986v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2017.02.014" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885654v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Snezhkova" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tridon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nikolaev" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Yu. Uvarov" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10517-016-3192-x" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885666v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2015-0771" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595704v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Brachet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Vareille" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Falenta" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Dosgilbert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/9747480" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885648v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Deville" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Garrouste" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Coppo" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lautrette" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MD.0000000000005007" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885697v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. S&#233;gala" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vidal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lecadet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.12522" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219011v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bernard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-015-0717-y" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392258v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lambert" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sarrat" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bienvenu" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Brabant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Nicaise-Roland" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.12546" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056803v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rondet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2012.10.004" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TJ1M827H-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841317v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Coudeyras" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charbonnel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Alam&#233;" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0018735" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851184v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Merle" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Petitjean" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Lehn" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Teulade-Fichou" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1535-7163.MCT-10-0664" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885708v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Balestrino" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dosgilbert" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Bouya-Gachancard" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Charbonnel" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00864-09" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885722v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jacquemot" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Demeocq" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gilles" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.transci.2009.10.002" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DSVSCBFT-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885730v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Daval" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Mazeron" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Ristori" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1373/clinchem.2007.093377" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875921v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Chervet" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Aoun" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawan Nehme" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Defois-Fraysse" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Decombat" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875947v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875898v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence C. Defois-Fraysse Defois-Fraysse" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645090v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Defois" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Berthon" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875936v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878925v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885768v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Besbes" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2024.103998" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885817v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pascal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Muti" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103391" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885829v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raveau" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Fauquert" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2022.02.025" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885839v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lang" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annder.2020.09.246" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885876v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier Donadille" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885880v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885788v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fonte" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.D. Muti" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103523" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885799v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reval.2023.103405" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885569v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Godignon" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Lambert" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.waojou.2020.100335" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04885592v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.waojou.2020.100336" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>