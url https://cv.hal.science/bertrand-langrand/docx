--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -996,291 +996,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03038607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of an image-based experimental setup for the dynamic behaviour characterization of materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamic VFM to Identify Viscoplastic Parameters. Analysis of Impact Tests on Titanium Alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Fourest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Langrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Notta-Cuvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 Annual Conference on Experimental and Applied Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-95089-1_28⟩</w:t>
+              <w:t xml:space="preserve">2019 SEM Annual Conference and Exposition on Experimental and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Reno, United States. pp.101-103, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-30098-2_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03579457v1</w:t>
+                <w:t xml:space="preserve">hal-03250093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic VFM to Identify Viscoplastic Parameters. Analysis of Impact Tests on Titanium Alloy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimization of an image-based experimental setup for the dynamic behaviour characterization of materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Notta-Cuvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 SEM Annual Conference and Exposition on Experimental and Applied Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Reno, United States. pp.101-103, </w:t>
+              <w:t xml:space="preserve">2018 Annual Conference on Experimental and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Greenville, United States. pp.153-155, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-30098-2_15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-95089-1_28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03250093v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03579457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full aircraft ditching simulation by advanced fluid-structure interaction computational methods: a comparative analysis</w:t>
               </w:r>
@@ -1413,51 +1413,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Notta-Cuvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pierron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DYMAT 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Arcachon, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1543,51 +1543,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pierron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference on Impact Loading of Structures and Materials (ICILSM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Xi'an, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1746,51 +1746,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Notta-Cuvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1822,148 +1822,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03442185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d’un essai purement inertiel pour la caractérisation du comportement dynamique de matériaux métalliques par la Méthode des Champs Virtuels</w:t>
+                <w:t xml:space="preserve">Méthode innovante de calcul de champs cinématiques à partir de mesures de champs de déplacement pour la caractérisation du comportement dynamique de matériaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Notta-Cuvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Markiewicz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Pierron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème Congrès Français de Mécanique</w:t>
+              <w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03442167v1</w:t>
+                <w:t xml:space="preserve">hal-03465406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception d'un essai purement inertiel pour la caractérisation du comportement dynamique de matériaux métalliques par la Méthode des Champs Virtuels</w:t>
               </w:r>
@@ -2001,51 +2001,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Notta-Cuvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pierron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2064,148 +2064,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03465261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode innovante de calcul de champs cinématiques à partir de mesures de champs de déplacement pour la caractérisation du comportement dynamique de matériaux</w:t>
+                <w:t xml:space="preserve">Conception d’un essai purement inertiel pour la caractérisation du comportement dynamique de matériaux métalliques par la Méthode des Champs Virtuels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Notta-Cuvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Markiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pierron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t>
+              <w:t xml:space="preserve">23ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03465406v1</w:t>
+                <w:t xml:space="preserve">hal-03442167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception d'un essai purement inertiel pour la caractérisation du comportement dynamique de matériaux métalliques par la Méthode des Champs Virtuels</w:t>
               </w:r>
@@ -2243,51 +2243,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Notta-Cuvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pierron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du Groupe de Travail MECADYMAT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2414,804 +2414,804 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03437070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Essais de caractérisation dynamique des matériaux aux vitesses moyennes de déformation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comportement au crash et à l'impact : de l'échelle de la structure à celle des matériaux constitutifs et de leurs assemblages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Markiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Deletombe</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">B. Langrand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Berthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MecaMat Aussois 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2015, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01131983v1</w:t>
+                <w:t xml:space="preserve">hal-01132002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement au crash et à l'impact : de l'échelle de la structure à celle des matériaux constitutifs et de leurs assemblages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Markiewicz</w:t>
+                <w:t xml:space="preserve">Essais de caractérisation dynamique des matériaux aux vitesses moyennes de déformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Deletombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">J. Fabis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Portemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">B. Langrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Berthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MecaMat Aussois 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2015, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01132002v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01131983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strain rate sensitivity analysis of spot-weld heat affected materials.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Cellular materials made of stacked tubes: influence of the manufacturing process on the dynamic behavior of the constitutive material. part I: microstructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Davoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Portemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Horezan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Marcadon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICILLS 2014 - 4th International Conference on Impact Of Lightweight Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2014, Le Cap, South Africa</w:t>
+              <w:t xml:space="preserve">ODAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Cologne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01059670v1</w:t>
+                <w:t xml:space="preserve">hal-01069022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellular materials made of stacked tubes: influence of the manufacturing process on the dynamic behavior of the constitutive material. part I: microstructure</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Strain rate sensitivity analysis of spot-weld heat affected materials.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Markiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Marcadon</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">T. Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ODAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Cologne, Germany</w:t>
+              <w:t xml:space="preserve">ICILLS 2014 - 4th International Conference on Impact Of Lightweight Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Le Cap, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01069022v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01059670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellular materials made of stacked tubes : influence of the manufacturing process on the dynamic behaviour of the constitutive material Part II : mechanical behaviour</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">V. Marcadon</w:t>
+                <w:t xml:space="preserve">A 16-node hybrid-Trefftz perforated element featuring 8 nodes on the hole boundary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Hennuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Langrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ODAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Cologne, Germany</w:t>
+              <w:t xml:space="preserve">11th World Congress on Computational Mechanics (WCCM XI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01071627v1</w:t>
+                <w:t xml:space="preserve">hal-01078618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 16-node hybrid-Trefftz perforated element featuring 8 nodes on the hole boundary</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Eric Markiewicz</w:t>
+                <w:t xml:space="preserve">An innovative experimental device for ice impac onto composite panel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Portemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Langrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Mortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th World Congress on Computational Mechanics (WCCM XI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">16th International Conference on Experimental Mechanics (ICEM 16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01078618v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01070588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An innovative experimental device for ice impac onto composite panel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Cellular materials made of stacked tubes : influence of the manufacturing process on the dynamic behaviour of the constitutive material Part II : mechanical behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Portemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Davoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J.M. Mortier</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Marcadon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Conference on Experimental Mechanics (ICEM 16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">ODAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Cologne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01070588v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01071627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homogénéisation périodique d'un matériau élasto-plastique compressible anisotrope : application aux structures sandwichs à coeur cellulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Iltchev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Marcadon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Kruch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3275,51 +3275,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers la modélisation des assemblages rivetés par super-éléments finis en dynamique rapide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hennuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3383,51 +3383,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward the modelling of riveted assemblies by super-finite elements in fast dynamics.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hennuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3491,51 +3491,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Super-éléments finis pour la modélisation des assemblages rivetés en calcul de structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hennuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3599,51 +3599,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers la modélisation des assemblages rivetés par super-éléments finis en dynamique rapide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hennuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4057,51 +4057,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Caplain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Espanol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Langrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computation Fluid and Solid Mechanics 2003</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2003, États-Unis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4184,51 +4184,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Goron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Tassin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Spinosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4565,51 +4565,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fourest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pierron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 351 (G1), pp.171-199. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5457,51 +5457,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Notta-Cuvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pierron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 64, pp.1639-1654. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5529,378 +5529,378 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02293111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled fluid-structure computational methods for aircraft ditching simulations: Comparison of ALE-FE and SPH-FE approaches</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">FE modelling of cellular materials under compressive load.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Langrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.H. Siemann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Langrand</w:t>
+                <w:t xml:space="preserve">F. Casadei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Marcadon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Portemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Kruch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2017.04.004⟩</w:t>
+              <w:t xml:space="preserve">Procedia Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 173, p. 1951-1958. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proeng.2017.01.313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05304490v1</w:t>
+                <w:t xml:space="preserve">hal-01491851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and finite element analysis of cellular materials under large compaction levels</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coupled fluid-structure computational methods for aircraft ditching simulations: Comparison of ALE-FE and SPH-FE approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Marcadon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Serge F Kruch</w:t>
+                <w:t xml:space="preserve">M.H. Siemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Langrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2017.08.019⟩</w:t>
+              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 188, pp.95-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2017.04.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01659619v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05304490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FE modelling of cellular materials under compressive load.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Langrand</w:t>
+                <w:t xml:space="preserve">Experimental and finite element analysis of cellular materials under large compaction levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Langrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Folco Casadei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Marcadon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Casadei</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">G. Portemont</w:t>
+                <w:t xml:space="preserve">Gérald Portemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Kruch</w:t>
+                <w:t xml:space="preserve">Serge F Kruch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 173, p. 1951-1958. </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 128, p. 99 - 116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proeng.2017.01.313⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2017.08.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01491851v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01659619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation and Parameters Identification of Materials Constitutive and Damage Models: From Normalised Direct Approach to Most Advanced Inverse Problem Resolution.</w:t>
               </w:r>
@@ -6474,103 +6474,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and Numerical Simulation Strategies for the Prediction of the Macroscopic Behavior and Rupture of Structural Materials under Fast Dynamic Loadings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Deletombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Berthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Delsart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Fabis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerospace Lab</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 9, p. 1-12. </w:t>
@@ -6608,51 +6608,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward the modelling of riveted assemblies by super-elements in fast dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hennuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6725,51 +6725,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interpolation functions of a hybrid-Trefftz perforated super-element featuring nodes on the hole boundary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hennuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6894,51 +6894,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lauro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Portemont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 49 (1), pp.22-45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7436,51 +7436,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-linear and failure behaviour of spotwelds : a &amp;quot;global&amp;quot; finite element and experiments in pure and mixed modes I/II</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Combescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7518,77 +7518,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Nonlinear Dynamic Behavior and Failure for Riveted Joint Assemblies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Deletombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Drazétic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7803,51 +7803,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-L. Petitniot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Fabis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8480,64 +8480,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupled fluid-structure computational methods for aircraft ditching simulations: comparison of ALE-FE and SPH-FE approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.H. Siemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Langrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8921,51 +8921,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312915v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuc Viet Khoa Nguyen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Massa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hubert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Langrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leconte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645323v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Goron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacques" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tassin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fourest" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578163v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Leon Mu&#241;oz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Kohlgr&#252;ber" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/1226/1/012057" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738537v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Thoby" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Notta-Cuvier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Markiewicz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837705v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739873v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005512v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Nutte" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Kruch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Kanoute" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delpuech" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038607v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Kohlgrueber" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03579457v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bouda" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pierron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-95089-1_28" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250093v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30098-2_15" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344690v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin H. Siemann" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329872v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201818302032" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436266v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018240v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03442185v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03442167v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465261v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465406v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436705v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03437070v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pierron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131983v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Deletombe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fabis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Portemont" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Langrand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berthe" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132002v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01059670v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dupuy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01069022v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Davoine" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Horezan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marcadon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01071627v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078618v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hennuyer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01070588v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Mortier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00941013v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Iltchev" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Forest" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722105v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03552229v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03522975v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439012v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592853v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592925v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lauro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362121v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507865v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Combescure" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delcroix" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Caplain" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Espanol" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05058849v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goron" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Tassin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Spinosa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Del Buono" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2025.104322" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571051v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2023.112559" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156769v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Davaze" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Feld-Payet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vallino" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Besson" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2023.116142" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147180v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Marcot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.181" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04060396v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechflu.2023.02.006" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636642v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2022.111260" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163586v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2021.02.010" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129208v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899x/1024/1/012054" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167467v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2020.107165" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386638v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloyd C. Fletcher" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-019-00559-3" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293111v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-019-01742-y" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304490v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Siemann" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2017.04.004" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659619v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folco Casadei" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marcadon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Portemont" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge F Kruch" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.08.019" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491851v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Casadei" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kruch" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2017.01.313" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491858v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.12.016" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659636v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2017.01.028" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8ZWV3NBH-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580320v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Chtourou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Zouari" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahmi Chaari" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-03-2016-0081" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448148v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Fabis" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dupuy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2016.07.022" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01232504v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.05.009" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193111v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delsart" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12762/2015.AL09-04" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03627075v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2014012" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03612924v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2014.07.008" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03624231v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12010" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BC4BD4DA15B12536FB4422E92156EBDAA30869F1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304478v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2010.01.004" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BQ6V976H-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304471v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2010.05.001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7F0WM16B-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587978v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Menegazzi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Millot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2009.03.001" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304451v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cam.2007.04.034" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-53H8PDVN-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450610v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304414v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Markiewicz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Draz&#233;tic" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2000/632896" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304406v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Deletombe" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Draz&#233;tic" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1270-9638(99)00103-0" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VHTZSLXP-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304398v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Geoffroy" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Petitniot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1270-9638(99)80044-3" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BHTVDRZF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911419v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deletombe" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Drazetic" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Patronelli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911406v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Geoffroy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Petitniot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMPT.1997.036379" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829111v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.witpress.com/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/HPSU220101" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132586v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413180v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00568194v2" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00371017v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312915v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuc Viet Khoa Nguyen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Massa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hubert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Langrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leconte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645323v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Goron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacques" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tassin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fourest" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578163v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Leon Mu&#241;oz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Kohlgr&#252;ber" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/1226/1/012057" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738537v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Thoby" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Notta-Cuvier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Markiewicz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837705v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739873v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005512v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Nutte" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Kruch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Kanoute" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delpuech" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038607v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Kohlgrueber" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250093v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bouda" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30098-2_15" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03579457v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pierron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-95089-1_28" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344690v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin H. Siemann" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329872v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201818302032" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436266v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018240v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03442185v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465406v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465261v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03442167v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436705v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03437070v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pierron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132002v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Langrand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131983v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Deletombe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fabis" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Portemont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berthe" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01069022v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Davoine" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Horezan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marcadon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01059670v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dupuy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078618v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hennuyer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01070588v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Mortier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onera.hal.science/hal-01071627v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00941013v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Iltchev" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Forest" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722105v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03552229v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03522975v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439012v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592853v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592925v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lauro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362121v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507865v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Combescure" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delcroix" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Caplain" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Espanol" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05058849v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goron" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Tassin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Spinosa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Del Buono" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2025.104322" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571051v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2023.112559" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156769v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Davaze" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Feld-Payet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vallino" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Besson" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2023.116142" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147180v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Marcot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.181" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04060396v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechflu.2023.02.006" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636642v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2022.111260" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163586v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2021.02.010" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129208v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899x/1024/1/012054" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167467v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2020.107165" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386638v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloyd C. Fletcher" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-019-00559-3" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293111v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-019-01742-y" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491851v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Casadei" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kruch" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2017.01.313" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304490v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Siemann" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2017.04.004" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659619v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folco Casadei" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marcadon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Portemont" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge F Kruch" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.08.019" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491858v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.12.016" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659636v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2017.01.028" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8ZWV3NBH-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580320v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Chtourou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Zouari" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahmi Chaari" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-03-2016-0081" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448148v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Fabis" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dupuy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2016.07.022" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01232504v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.05.009" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193111v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delsart" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12762/2015.AL09-04" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03627075v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2014012" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03612924v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2014.07.008" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03624231v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12010" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BC4BD4DA15B12536FB4422E92156EBDAA30869F1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304478v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2010.01.004" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BQ6V976H-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304471v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2010.05.001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7F0WM16B-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587978v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Menegazzi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Millot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2009.03.001" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304451v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cam.2007.04.034" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-53H8PDVN-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450610v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304414v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Markiewicz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Draz&#233;tic" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2000/632896" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304406v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Deletombe" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Draz&#233;tic" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1270-9638(99)00103-0" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VHTZSLXP-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304398v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Geoffroy" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Petitniot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1270-9638(99)80044-3" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BHTVDRZF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911419v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deletombe" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Drazetic" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Patronelli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911406v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Geoffroy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Petitniot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMPT.1997.036379" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03829111v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.witpress.com/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/HPSU220101" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132586v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413180v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00568194v2" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00371017v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>