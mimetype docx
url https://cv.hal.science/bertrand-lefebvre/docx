--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bertrand Lefebvre </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheur à l'Institut Français de Pondichéry</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maître de Conférences à l'Ecole des Hautes Etudes en Santé Publique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Axe(s) de recherche</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Environnement et santé dans les villes du Sud Global</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Lutte contre les inégalités sociales et territoriales de santé</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Politiques sociales et de santé dans les pays du Sud Global</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Who bears the distance cost of public primary healthcare? Hypertension among the elderly in rural India</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhiroop Mukhopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vastav Ratra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 366, pp.117613. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.socscimed.2024.117613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04876142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urbanizing the mountains: urban governance and tourism growth in Kohima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akumtong Imchen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rovithono Yhome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of South Asian Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Special issue: Exploring tourist urbanisation in the South Asian mountains: an introduction</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05415327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">URBALTOUR: Examining the Rise of Tourism in Kohima, Nagaland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akumtong Imchen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rovithono Yhome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Highlander Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 3 (2), </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.11002296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Importance of Public Transport Networks for Reconciling the Spatial Distribution of Dengue and the Association of Socio-Economic Factors with Dengue Risk in Bangkok, Thailand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rojina Karki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Misslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kanchana Nakhapakorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Daudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (16), pp.10123. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijerph191610123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03770080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing healthcare access using the Levesque’s conceptual framework– a scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Cu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Meister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Equity in Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 20 (1), </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12939-021-01416-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03227332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Scoping Review on Air Quality Monitoring, Policy and Health in West African Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celia Mir Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Hourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Pilot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (23), pp.9151. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijerph17239151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03049506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La santé enfin pour tous ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">France Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, L'Inde, la puissance des extrêmes, 68, pp.59-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01734964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence, diffusion et déclin d’un réseau de cliniques franchisées en Inde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.710</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01179615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monde indien : populations et espaces Les minorités tribales dans les territoires de l'Union indienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géoconfluences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.les-minorites-tribales-dans-le-territoire-indien</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01179622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieux de soins et paysages thérapeutiques. Du concept à la méthode.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vaguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 89 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01562158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pre-electoral Coalitions, Party System and Electoral Geography: A Decade of General Elections in India (1999-2009)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">South Asia Multidisciplinary Academic Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3, http://samaj.revues.org/index2795.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00686962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la planification au marché. La privatisation du secteur hospitalier en Inde (1947-2007)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transcontinentales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 5, pp.39-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00682784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Examining Air Quality Surveillance in Global South Cities: Policies and Network Fragmentation in Pune, India</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Verheijen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Pilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madhura Joglekar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EASST-4S 2024 Amsterdam: Making and Doing Transformations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypertension among the Elderly in Rural India: Who Bears the Distance Cost of Public Primary Healthcare?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhiroop Mukhopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vastav Ratra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Annual Conference Indian Association for Social Sciences and Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Indian Association for Social Sciences and Health; Pondicherry University, Jan 2024, Pondicherry, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Arboviral Outbreaks for Prevention in Thailand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rodó</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kanchana Nakhapakorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard E. Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustain Asia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison Franco-Japonaise de Tokyo, Oct 2023, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governing Air Quality in Indian Cities: Perspectives from Hyderabad and Pune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Härtling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madhura Joglekar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Löffelmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Pilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustain Asia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison Franco-Japonaise de Tokyo, Oct 2023, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Where Do We Go From Here? Spatial Dimensions of Healthcare Access & Choice in India</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhiroop Mukhopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vastav Ratra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-Economic Inequality in India</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Sciences Humaines; AXA Research Fund, Mar 2023, New Delhi, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">20 Years of Air Quality Policy in Morocco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celia Mir Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Boudia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Air Quality in Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Dakar, Senegal. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-53525-3_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracing Air Quality and Health Data in Morocco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celia Mir Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Boudia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From Exposure to Human Health: New Developments and Challenges in a Changing Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society of Exposure Science, Sep 2022, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner la qualité de l’air à Delhi : construction et défaillances d’une régulation inefficace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "Pollutions de l’air et (in)action publique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Renaud Hourcade, Jean-Pierre Le Bourhis et Bertrand Lefebvre dans le cadre du chantier « Environnement, écologie politique et développement durable » du laboratoire ARENES, Feb 2019, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Private hospital networks in India: analysis of their spatial diffusion using the percolation theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'Etude Internationale ARAQNÉE Analyse de Réseaux AppliQuée aux donNÉes de SantE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de recherche et documentation en économie de la santé (Irdes) - Ecole des hautes études en santé publique (EHESP) - Axe Territoires et santé de la Fédération de recherche du Collège international des sciences territoriales (Cist), Nov 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addictions et dépendances chez les migrants du monde indien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée migrant "Santé et migrants originaires du monde indien. Mieux les comprendre et les soigner"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hôpital Avicenne, May 2017, Bobigny, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing access to hospital services in a community health insurance scheme in India</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhiroop Mukhopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venkat Raman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Medical Geography Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poverty, Metropolisation process and the recomposition of rural areas in the NCR Delhi (1991-2011)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th French Network for Asian Studies International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomie tribale, bureaucratie et privatisation : Les recompositions de l’État indien au Nagaland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ERMINE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre dimensions thérapeutiques et logiques commerciales : Repenser le bien-être dans le secteur hospitalier privé en Inde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des patients, des praticiens et des murs : Penser le bien-être à l’hôpital en Inde et ailleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universalisation of healthcare in India. Questions, Methods and Assessments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health and Societal Challenges. Methodological Approaches in Social Science Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Pondichéry, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer la ségrégation dans une ville du sud : l’exemple de Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Telle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Villes et Inégalités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’hôpital psychiatrique Pierre Janet (Le Havre, France) : une ville dans la ville ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques urbaines et enjeux sanitaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Améliorer l’accès aux services hospitaliers : 30 ans de Partenariat Public-Privé à Delhi (Inde)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques urbaines et enjeux sanitaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chaînes hospitalières en Inde. Quels modèles pour approcher la diffusion spatiale de ces réseaux de soins ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième journée d’études du groupe fmr (flux, matrices, réseaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01565511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From observation to simulation and return: perspectives for dengue researches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Daudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Telle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vaguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Somsakun Maneerat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Colloquium of Theoretical &amp; Quantitative Geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffusion of dengue virus in an urban area: the case of Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Telle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grange Laura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Daudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard E Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Colloquium of Theoretical &amp; Quantitative Geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit à la santé et gouvernance urbaine : les services hospitaliers à Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire STAKES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neighbourhoods poverty and the spatial accessibility of hospitals in Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENRGHI 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Going global”. Politics of scale and emerging transnational hospital chains in Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health systems, health economies and globalisation: social science perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hospital too far? Assessing the EWS programme in Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENRGHI 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Équité spatiale et fragmentation urbaine. La distribution des services de santé à Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chapelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Séminaire Jeunes Chercheurs AJEI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « McDonald’s des soins » : émergence et diffusion d’un réseau de cliniques franchisées en Inde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Séminaire Jeunes Chercheurs AJEI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’internationalisation des groupes hospitaliers privés asiatiques. Entre réseaux de soin et réseaux d’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontières, Politiques de santé et réseaux de soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying Medical Tourism in India and Thailand: The Challenges of a Multi-sited Fieldwork</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bochaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Question of Methodology ; Researching Tourism in Asia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Indigenization of Health Tourism in Asia: the Birth of New Therapeutic Landscapes in India and Thailand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bochaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">‘Of Asian Origin’: Rethinking Tourism in Contemporary Asia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metropolisation and Social Change: The Harayana’s Villages in the Shades of Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The transformations of the peri-urban area of Indian Metropolises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, New Delhi, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie de développement d’un SIG sur le système de soins de Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chapelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recensement et géographie en Inde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metropolitan Fragmentation in Gurgaon: Exploring the Relationship between Land-use and Healthcare System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chapelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GIS and Remote Sensing Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, New Delhi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextualizing the Urban Healthcare system. Methodology for developing a geodatabase of Delhi’s healthcare system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chapelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Symposium of Health GIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Metropolisation on Public Health Care in Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENRGHI 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Maynooth, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advantages and Limits of GIS in Health Geography: Modelling Medicines Diffusion in Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chapelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Clerc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5e Ateliers Jeunes Chercheurs en Sciences Sociales AJEI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Pondichéry, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visitor Profiles, Spatial Patterns, and the Dynamics of Tourism in Kohima. An Executive Summary.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akumtong Imchen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikita Singh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rovithono Yhome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">The Highland Institute, pp.14, 2025, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17526229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05415334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hôpital en Asie du Sud. Politiques de santé, pratiques de soin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Jullien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Provost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de l'EHESS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Purushartha, 36, 9782713231551. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.editionsehess.23346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hospital Chains in India: The Coming of Age?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut Français des Relations Internationales. Institut Français des Relations Internationales, pp.30, 2010, Asie.Visions</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00687105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextualizing the Urban Healthcare System. Methodology for developing a geodatabase of Delhi's healthcare system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chapelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publication of the French Research Institutes in India. Rajdhani Art Press, pp.135, 2005, CSH Occasional Papers, 0972-3579</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00686947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hôpital en Asie du Sud. Politiques de santé, pratiques de soin. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Jullien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Provost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'hôpital en Asie du Sud. Politiques de santé, pratiques de soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 36, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EHESS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-28, 2019, Purushartha, 978-2-7132-2776-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'accréditation hospitalière et la qualité des soins en Inde. Entre logiques commerciales et objectifs de santé publique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'hôpital en Asie du Sud. Politiques de santé, pratiques de soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 36, , pp.31-56, 2019, 978-2-7132-2776-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accréditation hospitalière en regard de la qualité des soins en Inde. Entre logiques commerciales et objectifs de santé publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'hôpital en Asie du Sud · Politiques de santé, pratiques de soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 36, </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EHESS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.31-56, 2019, Purushartha, 978-2-7132-2776-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02611255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interviewing elites. Perspectives from medical tourism sector in India and in Thailand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bochaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fieldwork in Tourism: Methods, Issues and Reflections</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The rebirth of the hospital: Heterotopia and medical tourism in Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bochaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asia on Tour: Exploring the rise of Asian tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la collecte d’information à la restitution, comment utiliser Internet au cours de sa recherche ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Oliveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julie Beaujard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La restitution des données dans la recherche en sciences sociales : techniques et enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.42-52, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01140463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Who bears the distance cost of public primary healthcare? Hypertension among the elderly in rural India</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhiroop Mukhopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vastav Ratra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les services hospitaliers à Delhi : planification, privatisation et gouvernance urbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université de Rouen, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00782264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carte (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'alphabétisation des femmes en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La population en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les actifs non-agricoles en zones rurales en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'armature urbaine en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La croissance démographique en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urbanisation et actifs des industries et des services en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les actifs des industries et des services en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les actifs en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cultivateurs en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le déséquilibre de genre chez les actifs en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le déséquilibre de genre chez les enfants en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fécondité et Alphabétisation des femmes en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La taille des foyers en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'urbanisation en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le déséquilibre de genre en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dalits en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'alphabétisation en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les travailleurs précaires en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fécondité en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Population active agricole en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La densité de population en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les travailleurs agricoles en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les tribaux en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armature urbaine et densité de population en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écart d'alphabétisation entre hommes et femmes en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId140"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bertrand Lefebvre </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheur à l'Institut Français de Pondichéry</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maître de Conférences à l'Ecole des Hautes Etudes en Santé Publique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Axe(s) de recherche</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Environnement et santé dans les villes du Sud Global</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Lutte contre les inégalités sociales et territoriales de santé</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Politiques sociales et de santé dans les pays du Sud Global</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Inde au défi des changements environnementaux et de la santé planétaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espace Populations Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Hors-série 2, </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15m0e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05542412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Who bears the distance cost of public primary healthcare? Hypertension among the elderly in rural India</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhiroop Mukhopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vastav Ratra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Science and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 366, pp.117613. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.socscimed.2024.117613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04876142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urbanizing the mountains: urban governance and tourism growth in Kohima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akumtong Imchen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rovithono Yhome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of South Asian Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Special issue: Exploring tourist urbanisation in the South Asian mountains: an introduction</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05415327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">URBALTOUR: Examining the Rise of Tourism in Kohima, Nagaland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akumtong Imchen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rovithono Yhome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Highlander Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 3 (2), </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.11002296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Importance of Public Transport Networks for Reconciling the Spatial Distribution of Dengue and the Association of Socio-Economic Factors with Dengue Risk in Bangkok, Thailand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rojina Karki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Misslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kanchana Nakhapakorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Daudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (16), pp.10123. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijerph191610123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03770080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing healthcare access using the Levesque’s conceptual framework– a scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Cu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Meister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valéry Ridde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Equity in Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 20 (1), </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12939-021-01416-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03227332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Scoping Review on Air Quality Monitoring, Policy and Health in West African Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celia Mir Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Hourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Pilot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (23), pp.9151. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijerph17239151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03049506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La santé enfin pour tous ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">France Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, L'Inde, la puissance des extrêmes, 68, pp.59-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01734964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence, diffusion et déclin d’un réseau de cliniques franchisées en Inde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.710</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01179615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monde indien : populations et espaces Les minorités tribales dans les territoires de l'Union indienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géoconfluences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.les-minorites-tribales-dans-le-territoire-indien</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01179622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieux de soins et paysages thérapeutiques. Du concept à la méthode.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vaguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Petit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 89 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01562158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pre-electoral Coalitions, Party System and Electoral Geography: A Decade of General Elections in India (1999-2009)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">South Asia Multidisciplinary Academic Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3, http://samaj.revues.org/index2795.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00686962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la planification au marché. La privatisation du secteur hospitalier en Inde (1947-2007)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transcontinentales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 5, pp.39-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00682784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Examining Air Quality Surveillance in Global South Cities: Policies and Network Fragmentation in Pune, India</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Verheijen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Pilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madhura Joglekar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EASST-4S 2024 Amsterdam: Making and Doing Transformations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypertension among the Elderly in Rural India: Who Bears the Distance Cost of Public Primary Healthcare?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhiroop Mukhopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vastav Ratra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Annual Conference Indian Association for Social Sciences and Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Indian Association for Social Sciences and Health; Pondicherry University, Jan 2024, Pondicherry, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Arboviral Outbreaks for Prevention in Thailand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rodó</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kanchana Nakhapakorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard E. Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustain Asia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison Franco-Japonaise de Tokyo, Oct 2023, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governing Air Quality in Indian Cities: Perspectives from Hyderabad and Pune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Härtling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madhura Joglekar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Löffelmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Pilot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustain Asia 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison Franco-Japonaise de Tokyo, Oct 2023, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Where Do We Go From Here? Spatial Dimensions of Healthcare Access & Choice in India</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhiroop Mukhopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vastav Ratra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-Economic Inequality in India</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Sciences Humaines; AXA Research Fund, Mar 2023, New Delhi, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">20 Years of Air Quality Policy in Morocco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celia Mir Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Boudia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Air Quality in Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Dakar, Senegal. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-53525-3_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracing Air Quality and Health Data in Morocco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celia Mir Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Boudia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From Exposure to Human Health: New Developments and Challenges in a Changing Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society of Exposure Science, Sep 2022, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner la qualité de l’air à Delhi : construction et défaillances d’une régulation inefficace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "Pollutions de l’air et (in)action publique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Renaud Hourcade, Jean-Pierre Le Bourhis et Bertrand Lefebvre dans le cadre du chantier « Environnement, écologie politique et développement durable » du laboratoire ARENES, Feb 2019, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Private hospital networks in India: analysis of their spatial diffusion using the percolation theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'Etude Internationale ARAQNÉE Analyse de Réseaux AppliQuée aux donNÉes de SantE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de recherche et documentation en économie de la santé (Irdes) - Ecole des hautes études en santé publique (EHESP) - Axe Territoires et santé de la Fédération de recherche du Collège international des sciences territoriales (Cist), Nov 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addictions et dépendances chez les migrants du monde indien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée migrant "Santé et migrants originaires du monde indien. Mieux les comprendre et les soigner"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hôpital Avicenne, May 2017, Bobigny, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing access to hospital services in a community health insurance scheme in India</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhiroop Mukhopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venkat Raman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Medical Geography Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poverty, Metropolisation process and the recomposition of rural areas in the NCR Delhi (1991-2011)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th French Network for Asian Studies International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomie tribale, bureaucratie et privatisation : Les recompositions de l’État indien au Nagaland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ERMINE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre dimensions thérapeutiques et logiques commerciales : Repenser le bien-être dans le secteur hospitalier privé en Inde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des patients, des praticiens et des murs : Penser le bien-être à l’hôpital en Inde et ailleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universalisation of healthcare in India. Questions, Methods and Assessments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health and Societal Challenges. Methodological Approaches in Social Science Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Pondichéry, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer la ségrégation dans une ville du sud : l’exemple de Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Telle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Villes et Inégalités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’hôpital psychiatrique Pierre Janet (Le Havre, France) : une ville dans la ville ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques urbaines et enjeux sanitaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chaînes hospitalières en Inde. Quels modèles pour approcher la diffusion spatiale de ces réseaux de soins ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième journée d’études du groupe fmr (flux, matrices, réseaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01565511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Améliorer l’accès aux services hospitaliers : 30 ans de Partenariat Public-Privé à Delhi (Inde)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamiques urbaines et enjeux sanitaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffusion of dengue virus in an urban area: the case of Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Telle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grange Laura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Daudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard E Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Colloquium of Theoretical &amp; Quantitative Geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From observation to simulation and return: perspectives for dengue researches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Daudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Telle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vaguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Somsakun Maneerat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Colloquium of Theoretical &amp; Quantitative Geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit à la santé et gouvernance urbaine : les services hospitaliers à Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire STAKES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Going global”. Politics of scale and emerging transnational hospital chains in Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health systems, health economies and globalisation: social science perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neighbourhoods poverty and the spatial accessibility of hospitals in Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENRGHI 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hospital too far? Assessing the EWS programme in Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENRGHI 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Équité spatiale et fragmentation urbaine. La distribution des services de santé à Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chapelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Séminaire Jeunes Chercheurs AJEI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’internationalisation des groupes hospitaliers privés asiatiques. Entre réseaux de soin et réseaux d’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontières, Politiques de santé et réseaux de soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « McDonald’s des soins » : émergence et diffusion d’un réseau de cliniques franchisées en Inde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Séminaire Jeunes Chercheurs AJEI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Indigenization of Health Tourism in Asia: the Birth of New Therapeutic Landscapes in India and Thailand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bochaton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">‘Of Asian Origin’: Rethinking Tourism in Contemporary Asia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying Medical Tourism in India and Thailand: The Challenges of a Multi-sited Fieldwork</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bochaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Question of Methodology ; Researching Tourism in Asia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metropolisation and Social Change: The Harayana’s Villages in the Shades of Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The transformations of the peri-urban area of Indian Metropolises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, New Delhi, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodologie de développement d’un SIG sur le système de soins de Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chapelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recensement et géographie en Inde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metropolitan Fragmentation in Gurgaon: Exploring the Relationship between Land-use and Healthcare System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chapelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GIS and Remote Sensing Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, New Delhi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextualizing the Urban Healthcare system. Methodology for developing a geodatabase of Delhi’s healthcare system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chapelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Symposium of Health GIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Metropolisation on Public Health Care in Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENRGHI 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Maynooth, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advantages and Limits of GIS in Health Geography: Modelling Medicines Diffusion in Delhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chapelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Clerc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5e Ateliers Jeunes Chercheurs en Sciences Sociales AJEI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Pondichéry, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02095709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visitor Profiles, Spatial Patterns, and the Dynamics of Tourism in Kohima. An Executive Summary.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akumtong Imchen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikita Singh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rovithono Yhome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">The Highland Institute, pp.14, 2025, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17526229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05415334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hôpital en Asie du Sud. Politiques de santé, pratiques de soin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Jullien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Provost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de l'EHESS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Purushartha, 36, 9782713231551. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.editionsehess.23346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hospital Chains in India: The Coming of Age?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut Français des Relations Internationales. Institut Français des Relations Internationales, pp.30, 2010, Asie.Visions</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00687105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextualizing the Urban Healthcare System. Methodology for developing a geodatabase of Delhi's healthcare system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Chapelet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publication of the French Research Institutes in India. Rajdhani Art Press, pp.135, 2005, CSH Occasional Papers, 0972-3579</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00686947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hôpital en Asie du Sud. Politiques de santé, pratiques de soin. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Jullien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Provost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'hôpital en Asie du Sud. Politiques de santé, pratiques de soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 36, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EHESS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-28, 2019, Purushartha, 978-2-7132-2776-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'accréditation hospitalière et la qualité des soins en Inde. Entre logiques commerciales et objectifs de santé publique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'hôpital en Asie du Sud. Politiques de santé, pratiques de soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 36, , pp.31-56, 2019, 978-2-7132-2776-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’accréditation hospitalière en regard de la qualité des soins en Inde. Entre logiques commerciales et objectifs de santé publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'hôpital en Asie du Sud · Politiques de santé, pratiques de soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 36, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EHESS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.31-56, 2019, Purushartha, 978-2-7132-2776-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02611255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interviewing elites. Perspectives from medical tourism sector in India and in Thailand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bochaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fieldwork in Tourism: Methods, Issues and Reflections</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The rebirth of the hospital: Heterotopia and medical tourism in Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bochaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asia on Tour: Exploring the rise of Asian tourism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la collecte d’information à la restitution, comment utiliser Internet au cours de sa recherche ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Oliveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Julie Beaujard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La restitution des données dans la recherche en sciences sociales : techniques et enjeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.42-52, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01140463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Who bears the distance cost of public primary healthcare? Hypertension among the elderly in rural India</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abhiroop Mukhopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vastav Ratra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les services hospitaliers à Delhi : planification, privatisation et gouvernance urbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université de Rouen, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00782264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carte (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'alphabétisation des femmes en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La population en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les actifs non-agricoles en zones rurales en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'armature urbaine en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La croissance démographique en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les actifs des industries et des services en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urbanisation et actifs des industries et des services en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cultivateurs en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le déséquilibre de genre chez les actifs en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le déséquilibre de genre chez les enfants en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fécondité et Alphabétisation des femmes en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La taille des foyers en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les actifs en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'urbanisation en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les travailleurs précaires en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'alphabétisation en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le déséquilibre de genre en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dalits en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fécondité en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Population active agricole en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les tribaux en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La densité de population en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les travailleurs agricoles en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armature urbaine et densité de population en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écart d'alphabétisation entre hommes et femmes en Inde en 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">India. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01564164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId142"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876142v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lefebvre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhiroop Mukhopadhyay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vastav Ratra" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2024.117613" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415327v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akumtong Imchen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rovithono Yhome" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878850v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11002296" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770080v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rojina Karki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Misslin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanchana Nakhapakorn" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Daud&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph191610123" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227332v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Cu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Meister" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Ridde" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12939-021-01416-3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049506v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Mir Alvarez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Hourcade" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Pilot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17239151" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734964v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179615v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179622v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562158v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vaguet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Petit" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686962v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Robin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682784v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878961v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Verheijen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhura Joglekar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498503v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498061v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rod&#243;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard E. Paul" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498252v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria H&#228;rtling" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura L&#246;ffelmann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498462v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954066v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Boudia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-53525-3_23" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954072v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095663v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095669v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095656v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095412v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkat Raman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095418v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095805v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095811v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095683v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095819v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Telle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095431v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095422v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565511v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095767v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somsakun Maneerat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095772v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grange Laura" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard E Paul" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095813v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095586v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095590v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095595v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095691v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chapelet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095698v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095598v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095607v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bochaton" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095601v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095701v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095612v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095639v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095608v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095617v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095709v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Clerc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415334v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikita Singh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17526229" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299122v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Jullien" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Provost" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.ehess.fr/ouvrages/ouvrage/lhopital-en-asie-du-sud/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsehess.23346" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00687105v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686947v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062343v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062322v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02611255v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ceias.ehess.fr/index.php?4878" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01802318v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01802299v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140463v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Oliveau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878491v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00782264v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564169v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564210v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564195v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564242v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564207v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564244v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564198v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564203v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564118v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564219v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564218v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564152v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564137v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564245v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564216v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564214v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564142v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564193v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564129v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564086v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564123v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564094v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564221v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564239v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564164v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542412v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lefebvre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15m0e" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876142v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhiroop Mukhopadhyay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vastav Ratra" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2024.117613" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415327v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akumtong Imchen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rovithono Yhome" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878850v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11002296" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770080v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rojina Karki" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Misslin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanchana Nakhapakorn" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Daud&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph191610123" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227332v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Cu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Meister" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Ridde" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12939-021-01416-3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049506v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Mir Alvarez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Hourcade" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Pilot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17239151" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734964v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179615v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179622v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562158v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vaguet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Petit" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686962v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Robin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682784v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878961v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Verheijen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhura Joglekar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498503v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498061v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rod&#243;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard E. Paul" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498252v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria H&#228;rtling" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura L&#246;ffelmann" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498462v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954066v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Boudia" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-53525-3_23" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954072v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095663v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095669v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095656v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095412v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkat Raman" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095418v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095805v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095811v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095683v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095819v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Telle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095431v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565511v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095422v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095772v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grange Laura" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard E Paul" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095767v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somsakun Maneerat" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095813v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095590v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095586v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095595v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095691v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chapelet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095598v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095698v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095601v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bochaton" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095607v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095701v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095612v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095639v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095608v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095617v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095709v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Clerc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415334v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikita Singh" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17526229" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299122v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Jullien" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Provost" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.ehess.fr/ouvrages/ouvrage/lhopital-en-asie-du-sud/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsehess.23346" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00687105v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686947v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062343v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062322v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02611255v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ceias.ehess.fr/index.php?4878" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01802318v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01802299v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140463v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Oliveau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878491v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00782264v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564169v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564210v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564195v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564242v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564207v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564198v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564244v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564118v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564219v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564218v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564152v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564137v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564203v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564245v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564193v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564142v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564216v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564214v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564129v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564086v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564221v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564123v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564094v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564239v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01564164v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>