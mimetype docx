--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -232,530 +232,530 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">À l’initiative des citoyens, mais sous le contrôle du Parlement. Les “propositions motivées aux fins de légiférer“ au Luxembourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Natașa Danelciuc-Colodrovschi; Marthe Fatin-Rouge Stefanini; Chloë Geynet-Dussauze. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Repenser l’initiative législative dans et en dehors du Parlement : approche comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires d'Aix-Marseille, A paraître, 9782731413342</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04997024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Au-delà du réel. La fabrique du consentement au moyen des études d’impact des projets de loi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La fabrique du consentement des gouvernés.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04997056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étendre le champ des études d’impact pour limiter le détournement de procédure ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Parlement escamoté ? Entre détournement et contournement de la procédure législative</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04997097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Natașa Danelciuc-Colodrovschi; Marthe Fatin-Rouge Stefanini; Chloë Geynet-Dussauze. </w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autopsie d’une disposition constitutionnelle neutralisée. Les ressorts politiques de la décision n° 2014-12 FNR du 1er juillet 2014 [Conseil constitutionnel, 1er juillet 2014, n° 2014-12 FNR]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thomas Perroud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repenser l’initiative législative dans et en dehors du Parlement : approche comparée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires d'Aix-Marseille, A paraître, 9782731413342</w:t>
+              <w:t xml:space="preserve">Les grandes décisions de la jurisprudence constitutionnelle : approche politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LGDJ, pp.476-489, 2024, 978-2-275-15641-5 (papier) ; 978-2-275-15757-3 (PDF)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04974428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’enquête en droit public. Une tentative de systématisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vincent Boucher; Samuel Seu. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’enquête en droit public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mare et Martin, 2024, Collection de l'Institut des sciences juridique et philosophique de la Sorbonne, 81, 978-2-3860-0055-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04997007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Favoreu et le Conseil constitutionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Samy Benzina; Julien Jeanneney. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La doctrine et le Conseil constitutionnel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dalloz, pp.111-124, 2024, Thèmes et commentaires, 978-2-247-23079-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04997036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude d’impact et crise sanitaire : un rendez-vous manqué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Éric Gicquel; Audrey de Montis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jus Publicum. Mélanges en l'honneur d'Anne-Marie Le Pourhiet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.229-236, 2024, L'Univers des normes, 978-2-7535-9579-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974218v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04974428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soixante-quatorze ans de législation déléguée en Italie</w:t>
               </w:r>
@@ -1092,462 +1092,462 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04997155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">CACHEZ CETTE CONTRE-RÉVOLUTION QUE JE NE SAURAIS VOIR. LA PLACE DU RÉGIME DE VICHY DANS L'ENSEIGNEMENT DU DROIT CONSTITUTIONNEL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Constitution, Révolution, Décentralisation. Mélanges en l’honneur de Michel Verpeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04067149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le contrôle de l’application de la loi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sophie De Cacqueray (Direction); Sophie Hutier (Direction); Sophie Lamouroux (Direction). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le parlement depuis 2008 : renforcement, statu quo ou retour au(x) fondement(s) de la Ve République</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Francophone Justice Et Democratie, pp.153-167, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03708842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cachez cette contre-révolution que je ne saurais voir. La place du régime de Vichy dans l’enseignement du droit constitutionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Constitution, Révolution, Décentralisation. Mélanges en l'honneur de Michel Verpeaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dalloz, pp.31-39, 2020, 978 2 247 20688 9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03708258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...24 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Mésognon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bertrand-Léo Combrade. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Constitution, Révolution, Décentralisation. Mélanges en l’honneur de Michel Verpeaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, 2020</w:t>
+              <w:t xml:space="preserve">1968-2068. La justice administrative en mutation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEPRISCA, pp.5-9, 2019, Colloques. Série Histoire et théorie du droit, 979-10-97323-06-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04974165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les actions de groupe en droit administratif : une rénovation inaboutie du contentieux administratif.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1968-2068. La justice administrative en mutation.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lextenso, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04997265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les actions de groupe en droit administratif : une rénovation inaboutie du contentieux administratif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1968-2068. La justice administrative en mutation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions du Ceprisca : Diffusion Lextenso, pp.112-129, 2019, Série « Histoire et théorie du droit »</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03708859v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">halshs-04974165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réclamer sous la Ve République</w:t>
               </w:r>
@@ -1633,153 +1633,153 @@
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La procédure législative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Philippe Blacher (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Constitution de la Cinquième République : 60 ans d’application (1958-2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L.G.D.J., pp.317-328, 2018, Hors collection, 9782275060590</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03708284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La procédure législative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">Philippe Blacher. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Constitution de la Ve République. 60 ans d'application (1958-2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LGDJ, pp.317-328, 2018, 978-2-275-06059-0 (papier) ; 978-2-275-06365-2 (PDF)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974649v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03708284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Et le droit gouvernemental fut Brèves considérations sur la formalisation de la préparation des projets de loi.</w:t>
               </w:r>
@@ -2118,2803 +2118,2803 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05526935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Où sont passées les fiches d'impact des actes réglementaires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18, pp.993</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04579298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gouverner sans majorité absolue. Un apprentissage difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du droit public et de la science politique en France et à l'étranger</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 4, pp.132-139</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Conseil constitutionnel et les études d'impact des projets de loi : une complaisance tenace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acteurs Publics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04997491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Où sont passées les fiches d'impact des actes réglementaires ?</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le gouvernement argumente, l’étude d’impact passe (Commentaire de la décision n° 2023-13 FNR du 20 avril 2023, Présentation du projet de loi relatif à la programmation militaire pour les années 2024 à 2030 et portant diverses dispositions intéressant la défense)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de droit constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 136, pp.966-973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfdc.136.0957⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04997519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éloge de la réforme des retraites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04997348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La France face aux enlèvements contre rançon revendiqués par des groupes terroristes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du droit public et de la science politique en France et à l'étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2, pp.479</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03708250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La France face aux enlèvements contre rançon revendiqués par des groupes terroristes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du droit public et de la science politique en France et à l'étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Dalloz, 2, pp.479</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04014524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Conseil constitutionnel affaiblit les libertés universitaires : Commentaire de la décision Cons. const., DC, 21 déc. 2020, n° 2020-810, Loi de programmation de la recherche pour les années 2021 à 2030 et portant diverses dispositions relatives à la recherche et à l’enseignement supérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, AJU003p8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04999461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un nouveau trompe-l’œil dans la jurisprudence du Conseil constitutionnel (Décision n° 2020-843 QPC du 28 mai 2020, Force 5 [Autorisation d’exploiter une installation de production d’électricité])</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.AJU000x4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit public à l’épreuve de la covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acteurs Publics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04997367v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Que faire des notes blanches des services de renseignement ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 18, pp.993</w:t>
+              <w:t xml:space="preserve">, 2021, 03, pp.113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le gouvernement argumente, l’étude d’impact passe (Commentaire de la décision n° 2023-13 FNR du 20 avril 2023, Présentation du projet de loi relatif à la programmation militaire pour les années 2024 à 2030 et portant diverses dispositions intéressant la défense)</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03117660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Que faire des notes blanches des services de renseignement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021 (3), pp.113</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04997415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ponce Pilate au Conseil constitutionnel. Le contrôle de l’étude d’impact du projet de loi d’orientation des mobilités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.AJU000c5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y a-t-il un recours pour renforcer l’effectivité des droits fondamentaux ? Les actions de groupe en droit administratif français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A&amp;C - Revista de Direito Administrativo &amp; Constitucional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (85), pp.47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21056/aec.v21i85.1580⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03689008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La loi « anticasseurs » passée au crible du contrôle de proportionnalité (À propos de la décision n° 2019-780 DC du 4 avril 2019, loi visant à renforcer et garantir le maintien de l’ordre public lors des manifestations)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05018739v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’action publique, l’expertise et le juge. Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perroud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cirotteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française d’administration publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2020/1 (173), 290 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.173.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04693719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Conseil constitutionnel et la LPR. Analyse positive et uchronique de la décision n° 2020-810 DC du 21 décembre 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Heitzmann-Patin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Mulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Padovani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politeia [Les Cahiers de l'Association française des auditeurs de l'Académie internationale de droit constitutionnel]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 38, pp.36-73</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04614472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Conseil constitutionnel manipule les lois de lutte contre la manipulation de l’information (Commentaire des décisions n° 2018-773 DC et n° 2018-774 DC du 20 décembre 2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05018754v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cirotteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perroud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française d’administration publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 173 (1), pp.5-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.173.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04693717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question prioritaire de constitutionnalité et les représentants d’intérêt : techniques d’influence et influences sur la technique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Christelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Edouard Senac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Titre VII – Les Cahiers du Conseil constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Conseil constitutionnel et la LPR. Analyse positive et uchronique de la décision n° 2020-810 DC du 21 décembre 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Heitzmann-Patin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Mulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Padovani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Politeia [Les Cahiers de l'Association française des auditeurs de l'Académie internationale de droit constitutionnel]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit des étrangers : l'inconstitutionnalité partielle des assignations à résidence illimitées (Commentaire de la décision n° 2017-674 QPC du 30 novembre 2017)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05018814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simplifier sans dénaturer. Le retour de la procédure de « législation en commission » devant le Conseil constitutionnel (Commentaire de la décision n° 2017-757 DC du 16 janvier 2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05018785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is There a Law Commission in France?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Law Reform</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21, pp.44 - 57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5553/ejlr/138723702019021001005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04024337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les notes blanches des services de renseignement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 06, pp.1103</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02450632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faut-il s'inquiéter de l'externalisation de l'évaluation législative ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 43, pp.2417</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02221227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’impact de l’étude d’impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de droit constitutionnel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 136, pp.966-973. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfdc.136.0957⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 116 (4), pp.889. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfdc.116.0889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Éloge de la réforme des retraites</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03708242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Blandine Caire (coord.), &amp;lt;i&amp;gt;Les nouveaux pouvoirs. Approche pluraliste des foyers de création du droit&amp;lt;/i&amp;gt;, Bruxelles : Bruylant, coll. « Penser le droit », 2017, 194 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:t xml:space="preserve">Droit &amp; société : théorie et sciences sociales du droit. [Carnet hypotheses.org]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">La France face aux enlèvements contre rançon revendiqués par des groupes terroristes</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le parlementarisme rationalisé sous la Ve République</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue du droit public et de la science politique en France et à l'étranger</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 2, pp.479</w:t>
+              <w:t xml:space="preserve">ENA Hors les murs, magazine des anciens élèves de l'ENA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...167 lines deleted...]
-                <w:t xml:space="preserve">Que faire des notes blanches des services de renseignement ?</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05018879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faut-il s’inquiéter de l’externalisation de l’évaluation législative ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 03, pp.113</w:t>
+              <w:t xml:space="preserve">, 2018, 43, pp.2417</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Un nouveau trompe-l’œil dans la jurisprudence du Conseil constitutionnel (Décision n° 2020-843 QPC du 28 mai 2020, Force 5 [Autorisation d’exploiter une installation de production d’électricité])</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04997464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La justice administrative en habits neufs, nouvelles procédures, nouveaux recours – Regards croisés sur l'action de groupe et l'action en reconnaissance de droits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp.AJU000x4</w:t>
+              <w:t xml:space="preserve">Lexbase Hebdo - Edition publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 480, pp.N1191BXE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le droit public à l’épreuve de la covid-19</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04997283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regards croisés sur l’action de groupe et l’action en reconnaissance de droits dans la loi “J21“</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acteurs Publics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">Lexbase Hebdo - Edition publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Que faire des notes blanches des services de renseignement ?</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03708868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilan et perspectives du choc de simplification pour les entreprises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 2021 (3), pp.113</w:t>
+              <w:t xml:space="preserve">Constitutions : Revue de droit constitutionnel appliqué</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 02, pp.235</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Ponce Pilate au Conseil constitutionnel. Le contrôle de l’étude d’impact du projet de loi d’orientation des mobilités</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02227192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La simplification de la loi passera par l'étude d'impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp.AJU000c5</w:t>
+              <w:t xml:space="preserve">Constitutions : Revue de droit constitutionnel appliqué</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 04, pp.460</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Y a-t-il un recours pour renforcer l’effectivité des droits fondamentaux ? Les actions de groupe en droit administratif français</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02227067v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'obligation d'étude d'impact améliore-t-elle l'exercice de la fonction législative du Parlement ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A&amp;C - Revista de Direito Administrativo &amp; Constitucional</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ENA Hors les murs, magazine des anciens élèves de l'ENA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...301 lines deleted...]
-                <w:t xml:space="preserve">Le Conseil constitutionnel manipule les lois de lutte contre la manipulation de l’information (Commentaire des décisions n° 2018-773 DC et n° 2018-774 DC du 20 décembre 2018)</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinq ans plus tard : première (et dernière ?) application de l'article 39 alinéa 4 de la Constitution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Petites affiches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Thomas Perroud</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02335948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'étude d'impact au Parlement français : un instrument de mutation du rôle des assemblées dans le processus législatif ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d’administration publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 173 (1), pp.5-9. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfap.173.0005⟩</w:t>
+              <w:t xml:space="preserve">, 2014, N°149, pp.195 - 206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfap.149.0195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...1257 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfap.149.0195⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04024346v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02335948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À qui profite l’étude d’impact ?</w:t>
               </w:r>
@@ -5186,302 +5186,396 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05018899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le règlement de l'Assemblée nationale peut organiser les travaux parlementaires en période de crise… à condition d'être suffisamment explicite (Décision n° 2021-814 DC du 1er avril 2021 Résolution modifiant le règlement de l'Assemblée nationale en ce qui concerne l'organisation des travaux parlementaires en période de crise)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04999427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propos introductifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Ridard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Larcier-Bruylant, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">hal-05020048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propos introductifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Vanessa Barbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Edouard Senac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Larcier-Bruylant, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05020024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...53 lines deleted...]
-              <w:t xml:space="preserve">Larcier-Bruylant, 2023</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1968-2068. La justice administrative en mutation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CEPRISCA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 147 p., 2019, Colloques. Série Histoire et théorie du droit, 979-10-97323-06-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...46 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04974148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5491,267 +5585,173 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude d'impact des projets de loi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire encyclopédique du Parlement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.481-484</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04974490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déclarations du Gouvernement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand-Léo Combrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire encyclopédique du Parlement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.345-348</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04974486v1</w:t>
-              </w:r>
-[...92 lines deleted...]
-                <w:t xml:space="preserve">hal-04999427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6086,51 +6086,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="60593F03"/>
+    <w:nsid w:val="72B5A234"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6317,51 +6317,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bertrand-leo-combrade" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/159886619" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/9918150470107604330009" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000461003379" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/EPH-8463-2022" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997056v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand-L&#233;o Combrade" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997097v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997024v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997036v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997007v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04974218v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04974428v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04974294v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708307v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708312v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708254v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997155v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708842v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708258v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067149v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997265v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708859v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04974165v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier M&#233;sognon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174954v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/reclamer-en-democratie" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04974649v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708284v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997310v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/la-recherche-en-droit-constitutionnel-compare/31425?srsltid=AfmBOoo-UO7LlQj-zENmcGY6uZvozMaDWq10IXLT95ZoDXlds0md82oY" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997333v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174933v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dalloz-bibliotheque.fr/bibliotheque/L_examen_de_la_constitutionnalite_de_la_loi_par_le_Conseil_d_Etat-6749.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05526935v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974063v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997491v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04579298v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997519v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfdc.136.0957" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997348v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708250v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04014524v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999461v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03117660v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002014v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997367v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997415v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002019v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03689008v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21056/aec.v21i85.1580" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018739v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019990v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Christelle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Edouard Senac" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019968v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Heitzmann-Patin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Mulier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Padovani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018754v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693717v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cirotteau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perroud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.173.0005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693719v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04614472v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018814v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018785v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04024337v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5553/ejlr/138723702019021001005" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450632v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018879v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019948v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997464v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02221227v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708242v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfdc.116.0889" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708868v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02227192v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997283v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019007v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02227067v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04024346v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.149.0195" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335948v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997323v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019930v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019934v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018899v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020024v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Barb&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020048v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Barbe" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Ridard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04974148v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wp.u-picardie.fr/ceprisca/la-collection-colloques/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04974490v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04974486v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999427v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996986v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708492v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01850072v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bertrand-leo-combrade" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/159886619" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/9918150470107604330009" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000461003379" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/EPH-8463-2022" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997024v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand-L&#233;o Combrade" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997056v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997097v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04974428v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997007v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997036v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04974218v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04974294v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708307v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708312v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708254v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997155v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067149v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708842v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708258v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04974165v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier M&#233;sognon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997265v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708859v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174954v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/reclamer-en-democratie" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708284v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04974649v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997310v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/la-recherche-en-droit-constitutionnel-compare/31425?srsltid=AfmBOoo-UO7LlQj-zENmcGY6uZvozMaDWq10IXLT95ZoDXlds0md82oY" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997333v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174933v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dalloz-bibliotheque.fr/bibliotheque/L_examen_de_la_constitutionnalite_de_la_loi_par_le_Conseil_d_Etat-6749.htm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05526935v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04579298v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974063v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997491v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997519v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfdc.136.0957" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997348v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708250v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04014524v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999461v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002014v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997367v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03117660v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997415v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002019v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03689008v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21056/aec.v21i85.1580" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018739v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693719v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perroud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cirotteau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.173.0005" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04614472v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Heitzmann-Patin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Mulier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Padovani" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018754v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693717v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019990v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Christelle" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Edouard Senac" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019968v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018814v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018785v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04024337v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5553/ejlr/138723702019021001005" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450632v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02221227v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708242v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfdc.116.0889" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019948v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018879v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997464v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997283v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708868v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02227192v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02227067v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019007v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335948v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04024346v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.149.0195" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997323v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019930v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019934v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018899v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999427v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020048v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Barbe" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Ridard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020024v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Barb&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04974148v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wp.u-picardie.fr/ceprisca/la-collection-colloques/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04974490v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04974486v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996986v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03708492v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01850072v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>