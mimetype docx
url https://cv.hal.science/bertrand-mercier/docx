--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -100,304 +100,304 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonclassical wave propagation measurements in the high temperature vapor of D6 with the asymmetric shock tube for experiments in rarefaction waves (ASTER)</w:t>
+                <w:t xml:space="preserve">A robust pairing method for two-pulse particle tracking velocimetry based on coherent point drift</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitish Chandrasekaran</w:t>
+                <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theodoros Michelis</w:t>
+                <w:t xml:space="preserve">Lionel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Mercier</w:t>
+                <w:t xml:space="preserve">Benoit Tremblais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Falsetti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Piero Colonna</w:t>
+                <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experiments in Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00348-024-03843-8⟩</w:t>
+              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35 (6), pp.065301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6501/ad2b42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04773215v1</w:t>
+                <w:t xml:space="preserve">hal-04639126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A robust pairing method for two-pulse particle tracking velocimetry based on coherent point drift</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Nonclassical wave propagation measurements in the high temperature vapor of D6 with the asymmetric shock tube for experiments in rarefaction waves (ASTER)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nitish Chandrasekaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theodoros Michelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Tremblais</w:t>
+                <w:t xml:space="preserve">Chiara Falsetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent David</w:t>
+                <w:t xml:space="preserve">Piero Colonna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 35 (6), pp.065301. </w:t>
+              <w:t xml:space="preserve">Experiments in Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 65 (7), pp.111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6501/ad2b42⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00348-024-03843-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04639126v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04773215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design rules for Background Oriented Schlieren experiments with least-squares based displacement calculation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Lacassagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -444,90 +444,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary Experiments in High Temperature Vapours of Organic Fluids in the Asymmetric Shock Tube for Experiments on Rarefaction Waves (ASTER)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nitish Chandrasekaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theodoros Michelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitish Chandrasekaran</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piero Colonna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ercoftac series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, ERCOFTAC Series, 29, pp.201-208. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
@@ -561,77 +561,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speed of Sound Measurements in Dense Siloxane D 6 Vapor at Temperatures up to 645 K by Means of a New Prismatic Acoustic Resonator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitish Chandrasekaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piero Colonna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chemical and Engineering Data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 68 (3), pp.561-573. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
@@ -659,438 +659,438 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04773247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of the coherent vorticity in slightly under-expanded supersonic screeching jets</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Dynamic analysis of a Rayleigh scattering setup using synthetic light signals from a modulated LED</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Castelain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Aeroacoustics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1475472X19834530⟩</w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 90, pp.063109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5112802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03158387v1</w:t>
+                <w:t xml:space="preserve">hal-03158106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross-spectral analysis of PSP images for estimation of surface pressure spectra corrupted by the shot noise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuta Ozawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuta Ozawa</w:t>
+                <w:t xml:space="preserve">Taku Nonomura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 60 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00348-019-2776-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02352208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic analysis of a Rayleigh scattering setup using synthetic light signals from a modulated LED</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Experimental study of the coherent vorticity in slightly under-expanded supersonic screeching jets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 90, pp.063109. </w:t>
+              <w:t xml:space="preserve">International Journal of Aeroacoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18, pp.207-230. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5112802⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/1475472X19834530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03158106v1</w:t>
+                <w:t xml:space="preserve">hal-03158387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High frequency temperature fluctuation measurements by Rayleigh scattering and constant-voltage cold-wire techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuta Ozawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 60, pp.110. </w:t>
@@ -1128,77 +1128,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation of the turbulent density - Far-field sound correlations in compressible jets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Aeroacoustics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 17, pp.521-540. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1232,90 +1232,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Density fluctuations measurement by Rayleigh scattering using a single photomultiplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 56, pp.1310-1316. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1375,51 +1375,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Betrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 824, pp.202-229. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1485,90 +1485,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of particle number and detection error from simple peak detection for PTV and LPT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Tremblais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Symposium on Particle Image Velocimetry – ISPIV 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Tokyo (Japan), Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1606,51 +1606,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Système de déplacement 3 axes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Lagauzère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AlpesView 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Muriel LAGAUZERE; Sébastien FLURY, Sep 2025, GRENOBLE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1688,51 +1688,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flow visualisation with smartphones as an educational framework for affordable and interactive micro-lab sessions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Lacassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Lebis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1764,321 +1764,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04718374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un nouvel environnement pour la PTV 3D basé sur le ”coherent point drift”</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupling Coherent Point Drift And Affine Least-Squares Transformation To Build Trajectories In TR-PTV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Mercier</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benoit Tremblais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18e Congrès Francophone de Techniques Laser (CFTL 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">21st International Symposium on Application of Laser and Imaging Techniques to Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Center for Innovation Technology and Policy Research, Instituto Superior Técnico (IN+); Associação para o Desenvolvimento da Aerodinâmica Industrial, University of Coimbra (ADAI), Jul 2024, Lisbonne, Portugal. pp.28, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.55037/lxlaser.21st.28⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04717848v1</w:t>
+                <w:t xml:space="preserve">hal-04662702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling Coherent Point Drift And Affine Least-Squares Transformation To Build Trajectories In TR-PTV</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Un nouvel environnement pour la PTV 3D basé sur le ”coherent point drift”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Mercier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benoit Tremblais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Symposium on Application of Laser and Imaging Techniques to Fluid Mechanics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">18e Congrès Francophone de Techniques Laser (CFTL 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire de Mécanique des Fluides et d’Acoustique (UMR CNRS 5509, École centrale de Lyon, INSA Lyon, Université Claude Bernard Lyon I), Sep 2024, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.55037/lxlaser.21st.28⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04662702v1</w:t>
+                <w:t xml:space="preserve">hal-04717848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Particle Based Approach For Improved Resolution PIV And TOMO-PIV Based On The Coherent Point Drift And The Affine Least-Squares Transformation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Mercier</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benoit Tremblais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st International Symposium on Application of Laser and Imaging Techniques to Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Center for Innovation Technology and Policy Research, Instituto Superior Técnico (IN+); Associação para o Desenvolvimento da Aerodinâmica Industrial, University of Coimbra (ADAI), Jul 2024, Lisbonne, Portugal. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2112,103 +2112,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proof-of-concept study of Coherent Point Drift registration for particle pairing in Particle Tracking Velocimetry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quriaky Gómez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Mercier</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benoit Tremblais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Symposium on Particle Image Velocimetry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, San Diego, United States. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2233,51 +2233,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VISUALISATION DES ECOULEMENTS PAR SMARTPHONE A DES FINS PEDAGOGIQUES ET APPLICATION DE LA BACKGROUND ORIENTED SCHLIEREN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souria Hamidouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2341,103 +2341,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation spectrale de fluctuations de température par diffusion de Rayleigh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuta Ozawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Jondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2462,77 +2462,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A schlieren and nearfield acoustic based experimental investigation of screech noise sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd AIAA/CEAS Aeroacoustics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Lyon, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2592,51 +2592,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Gojon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bogey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2683,77 +2683,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of under-expanded jet screech associated convective velocity based on high frequency sampled schlieren visualisations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2810,51 +2810,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'une méthode de mesure de la masse volumique par diffusion Rayleigh appliquée à l'étude du bruit de jets, et contribution à l'étude du screech dans les jets supersoniques sous détendus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université de Lyon, 2017. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017LYSEC061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3050,51 +3050,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773215v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitish Chandrasekaran" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodoros Michelis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mercier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Falsetti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Colonna" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-024-03843-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639126v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Tremblais" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ad2b42" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249140v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Lacassagne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.flowmeasinst.2023.102395" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04107985v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-30936-6_20" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773247v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jced.2c00725" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158387v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Castelain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bailly" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1475472X19834530" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352208v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuta Ozawa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taku Nonomura" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-019-2776-4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158106v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5112802" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158111v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jondeau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-019-2753-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085853v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1475472X18778274" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085854v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J056507" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724951v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betrand Mercier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2017.336" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05335300v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299035v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lagauz&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718374v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lebis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717848v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662702v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55037/lxlaser.21st.28" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661964v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55037/lxlaser.21st.29" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143121v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quriaky G&#243;mez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071149v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souria Hamidouche" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mauger" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097684v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380372v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2016-2799" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352884v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gojon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bogey" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2016-2984" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446448v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02611970v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LYSEC061" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639126v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mercier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Tremblais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ad2b42" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773215v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitish Chandrasekaran" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodoros Michelis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Falsetti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Colonna" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-024-03843-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249140v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Lacassagne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.flowmeasinst.2023.102395" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04107985v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-30936-6_20" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773247v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jced.2c00725" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158106v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Castelain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5112802" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352208v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuta Ozawa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taku Nonomura" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bailly" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-019-2776-4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158387v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1475472X19834530" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158111v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Jondeau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-019-2753-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085853v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1475472X18778274" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085854v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J056507" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724951v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betrand Mercier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2017.336" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05335300v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299035v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lagauz&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718374v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lebis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662702v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55037/lxlaser.21st.28" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717848v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661964v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55037/lxlaser.21st.29" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04143121v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quriaky G&#243;mez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071149v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souria Hamidouche" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mauger" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097684v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380372v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2016-2799" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352884v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gojon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bogey" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2016-2984" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446448v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02611970v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LYSEC061" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>