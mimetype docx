--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:121.1356466877px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bertrand Muller </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">bertrand-muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6387-9460</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">158638441</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the origins of lateral root diversity in maize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Israel Oren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shana Moussu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Dagbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillipe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rhizosphere 6 - Rooting for Earth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Edinburgh, United Kingdom. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05121967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CropBooster-P Project (2018-2022). Towards a roadmap for future crops sustainable yield improvement. Bibliometric analysis of International Cooperation in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Martin-Laffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LPCV poster day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiological roles of Casparian strips and suberin in the transport of water and solutes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Monica Calvo-Polanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoe Ribeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Reyt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Hidalgo‐shrestha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISRR11 and ROOTING2021 meeting « Roots never sleep »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Online, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of three lateral root types identified in pearl millet on water uptake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Passot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Javaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdrought V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Hyderabad, India. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duravitis & VDQA programs open new breeding strategies for grapevine facing T° rises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bigard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Doligez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Toulouse, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapevine adaptation to climate warning: new ways to breed varieties better adapted to elevated temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bigard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Doligez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Final International Symposium in Innovation Vineyard (InnoVine)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Toulouse, France. INRA, 63 p., 2016, Book of abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M3P: The &amp;quot;Montpellier Plant Phenotyping Platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Welcker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Llorenç Cabrera Bosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Grau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Negre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPPN Plant Phenotyping Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Barcelona, Spain. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01229561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHENOPSIS: from a phenotyping platform to a whole pipeline of analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bediee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crispulo Balsera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Vile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent progress in drought tolerance from genetics to modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Montpellier, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHENOPSIS: From a phenotyping platform to a whole pipeline of analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bediee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crispulo Balsera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Vile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPPN Plant Phenotyping Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Barcelona, Spain. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01229564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M3P : the &amp;quot;Montpellier Plant Phenotyping Platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Welcker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Llorenç Cabrera Bosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Grau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Negre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent progress in drought tolerance from genetics to modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Montpellier, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lateral root growth: A framework to analyse the variability among elongation patterns and the impact of auxin and sugar signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Moreno-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent progress in drought tolerance from genetics to modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Montpellier, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why is lateral root growth so variable? A framework to analyze growth variability among lateral roots and the possible roles of auxin and carbon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Moreno Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chandezon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on Root Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Weimar, Germany. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into pot size effects on oilseed rape vegetative growth and Its interaction with response to drought</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Dambreville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Griolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bediee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology Europe FESPB/EPSO Congress 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Dublin, Ireland. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The carbon balance of (micro)vine plants is decreased under elevated temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlle Mallent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bediee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology Europe FESPB/EPSO Congress 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Dublin, Ireland. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotyping and beyond: modelling the relationships between traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Vile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Lievre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crispulo Balsera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology Europe FESPB/EPSO Congress 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Dublin, Ireland. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing resource Uptake from Roots under stress in cereal crops; the EURoot Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guiderdoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eelco Visser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wilkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Faget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Symposium of the International Society of Root Research (ISRR) 2012: "Roots to the Future"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Dundee, United Kingdom. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSA extraction from 2D images for processing high-throughput data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Diener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Diévart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSHL: Automated Imaging &amp; High-Throughput Phenotyping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, New York, United States. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontogenetic priming of stomatal control in [i]Arabidopsi[/i]s leaves through gradual exposure to low humidity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vavasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Le Thiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. New Phytologist Symposium Stomata 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Manchester, United Kingdom. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01267905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dual effect of abscisic acid on stomatal conductance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jannaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. New Phytologist Symposium Stomata 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Manchester, United Kingdom. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A role for Carbon metabolism in leaf growth response to soil water deficit ? An integrated perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sulpice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Piques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. International Conference on Arabidopsis Research (ICAR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Edinburgh, United Kingdom. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the starting conditions of the rainy season in Senegal: highlighting the constraints of crop establishment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mame Balla Ndiaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassirou Sine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diarietou Sambakhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Oury Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 6 (7), pp.075024. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2515-7620/ad5081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidelines for designing and interpreting drought experiments in controlled conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Menachem Moshelion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl-Josef Dietz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian C Dodd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John E Lunn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 75, pp.4671 - 4679. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erae292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04807405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are high-throughput root phenotyping platforms suitable for informing root system architecture models with genotype-specific parameters? An evaluation based on the root model ArchiSimple and a small panel of wheat cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clothilde Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Salon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 75 (8), pp.2510-2526. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erae009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Report of Bacterial Leaf Blight Disease of Rice Caused by Xanthomonas oryzae pv. oryzae in Madagascar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Raveloson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Rabekijana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. M. Rakotonanahary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Szurek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 107 (8), pp.2510. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-03-23-0411-PDN⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paving the way towards future‐proofing our crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Baekelandt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vandasue L R Saltenis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Malyska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Cornelissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Energy Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (3), pp.e441. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fes3.441⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A low carbon balance triggers Microvine inflorescence abscission at high temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Romieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Horticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2, pp.1267429. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fhort.2023.1267429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving crop Yield potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra J Burgess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Günter Strittmatter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas P. M. Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Harry Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Energy Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (1), pp.e435. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fes3.435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03872237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can green manure contribute to sustainable intensification of rainfed rice production in Madagascar?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lalaina Ranaivoson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gatien Falconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Affholder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Autfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Field Crops Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 289, pp.108711. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fcr.2022.108711⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03859202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant growth: the What, the How, and the Why</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Hilty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Leuzinger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 232 (1), pp.25-41. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.17610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Pagès, founding scientist in root ecology and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Barczi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amira Beroueg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Buck-Sorlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Couvreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Danjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in silico Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 (2), </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/insilicoplants/diab035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03517541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting rainfed rice to climate change: a case study in Senegal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Gérardeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gatien Falconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gozé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Martial Kouakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 41 (4), </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-021-00710-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03747222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiological roles of Casparian strips and suberin in the transport of water and solutes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Calvo‐polanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoe Ribeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Reyt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Hidalgo‐shrestha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 232 (6), pp.2295-2307. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.17765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The case for improving crop carbon sink strength or plasticity for a CO2-rich future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dingkuhn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Luquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinyou Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Opinion in Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 56, pp.259-272. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pbi.2020.05.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant and crop simulation models: powerful tools to link physiology, genetics, and phenomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 70 (9), pp.2339-2344. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erz175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and modeling evidence of carbon limitation of leaf appearance rate for spring and winter wheat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Parent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Manceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamish E Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven M Driever</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 70 (9), pp.2449-2462. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erz012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lateral Roots: Random Diversity in Adversity.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sixtine Passot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (9), pp.810-825. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tplants.2019.05.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new phenotyping pipeline reveals three types of lateral roots and a random branching pattern in two cereals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sixtine Passot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Moreno-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Moukouanga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crispulo Balsera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soazig Guyomarc'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 177 (3), pp.896-910. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.17.01648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Physiological Basis of Drought Tolerance in Crop Plants: A Scenario-Dependent Probabilistic Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Review of Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 69 (1), pp.733-759. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1146/annurev-arplant-042817-040218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotyping oilseed rape growth-related traits and their responses to water deficit: the disturbing pot size effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Dambreville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Griolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bediee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 44 (1), pp.35-45. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/FP16036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying Developmental Zones in Maize Lateral Root Cell Length Profiles using Multiple Change-Point Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Moreno-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.1-19. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2017.01750⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01651169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microvine: A New Model to Study Grapevine Growth and Developmental Patterns and their Responses to Elevated Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Romieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajit Nehe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratthaphon Chatbanyong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Enology and Viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 68 (3), pp.283-292. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5344/ajev.2017.16066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental, molecular and genetic studies on grapevine response to temperature open breeding strategies for adaptation to warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bigard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Doligez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OENO One</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 51 (2), pp.155-165. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/oeno-one.2016.0.0.1587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are subsidies to weather-index insurance the best use of public funds? A bio-economic farm model applied to the Senegalese groundnut basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Ricome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Affholder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Poeydebat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 156, pp.149 - 176. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2017.05.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01679763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHENOPSIS Quelles évolutions technologiques du premier automate de phénotypage des plantes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Dambreville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Vile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 89, 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of pearl millet root architecture and anatomy reveals three types of lateral roots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sixtine Passot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatoumata Gnacko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Moukouanga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soazig Guyomarc'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7 (829), pp.11. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2016.00829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01398441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures en série des échanges gazeux à l'échelle plante entière de plantes cultivées en pot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bediee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Dambreville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Brichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Hamard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 86, 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01329223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-structural carbohydrates in woody plants compared among laboratories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey G. Quentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth A. Pinkard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael G. Ryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David T. Tissue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Scott Baggett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tree Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 35 (11), pp.1146-1165. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/treephys/tpv073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01557364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing climate change impacts on sorghum and millet yields in the Sudanian and Sahelian savannas of West Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sultan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Quirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agali Alhassane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8 (1), pp.014040. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-9326/8/1/014040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00857331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dual effect of abscisic acid on stomata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jannaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 197 (1), pp.65-72. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.12013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental Priming of Stomatal Sensitivity to Abscisic Acid by Leaf Microclimate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vavasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Le Thiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 23 (18), pp.1805 - 1811. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2013.07.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buffering growth variations against water deficits through timely carbon usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Fanciullino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2013.00483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coming of leaf age: control of growth by hydraulics and metabolics during leaf ontogeny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry T. Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 196 (2), pp.349-366. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1469-8137.2012.04273.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An ex-ante evaluation of the use of seasonal climate forecasts for millet growers in SW Niger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sultan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Quirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agali Alhassane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32, pp.759-771. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/joc.2308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling the Intertwined Genetic Bases of Root and Shoot Growth in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bouteillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crispulo Balsera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Loudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7 (2), </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0032319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water deficits uncouple growth from photosynthesis, increase C content, and modify the relationships between C and growth in sink organs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Génard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Turc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Freixes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 62 (6), pp.1715-1729. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erq438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water deficit and growth. Co-ordinating processes without an orchestrator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Opinion in Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 14 (3), pp.283-289. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pbi.2011.02.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of leaf expansion: a developmental switch from metabolics to hydraulics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry T. Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 156 (2), pp.803-815. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.111.176289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabidopsis plants acclimate to water deficit at low cost through changes of carbon usage: an integrated perspective using growth, metabolite, enzyme, and gene expression analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sulpice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Piques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 154 (1), pp.357-372. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.110.157008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaf growth rate per unit thermal time follows QTL-dependent daily patterns in hundreds of maize lines under naturally fluctuating conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Sadok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Naudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Boussuge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Welcker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 30 (2), pp.135-146. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3040.2006.01611.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHENOPSIS, an automated platform for reproducible phenotyping of plant responses to soil water deficit in Arabidopsis thaliana permitted the identification of an accession with low sensitivity to soil water deficit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Aguirrezábal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Cookson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 169 (3), pp.623-635. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1469-8137.2005.01609.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02668888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are ABA, ethylene or their interaction involved in the response of leaf growth to soil water deficit? An analysis using naturally occurring variation or genetic transformation of ABA production in maize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Voisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beat Reidy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Parent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Redondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 29 (9), pp.1829-1840. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3040.2006.01560.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking physiological and genetic analyses of the control of leaf growth under changing environmental conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry T. Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Agricultural Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 56 (9), pp.937-946. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/AR05156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02683419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A role for auxin redistribution in the responses of the root system architecture to phosphate starvation in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Canivenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Azim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry van Onckelen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 138 (4), pp.2061-2074. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.105.060061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automate de phénotypage pour cultiver des plantes à des états hydriques du sol contrôlés : un outil d'aide à la caractérisation de la réponse de la croissance et de la transpiration à la sécheresse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Hamard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 53, pp.21-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04690686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A macro-array-based screening approach to identify transcriptional factors involved in the nitrogen-related root plasticity response of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Tranbarger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Al-Ghazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Teyssendier de La Serve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Doumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 23 (5-6), pp.519-528. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/agro:2003024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00886205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal responsesof Arabidopsis root architecture to phosphate starvation: evidence for the involvement of auxin signalling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Al-Ghazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pinloche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.J. Tranbarger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 26, pp.1053-1066. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1365-3040.2003.01030.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early modifications of Brassica napus root system architecture induced by a plant growth-promoting Phyllobacterium strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marièle Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Mantelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Rapior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Cleyet-Marel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 160 (1), pp.119-125. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1469-8137.2003.00862.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining quantitative trait loci analysis and an ecophysiological model to analyse the genetic variability of the responses of maize leaf growth to temperature and water deficit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Leonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain A. Charcosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 131, pp.664-675</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A macro-array-based screening approach to identify transcriptional factors involved in the nitrogen-related root plasticity response of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.J. Tranbarger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Al-Ghazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Teyssendier de La Serve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Doumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 23, pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02671194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early modifications of Brassica napus root system architecture induced by a plant growth-promoting Phyllobacterium strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marièle Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Mantelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Rapior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Cleyet Marel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 160 (1), pp.119-125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcription factor genes with expression correlated to nitrate-related root plasticity of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.J. Tranbarger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Al-Ghazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Teyssendier de La Serve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Doumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 26, pp.459-469. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1365-3040.2003.00977.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual leaf development in Arabidopsis thaliana: a stable thermal-time-based programme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Turc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 89, pp.595-604</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02669420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root elongation and branching is related to local hexose concentration in Arabidopsis thaliana seedlings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Freixes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 25, pp.1357-1366</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The elongation rate at the base of a maize leaf shows an invariant pattern during both the steady-state elongation and the establishment of the elongation zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 52 (359), pp.1259-1268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial distributions of expansion rate, cell division rate and cell size in maize leaves : a synthesis of the effects of soil water status, evaporative demand and temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Hamard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 51, pp.1505-1514</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02685963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research review. Modelling leaf expansion in a fluctuating environment : are changes in specific leaf area a consequence of changes in expansion rate ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 143, pp.33-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02686196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial distributions of tissue expansion and cell division rates are related to irradiance and to sugar content in the growing zone of maize roots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Stosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 21, pp.149-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02685491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction between atmospheric and pedospheric nitrogen nutrition in spruce (&amp;lt;em&amp;gt;Picea abies&amp;lt;/em&amp;gt; L. Karst) seedlings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Touraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Rennenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 19, pp.345-355. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3040.1996.tb00257.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrate fluxes in soybean seedling roots and their response to amino acids : an approach using 15N.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Tillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Touraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 18, pp.1267-1279. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3040.1995.tb00186.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02701617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhibition of NO3- uptake by various phloem-translocated amino acids in soybean seedlings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Touraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 43 (250), pp.1-27. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/43.5.617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02705845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of phloem-translocated malate on NO3- uptake by roots of intact soybean plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Touraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 99, pp.1118-1123. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.99.3.1118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02714134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Components of relative growth rate and sensitivity to nitrogen availability in annual and perennial species of &amp;lt;em&amp;gt;Bromus&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 84 (4), pp.513-518. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF00328168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02712078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenome-Emphasis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Alic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Le Gouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier et conception d’Ateliers (Budget, Contrats, Ressources Humaines) pour la journée d’accueil des directeurs d’unités du centre de Montpellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Gobron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruckler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Bah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AgroEcoPhen - Phénotypage à haut débit des plantes pour l'agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Le Gouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Limagrain - INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Chappes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04795240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity and multifunctionality: insights from rice varietal mixtures in the highlands of Madagascar [00349]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koloina Rahajaharilaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kirsten Vom Brocke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Benoit Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International congress of Ecology and Evolution: "Ecology and evolution : new perspectives and societal challenges"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LIEC; Universite de Lorraine; CNRS; SFE²; GfÖ; EEF, Nov 2022, Metz, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can legume crop residues contribute to sustainable intensification of rainfed rice production in Madagascar?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lalaina Ranaivoson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gatien N. Falconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Autfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Crop Modelling Symposium (iCROPM 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIRAD; INRAE; INRIA, Feb 2020, Montpellier, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving interoperability between phenomics and modelling communities by designing a Plant Modelling Ontology (PMO)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Saint Cast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Llorenç Cabrera-Bosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Couvreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pradal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FSPM 2020 - 9th International Conference on Functional-Structural Plant Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hochschule Geisenheim University; University of Hannover, Oct 2020, Online, Germany. pp.57-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiological Roles of Casparian Strips and Suberin. Transport of Water and Solutes, Salt Tolerance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Monica Calvo-Polanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoe Ribeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Reyt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hidalgo-Shrestha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Symposium on Plant Apoplastic Diffusion Barriers (PADiBa)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Bonn, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02934812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photosynthèse inclusive : Quels fronts de science derrière le concept ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de prospective scientifique du département BAP de l’INRA : enjeux BAP 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Département de Biologie et Amélioration des Plantes INRA, Sep 2019, Presqu’île de Giens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of endodermal casparian strips and suberin in the hydromineral status of plants under salt stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Monica Calvo-Polanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Ribeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rochus B. Franke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Salt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21th Congress of the Spanish Society of Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01651308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature impacts on grapevine physiology and development at both plant and organ levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Romieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratthaphon Chatbanyong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. International Symposium on Grapevine Physiology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Verone, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapevine physiology and development responses to warm temperatures sensed on the entire plant or on individual bunches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Romieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratthaphon Chatbanyong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. International Symposium on Grapevine Physiology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Verone, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is failure of reproductive development under water or heat stress due to C shortage ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Oury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEB Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapevine and climate warming: Duravitis program opens new breeding strategies for temperature adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bigard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Doligez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ClimWine 2016 (Sustainable grape and wine production in the context of climate change)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Ecophysiologie et Génomique Fonctionnelle de la Vigne (1287)., Apr 2016, Bordeaux, France. 152 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The development of genetics tools for the selection of grapevine wine cultivars adapted to warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérico Alcantara Novelli Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. ISTW</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Petrolina, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of developmental zones in maize lateral roots on the basis of longitudinal epidermis cell length profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Moreno-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Functional-Structural Plant Growth Modeling, Simulation, Visualization and Applications (FSPMA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Qingdao, China. pp.42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01398404v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duravitis opens breeding strategies for grapevine facing T° rises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bigard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Doligez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ClimWine 2016 (Sustainable grape and wine production in the context of climate change)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The developmental, molecular & genetic bases of grapevine adaptation to thermal stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratthaphon Chatbanyong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérico Alcântara Novelli Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'ANR "Faire face aux changements climatiques - Les apports de la recherche collaborative sur projets"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02154372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of plant carbon status in yield components responses to elevated temperatures in microvine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Romieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. Journées Internationales de Viticulture GiESCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Gruissan, France. 810 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01506406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crops for a changing climate: modeling helps to push the phenotyping frontier forward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate-Smart Agriculture: Global Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Davis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microvine: an ecophysiological model for grapevine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajit Nehe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Romieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. International Symposium GiESCO 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe International d'Experts en Systèmes Vitivinicoles pour la Coopération (GIESCO). FRA., Jul 2013, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The microvine provides new perspectives for research on berry physiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratthaphon Chatbanyong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Ageorges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Kelly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. International Symposium GiESCO 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe International d'Experts en Systèmes Vitivinicoles pour la Coopération (GIESCO). FRA., Jul 2013, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An automated image-processing pipeline for high-throughput analysis of root architecture in OpenAlea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Diener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillipe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Périn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Diévart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Functional-Structural Plant Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Saariselkä, Finland. pp.85-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the intertwined genetic bases of root and shoot growth response to soil water deficit in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bouteillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Symposium of the International Society of Root Research (ISRR) 2012: "Roots to the Future"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Dundee, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métabolisme et croissance face aux stress abiotiques : qui contrôle qui ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées thématiques UMR DIADE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taking full advantage of systematic phenotyping in &amp;lt;em&amp;gt;Arabidopsis thaliana&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Tisne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Wuyts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Lievre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Arabidopsis Research (ICAR) 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability among lateral roots. Auxin and sugars interact to relate early primordia dynamics with lateral root fate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bouteillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Symposium of the International Society of Root Research (ISRR) 2012: "Roots to the Future"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Dundee, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Standardization of protocols and experimental design for high-throughput phenotyping: needs and limits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Vile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Phenoyping Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Juelich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of leaf expansion: a developmental switch from metabolics to hydraulics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry T. Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEB Main Meeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A role for carbon metabolism in plant growth response to soil water deficit? An integrated perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sulpice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEB Main Meeting 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C metabolism and plant growth under water deficit: chicken and egg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sulpice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Piques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salt &amp; Water Stress in Plants : from molecules to crops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gordon Research Conferences (GRC). USA., Jun 2010, Les Diablerets, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining multiple modeling approaches to design plant ideotypes for specific climates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Vile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Mathematical Modeling of Plant Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mathematical Biosciences Institutes (MBI). USA., Sep 2010, Columbus, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High throughput phenotyping and plant modelling : two legs for combined physiological and genetic approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Welcker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSO workshop on plant phenotyping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The European Plant Science Organisation (EPSO). BEL., Nov 2009, Jülich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenopsis and Phenodyn : phenotyping platforms to dissect variability of growth in response to environmental changes in &amp;lt;em&amp;gt;Arabidopsis&amp;lt;/em&amp;gt; and cereals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Welcker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry T. Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSO workshop “Plant Phenotyping”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Jülich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecophysiology meets metabolic profiling: an integrative approach of Arabidopsis thaliana responses to drought</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sulpice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Piques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdrought III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Shanghai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant growth control by water deficit: which process(es) to lead the game?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry T. Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Vile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Ehlert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. EPSO Conference: "Plants for Life"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The European Plant Science Organisation (EPSO). BEL., Jun 2008, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation des remontées capillaires sur sols volcaniques sous culture. Application à la compréhension de la culture de la pastèque en saison sèche au Nicaragua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Maraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Rapidel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Lafolie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Arroliga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Congrès Mondial de Science du Sol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1998, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can altered carbon balance at the whole plant level explain differences in root growth under water stress ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Farrar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Stressnet Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Salsomaggiore, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02775143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification d'espèces et de génotypes pour répondre aux défis de l'agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Le Gouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Amsallem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Hubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">26, Agropolis international. 2022, pp.126-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04939833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of species and genotypes to meet agroecology challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Le Gouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agropolis international-Montpellier. 2021, pp.126-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04789052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cropbooster-P: Network maps of research networks available for further scientific interactions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Martin-Laffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CropBooster-P - Preparatory action to Boost Global Crop Yield for Food &amp; Nutrition Security and fueling a Bioeconomy. 2020, pp.1-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">12. Designing dual-purpose sorghum ideotypes for high grain and biomass yields suitable for various target environments in Senegal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malick Ndiaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diarétou Sambakhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliou Sissoko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ndjido A. Kane; Daniel Foncéka; Timothy J. Dalton. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop adaptation and improvement for drought-prone environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Prairie Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.305-328, 2022, 978-1-944548-46-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05180339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying Developmental Patterns in Structured Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Caraglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Éric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Systems Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2395, </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer Protocols; Humana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.199-225, 2022, Methods in Molecular Biology, </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-0716-1816-5_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aléas, développement et assurances agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Leblois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le développement durable à découvert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNRS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.186-187, 2013, 978-2-271-07896-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02872340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell cycle and environmental stresses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Cookson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell cycle control and plant development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 32, Blackwell Publishing, 2007, Annual Plant Reviews, 978-1-4051-5043-9. </w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9780470988923.ch15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un exemple d'analyse de l'interaction génotype X environnement : modélisation de la variabilité génétique des réponses au déficit hydrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Borel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génomique fonctionnelle chez les végétaux, du gène à la fonction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02829242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of nitrate uptake at the whole plant level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Touraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.T. Clarkson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A whole plant perspective on carbon-nitrogen interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPB academic publishing, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The development of genetics tools for the selection of grapevine wine cultivars adapted to warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérico Alcantara Novelli Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02518994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId440"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:121.1356466877px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bertrand Muller </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">bertrand-muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6387-9460</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">158638441</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the origins of lateral root diversity in maize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Israel Oren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shana Moussu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Dagbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillipe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rhizosphere 6 - Rooting for Earth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Edinburgh, United Kingdom. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05121967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CropBooster-P Project (2018-2022). Towards a roadmap for future crops sustainable yield improvement. Bibliometric analysis of International Cooperation in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Martin-Laffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LPCV poster day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiological roles of Casparian strips and suberin in the transport of water and solutes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Monica Calvo-Polanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoe Ribeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Reyt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Hidalgo‐shrestha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISRR11 and ROOTING2021 meeting « Roots never sleep »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Online, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of three lateral root types identified in pearl millet on water uptake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Passot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Javaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdrought V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Hyderabad, India. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapevine adaptation to climate warning: new ways to breed varieties better adapted to elevated temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bigard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Doligez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Final International Symposium in Innovation Vineyard (InnoVine)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Toulouse, France. INRA, 63 p., 2016, Book of abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duravitis & VDQA programs open new breeding strategies for grapevine facing T° rises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bigard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Doligez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Toulouse, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M3P: The &amp;quot;Montpellier Plant Phenotyping Platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Welcker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Llorenç Cabrera Bosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Grau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Negre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPPN Plant Phenotyping Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Barcelona, Spain. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01229561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHENOPSIS: from a phenotyping platform to a whole pipeline of analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bediee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crispulo Balsera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Vile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent progress in drought tolerance from genetics to modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Montpellier, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHENOPSIS: From a phenotyping platform to a whole pipeline of analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bediee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crispulo Balsera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Vile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPPN Plant Phenotyping Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Barcelona, Spain. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01229564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lateral root growth: A framework to analyse the variability among elongation patterns and the impact of auxin and sugar signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Moreno-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent progress in drought tolerance from genetics to modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Montpellier, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M3P : the &amp;quot;Montpellier Plant Phenotyping Platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Welcker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Llorenç Cabrera Bosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Grau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Negre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent progress in drought tolerance from genetics to modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Montpellier, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into pot size effects on oilseed rape vegetative growth and Its interaction with response to drought</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Dambreville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Griolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bediee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology Europe FESPB/EPSO Congress 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Dublin, Ireland. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why is lateral root growth so variable? A framework to analyze growth variability among lateral roots and the possible roles of auxin and carbon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Moreno Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Chandezon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on Root Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Weimar, Germany. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The carbon balance of (micro)vine plants is decreased under elevated temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlle Mallent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bediee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology Europe FESPB/EPSO Congress 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Dublin, Ireland. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotyping and beyond: modelling the relationships between traits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Vile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Lievre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crispulo Balsera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biology Europe FESPB/EPSO Congress 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Dublin, Ireland. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSA extraction from 2D images for processing high-throughput data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Diener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Diévart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSHL: Automated Imaging &amp; High-Throughput Phenotyping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, New York, United States. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing resource Uptake from Roots under stress in cereal crops; the EURoot Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guiderdoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Courtois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eelco Visser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wilkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Faget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Symposium of the International Society of Root Research (ISRR) 2012: "Roots to the Future"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Dundee, United Kingdom. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontogenetic priming of stomatal control in [i]Arabidopsi[/i]s leaves through gradual exposure to low humidity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vavasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Le Thiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. New Phytologist Symposium Stomata 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Manchester, United Kingdom. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01267905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dual effect of abscisic acid on stomatal conductance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jannaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. New Phytologist Symposium Stomata 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Manchester, United Kingdom. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A role for Carbon metabolism in leaf growth response to soil water deficit ? An integrated perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sulpice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Piques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. International Conference on Arabidopsis Research (ICAR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Edinburgh, United Kingdom. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are high-throughput root phenotyping platforms suitable for informing root system architecture models with genotype-specific parameters? An evaluation based on the root model ArchiSimple and a small panel of wheat cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clothilde Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Salon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 75 (8), pp.2510-2526. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erae009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the starting conditions of the rainy season in Senegal: highlighting the constraints of crop establishment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mame Balla Ndiaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassirou Sine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diarietou Sambakhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Oury Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 6 (7), pp.075024. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2515-7620/ad5081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guidelines for designing and interpreting drought experiments in controlled conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Menachem Moshelion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl-Josef Dietz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian C Dodd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John E Lunn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 75, pp.4671 - 4679. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erae292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04807405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving crop Yield potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra J Burgess</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Günter Strittmatter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas P. M. Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Harry Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Energy Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (1), pp.e435. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fes3.435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03872237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Report of Bacterial Leaf Blight Disease of Rice Caused by Xanthomonas oryzae pv. oryzae in Madagascar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Raveloson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Rabekijana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. M. Rakotonanahary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Szurek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 107 (8), pp.2510. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-03-23-0411-PDN⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paving the way towards future‐proofing our crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Baekelandt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vandasue L R Saltenis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Malyska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Cornelissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food and Energy Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (3), pp.e441. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/fes3.441⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03992920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A low carbon balance triggers Microvine inflorescence abscission at high temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Romieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Horticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2, pp.1267429. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fhort.2023.1267429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can green manure contribute to sustainable intensification of rainfed rice production in Madagascar?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lalaina Ranaivoson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gatien Falconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Affholder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Autfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Field Crops Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 289, pp.108711. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fcr.2022.108711⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03859202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Pagès, founding scientist in root ecology and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Barczi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amira Beroueg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Buck-Sorlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Couvreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Danjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in silico Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 (2), </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/insilicoplants/diab035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03517541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant growth: the What, the How, and the Why</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Hilty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Leuzinger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 232 (1), pp.25-41. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.17610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting rainfed rice to climate change: a case study in Senegal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Gérardeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gatien Falconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gozé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Martial Kouakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 41 (4), </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-021-00710-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03747222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiological roles of Casparian strips and suberin in the transport of water and solutes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Calvo‐polanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoe Ribeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Reyt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Hidalgo‐shrestha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 232 (6), pp.2295-2307. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.17765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The case for improving crop carbon sink strength or plasticity for a CO2-rich future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Dingkuhn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Luquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinyou Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Opinion in Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 56, pp.259-272. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pbi.2020.05.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant and crop simulation models: powerful tools to link physiology, genetics, and phenomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 70 (9), pp.2339-2344. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erz175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and modeling evidence of carbon limitation of leaf appearance rate for spring and winter wheat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Parent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Manceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamish E Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven M Driever</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 70 (9), pp.2449-2462. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erz012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lateral Roots: Random Diversity in Adversity.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sixtine Passot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24 (9), pp.810-825. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tplants.2019.05.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Physiological Basis of Drought Tolerance in Crop Plants: A Scenario-Dependent Probabilistic Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Review of Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 69 (1), pp.733-759. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1146/annurev-arplant-042817-040218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new phenotyping pipeline reveals three types of lateral roots and a random branching pattern in two cereals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sixtine Passot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Moreno-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Moukouanga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crispulo Balsera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soazig Guyomarc'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 177 (3), pp.896-910. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.17.01648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotyping oilseed rape growth-related traits and their responses to water deficit: the disturbing pot size effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Dambreville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Griolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bediee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 44 (1), pp.35-45. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/FP16036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental, molecular and genetic studies on grapevine response to temperature open breeding strategies for adaptation to warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bigard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Doligez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OENO One</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 51 (2), pp.155-165. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/oeno-one.2016.0.0.1587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microvine: A New Model to Study Grapevine Growth and Developmental Patterns and their Responses to Elevated Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Romieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajit Nehe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratthaphon Chatbanyong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Enology and Viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 68 (3), pp.283-292. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5344/ajev.2017.16066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying Developmental Zones in Maize Lateral Root Cell Length Profiles using Multiple Change-Point Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Moreno-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.1-19. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2017.01750⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01651169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are subsidies to weather-index insurance the best use of public funds? A bio-economic farm model applied to the Senegalese groundnut basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Ricome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Affholder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Poeydebat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 156, pp.149 - 176. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2017.05.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01679763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of pearl millet root architecture and anatomy reveals three types of lateral roots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sixtine Passot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatoumata Gnacko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Moukouanga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soazig Guyomarc'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7 (829), pp.11. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2016.00829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01398441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHENOPSIS Quelles évolutions technologiques du premier automate de phénotypage des plantes?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Dambreville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Vile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 89, 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-structural carbohydrates in woody plants compared among laboratories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey G. Quentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth A. Pinkard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael G. Ryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David T. Tissue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Scott Baggett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tree Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 35 (11), pp.1146-1165. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/treephys/tpv073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01557364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures en série des échanges gazeux à l'échelle plante entière de plantes cultivées en pot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bediee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Dambreville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Brichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Hamard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 86, 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01329223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buffering growth variations against water deficits through timely carbon usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Fanciullino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2013.00483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing climate change impacts on sorghum and millet yields in the Sudanian and Sahelian savannas of West Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sultan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Quirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agali Alhassane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8 (1), pp.014040. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-9326/8/1/014040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00857331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dual effect of abscisic acid on stomata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jannaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 197 (1), pp.65-72. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.12013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental Priming of Stomatal Sensitivity to Abscisic Acid by Leaf Microclimate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vavasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Le Thiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 23 (18), pp.1805 - 1811. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2013.07.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling the Intertwined Genetic Bases of Root and Shoot Growth in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bouteillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crispulo Balsera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Loudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 7 (2), </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0032319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coming of leaf age: control of growth by hydraulics and metabolics during leaf ontogeny</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry T. Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 196 (2), pp.349-366. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1469-8137.2012.04273.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An ex-ante evaluation of the use of seasonal climate forecasts for millet growers in SW Niger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Sultan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Quirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Baron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agali Alhassane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Climatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32, pp.759-771. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/joc.2308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water deficits uncouple growth from photosynthesis, increase C content, and modify the relationships between C and growth in sink organs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Génard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Turc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Freixes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 62 (6), pp.1715-1729. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erq438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of leaf expansion: a developmental switch from metabolics to hydraulics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry T. Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 156 (2), pp.803-815. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.111.176289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water deficit and growth. Co-ordinating processes without an orchestrator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Opinion in Plant Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 14 (3), pp.283-289. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pbi.2011.02.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabidopsis plants acclimate to water deficit at low cost through changes of carbon usage: an integrated perspective using growth, metabolite, enzyme, and gene expression analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sulpice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Piques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 154 (1), pp.357-372. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.110.157008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaf growth rate per unit thermal time follows QTL-dependent daily patterns in hundreds of maize lines under naturally fluctuating conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Sadok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Naudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Boussuge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Welcker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 30 (2), pp.135-146. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3040.2006.01611.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHENOPSIS, an automated platform for reproducible phenotyping of plant responses to soil water deficit in Arabidopsis thaliana permitted the identification of an accession with low sensitivity to soil water deficit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Aguirrezábal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Cookson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 169 (3), pp.623-635. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1469-8137.2005.01609.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02668888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are ABA, ethylene or their interaction involved in the response of leaf growth to soil water deficit? An analysis using naturally occurring variation or genetic transformation of ABA production in maize</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Voisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beat Reidy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Parent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Redondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 29 (9), pp.1829-1840. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3040.2006.01560.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A role for auxin redistribution in the responses of the root system architecture to phosphate starvation in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Canivenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Azim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry van Onckelen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 138 (4), pp.2061-2074. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.105.060061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking physiological and genetic analyses of the control of leaf growth under changing environmental conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry T. Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Agricultural Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 56 (9), pp.937-946. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/AR05156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02683419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automate de phénotypage pour cultiver des plantes à des états hydriques du sol contrôlés : un outil d'aide à la caractérisation de la réponse de la croissance et de la transpiration à la sécheresse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Hamard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 53, pp.21-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04690686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early modifications of Brassica napus root system architecture induced by a plant growth-promoting Phyllobacterium strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marièle Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Mantelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Rapior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Cleyet-Marel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 160 (1), pp.119-125. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1469-8137.2003.00862.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02196429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A macro-array-based screening approach to identify transcriptional factors involved in the nitrogen-related root plasticity response of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Tranbarger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Al-Ghazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Teyssendier de La Serve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Doumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 23 (5-6), pp.519-528. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/agro:2003024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00886205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal responsesof Arabidopsis root architecture to phosphate starvation: evidence for the involvement of auxin signalling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Al-Ghazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pinloche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y.J. Tranbarger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 26, pp.1053-1066. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1365-3040.2003.01030.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining quantitative trait loci analysis and an ecophysiological model to analyse the genetic variability of the responses of maize leaf growth to temperature and water deficit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Leonardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain A. Charcosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 131, pp.664-675</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A macro-array-based screening approach to identify transcriptional factors involved in the nitrogen-related root plasticity response of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.J. Tranbarger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Al-Ghazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Teyssendier de La Serve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Doumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 23, pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02671194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early modifications of Brassica napus root system architecture induced by a plant growth-promoting Phyllobacterium strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marièle Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Mantelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Rapior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Claude Cleyet Marel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 160 (1), pp.119-125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcription factor genes with expression correlated to nitrate-related root plasticity of Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.J. Tranbarger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Al-Ghazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Teyssendier de La Serve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Doumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 26, pp.459-469. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1365-3040.2003.00977.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual leaf development in Arabidopsis thaliana: a stable thermal-time-based programme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Turc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 89, pp.595-604</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02669420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Root elongation and branching is related to local hexose concentration in Arabidopsis thaliana seedlings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Freixes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 25, pp.1357-1366</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The elongation rate at the base of a maize leaf shows an invariant pattern during both the steady-state elongation and the establishment of the elongation zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 52 (359), pp.1259-1268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial distributions of expansion rate, cell division rate and cell size in maize leaves : a synthesis of the effects of soil water status, evaporative demand and temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Hamard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 51, pp.1505-1514</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02685963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research review. Modelling leaf expansion in a fluctuating environment : are changes in specific leaf area a consequence of changes in expansion rate ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 143, pp.33-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02686196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial distributions of tissue expansion and cell division rates are related to irradiance and to sugar content in the growing zone of maize roots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Stosser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 21, pp.149-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02685491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction between atmospheric and pedospheric nitrogen nutrition in spruce (&amp;lt;em&amp;gt;Picea abies&amp;lt;/em&amp;gt; L. Karst) seedlings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Touraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Rennenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 19, pp.345-355. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3040.1996.tb00257.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrate fluxes in soybean seedling roots and their response to amino acids : an approach using 15N.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Tillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Touraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant, Cell and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 18, pp.1267-1279. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-3040.1995.tb00186.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02701617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhibition of NO3- uptake by various phloem-translocated amino acids in soybean seedlings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Touraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 43 (250), pp.1-27. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/43.5.617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02705845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of phloem-translocated malate on NO3- uptake by roots of intact soybean plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Touraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 99, pp.1118-1123. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.99.3.1118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02714134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Components of relative growth rate and sensitivity to nitrogen availability in annual and perennial species of &amp;lt;em&amp;gt;Bromus&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 84 (4), pp.513-518. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF00328168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02712078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenome-Emphasis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Alic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Le Gouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dossier et conception d’Ateliers (Budget, Contrats, Ressources Humaines) pour la journée d’accueil des directeurs d’unités du centre de Montpellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Gobron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruckler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Bah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AgroEcoPhen - Phénotypage à haut débit des plantes pour l'agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Le Gouis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Limagrain - INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Chappes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04795240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity and multifunctionality: insights from rice varietal mixtures in the highlands of Madagascar [00349]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koloina Rahajaharilaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kirsten Vom Brocke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Benoit Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Pélissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International congress of Ecology and Evolution: "Ecology and evolution : new perspectives and societal challenges"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LIEC; Universite de Lorraine; CNRS; SFE²; GfÖ; EEF, Nov 2022, Metz, France. pp.20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can legume crop residues contribute to sustainable intensification of rainfed rice production in Madagascar?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lalaina Ranaivoson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gatien N. Falconnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Autfray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Crop Modelling Symposium (iCROPM 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIRAD; INRAE; INRIA, Feb 2020, Montpellier, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving interoperability between phenomics and modelling communities by designing a Plant Modelling Ontology (PMO)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Saint Cast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Llorenç Cabrera-Bosquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Couvreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pradal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FSPM 2020 - 9th International Conference on Functional-Structural Plant Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hochschule Geisenheim University; University of Hannover, Oct 2020, Online, Germany. pp.57-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physiological Roles of Casparian Strips and Suberin. Transport of Water and Solutes, Salt Tolerance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Monica Calvo-Polanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoe Ribeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Dauzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Reyt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hidalgo-Shrestha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Symposium on Plant Apoplastic Diffusion Barriers (PADiBa)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Bonn, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02934812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photosynthèse inclusive : Quels fronts de science derrière le concept ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de prospective scientifique du département BAP de l’INRA : enjeux BAP 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Département de Biologie et Amélioration des Plantes INRA, Sep 2019, Presqu’île de Giens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of endodermal casparian strips and suberin in the hydromineral status of plants under salt stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Monica Calvo-Polanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z Ribeyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rochus B. Franke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Salt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21th Congress of the Spanish Society of Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01651308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duravitis opens breeding strategies for grapevine facing T° rises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bigard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Doligez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ClimWine 2016 (Sustainable grape and wine production in the context of climate change)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature impacts on grapevine physiology and development at both plant and organ levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Romieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratthaphon Chatbanyong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. International Symposium on Grapevine Physiology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Verone, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapevine physiology and development responses to warm temperatures sensed on the entire plant or on individual bunches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Romieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratthaphon Chatbanyong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. International Symposium on Grapevine Physiology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Verone, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is failure of reproductive development under water or heat stress due to C shortage ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Oury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEB Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapevine and climate warming: Duravitis program opens new breeding strategies for temperature adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bigard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Doligez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ClimWine 2016 (Sustainable grape and wine production in the context of climate change)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Ecophysiologie et Génomique Fonctionnelle de la Vigne (1287)., Apr 2016, Bordeaux, France. 152 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The development of genetics tools for the selection of grapevine wine cultivars adapted to warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérico Alcantara Novelli Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. ISTW</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Petrolina, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of developmental zones in maize lateral roots on the basis of longitudinal epidermis cell length profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Moreno-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Functional-Structural Plant Growth Modeling, Simulation, Visualization and Applications (FSPMA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Qingdao, China. pp.42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01398404v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The developmental, molecular & genetic bases of grapevine adaptation to thermal stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratthaphon Chatbanyong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérico Alcântara Novelli Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'ANR "Faire face aux changements climatiques - Les apports de la recherche collaborative sur projets"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02154372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of plant carbon status in yield components responses to elevated temperatures in microvine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Romieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Gibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. Journées Internationales de Viticulture GiESCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Gruissan, France. 810 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01506406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The microvine provides new perspectives for research on berry physiology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ratthaphon Chatbanyong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Ageorges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Kelly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. International Symposium GiESCO 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe International d'Experts en Systèmes Vitivinicoles pour la Coopération (GIESCO). FRA., Jul 2013, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crops for a changing climate: modeling helps to push the phenotyping frontier forward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Climate-Smart Agriculture: Global Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Davis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microvine: an ecophysiological model for grapevine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajit Nehe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Romieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. International Symposium GiESCO 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe International d'Experts en Systèmes Vitivinicoles pour la Coopération (GIESCO). FRA., Jul 2013, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An automated image-processing pipeline for high-throughput analysis of root architecture in OpenAlea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Diener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillipe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Périn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Diévart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Functional-Structural Plant Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Saariselkä, Finland. pp.85-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the intertwined genetic bases of root and shoot growth response to soil water deficit in Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bouteillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Symposium of the International Society of Root Research (ISRR) 2012: "Roots to the Future"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Dundee, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métabolisme et croissance face aux stress abiotiques : qui contrôle qui ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées thématiques UMR DIADE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taking full advantage of systematic phenotyping in &amp;lt;em&amp;gt;Arabidopsis thaliana&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Tisne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Wuyts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Lievre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Arabidopsis Research (ICAR) 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability among lateral roots. Auxin and sugars interact to relate early primordia dynamics with lateral root fate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bouteillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Symposium of the International Society of Root Research (ISRR) 2012: "Roots to the Future"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Dundee, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of leaf expansion: a developmental switch from metabolics to hydraulics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry T. Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEB Main Meeting 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Standardization of protocols and experimental design for high-throughput phenotyping: needs and limits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Vile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Phenoyping Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Juelich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A role for carbon metabolism in plant growth response to soil water deficit? An integrated perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sulpice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Stitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEB Main Meeting 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C metabolism and plant growth under water deficit: chicken and egg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sulpice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Piques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salt &amp; Water Stress in Plants : from molecules to crops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gordon Research Conferences (GRC). USA., Jun 2010, Les Diablerets, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining multiple modeling approaches to design plant ideotypes for specific climates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Vile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Christophe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Mathematical Modeling of Plant Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mathematical Biosciences Institutes (MBI). USA., Sep 2010, Columbus, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecophysiology meets metabolic profiling: an integrative approach of Arabidopsis thaliana responses to drought</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Pantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sulpice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Piques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdrought III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Shanghai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High throughput phenotyping and plant modelling : two legs for combined physiological and genetic approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Welcker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSO workshop on plant phenotyping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The European Plant Science Organisation (EPSO). BEL., Nov 2009, Jülich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenopsis and Phenodyn : phenotyping platforms to dissect variability of growth in response to environmental changes in &amp;lt;em&amp;gt;Arabidopsis&amp;lt;/em&amp;gt; and cereals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Welcker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry T. Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPSO workshop “Plant Phenotyping”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Jülich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant growth control by water deficit: which process(es) to lead the game?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry T. Simonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Vile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Ehlert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Hummel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. EPSO Conference: "Plants for Life"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The European Plant Science Organisation (EPSO). BEL., Jun 2008, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation des remontées capillaires sur sols volcaniques sous culture. Application à la compréhension de la culture de la pastèque en saison sèche au Nicaragua</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Maraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Rapidel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Lafolie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Arroliga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Congrès Mondial de Science du Sol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1998, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can altered carbon balance at the whole plant level explain differences in root growth under water stress ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Farrar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Stressnet Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Salsomaggiore, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02775143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying Developmental Patterns in Structured Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Guédon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Caraglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Éric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Systems Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2395, </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer Protocols; Humana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.199-225, 2022, Methods in Molecular Biology, </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-0716-1816-5_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">12. Designing dual-purpose sorghum ideotypes for high grain and biomass yields suitable for various target environments in Senegal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malick Ndiaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diarétou Sambakhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliou Sissoko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ndjido A. Kane; Daniel Foncéka; Timothy J. Dalton. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop adaptation and improvement for drought-prone environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Prairie Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.305-328, 2022, 978-1-944548-46-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05180339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aléas, développement et assurances agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Leblois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le développement durable à découvert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNRS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.186-187, 2013, 978-2-271-07896-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02872340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell cycle and environmental stresses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Cookson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell cycle control and plant development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 32, Blackwell Publishing, 2007, Annual Plant Reviews, 978-1-4051-5043-9. </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9780470988923.ch15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un exemple d'analyse de l'interaction génotype X environnement : modélisation de la variabilité génétique des réponses au déficit hydrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois F. Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Borel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Reymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine C. Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génomique fonctionnelle chez les végétaux, du gène à la fonction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02829242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation of nitrate uptake at the whole plant level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Touraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.T. Clarkson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A whole plant perspective on carbon-nitrogen interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPB academic publishing, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification d'espèces et de génotypes pour répondre aux défis de l'agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Le Gouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Amsallem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Hubert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">26, Agropolis international. 2022, pp.126-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04939833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of species and genotypes to meet agroecology challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Le Gouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agropolis international-Montpellier. 2021, pp.126-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04789052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cropbooster-P: Network maps of research networks available for further scientific interactions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Martin-Laffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Nacry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CropBooster-P - Preparatory action to Boost Global Crop Yield for Food &amp; Nutrition Security and fueling a Bioeconomy. 2020, pp.1-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The development of genetics tools for the selection of grapevine wine cultivars adapted to warming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Rienth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Luchaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérico Alcantara Novelli Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lecourieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02518994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId440"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F63D9B7E"/>
+    <w:nsid w:val="396D824C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bertrand-muller" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6387-9460" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/158638441" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05121967v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Oren" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shana Moussu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dagbert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Draye" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Nacry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524838v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Martin-Laffon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fournier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Muller" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nacry" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Rolland" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04167306v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Monica Calvo-Polanco" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Ribeyre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Dauzat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Reyt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Hidalgo&#8208;shrestha" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604881v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Passot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Meunier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Javaux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Draye" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800068v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Torregrosa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bigard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Doligez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lecourieux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Rienth" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742805v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229561v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Welcker" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloren&#231; Cabrera Bosquet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Grau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Tardieu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Negre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744142v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bediee" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crispulo Balsera" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Rolland" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vile" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229564v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743160v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Tardieu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739412v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Moreno-Ortega" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gu&#233;don" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268803v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Moreno Ortega" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chandezon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fort" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739574v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Dambreville" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Griolet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268761v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Luchaire" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Mallent" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738660v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bresson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Lievre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vasseur" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268635v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guiderdoni" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Courtois" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eelco Visser" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wilkinson" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faget" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00915034v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Diener" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Di&#233;vart" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267905v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pantin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Renaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Barbier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vavasseur" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Thiec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750110v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Monnet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jannaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Costa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757475v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Hummel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Sulpice" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Piques" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667761v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame Balla Ndiaye" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassirou Sine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diarietou Sambakhe" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Oury Diallo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7620/ad5081" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04807405v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menachem Moshelion" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Josef Dietz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian C Dodd" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John E Lunn" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae292" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04553063v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Anh Nguyen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Collet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Salon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae009" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04530477v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Raveloson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rabekijana" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. M. Rakotonanahary" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Szurek" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-03-23-0411-PDN" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992920v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Baekelandt" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vandasue L R Saltenis" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Malyska" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cornelissen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fes3.441" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539592v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gibon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Romieu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fhort.2023.1267429" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03872237v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra J Burgess" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nter Strittmatter" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas P. M. Weber" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Harry Taylor" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fes3.435" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859202v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalaina Ranaivoson" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatien Falconnier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Affholder" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Leroux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Autfray" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2022.108711" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322347v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Hilty" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Leuzinger" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17610" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03517541v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Barczi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Beroueg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Buck-Sorlin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Couvreur" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Danjon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diab035" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747222v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward G&#233;rardeaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Goz&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Defrance" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Martial Kouakou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-021-00710-2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03373045v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Calvo&#8208;polanco" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17765" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02911690v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dingkuhn" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Luquet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fabre" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyou Yin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2020.05.012" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625576v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erz175" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624714v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Baumont" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Parent" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Manceau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamish E Brown" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven M Driever" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erz012" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625659v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine Passot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lobet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2019.05.011" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620954v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moukouanga" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soazig Guyomarc'H" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.01648" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626143v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Simonneau" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-arplant-042817-040218" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627132v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/FP16036" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01651169v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01750" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602636v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajit Nehe" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratthaphon Chatbanyong" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5344/ajev.2017.16066" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607969v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2016.0.0.1587" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679763v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Ricome" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise G&#233;rard" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Poeydebat" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2017.05.015" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602445v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01398441v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatoumata Gnacko" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Lucas" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00829" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329223v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brichet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hamard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01557364v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey G. Quentin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth A. Pinkard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G. Ryan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David T. Tissue" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Scott Baggett" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpv073" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857331v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sultan" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roudier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Quirion" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agali Alhassane" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/8/1/014040" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647305v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Costa" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12013" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268454v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vavasseur" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2013.07.050" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189785v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Fanciullino" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massonnet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00483" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650359v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Simonneau" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2012.04273.x" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614812v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Baron" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joc.2308" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190638v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouteill&#233;" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Loudet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0032319" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650675v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. G&#233;nard" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Turc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Freixes" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq438" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651923v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Granier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2011.02.002" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V10VP2D0-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644233v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.176289" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662264v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.110.157008" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664685v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Sadok" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Naudin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Boussuge" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3040.2006.01611.x" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668888v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Aguirrez&#225;bal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chenu" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cookson" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2005.01609.x" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666199v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Voisin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beat Reidy" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Redondo" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3040.2006.01560.x" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683419v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Reymond" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/AR05156" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680678v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Canivenc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Azim" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry van Onckelen" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.105.060061" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690686v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Simon" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Granier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886205v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Tranbarger" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Al-Ghazi" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Teyssendier de La Serve" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Doumas" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2003024" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833631v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Al-Ghazi" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pinloche" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.J. Tranbarger" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-3040.2003.01030.x" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02196429v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari&#232;le Larcher" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mantelin" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rapior" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Cleyet-Marel" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1469-8137.2003.00862.x" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679444v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Leonardi" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Charcosset" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671194v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J. Tranbarger" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679126v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Cleyet Marel" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833622v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Teyssendier de La Serve" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-3040.2003.00977.x" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669420v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chenu" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675149v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Freixes" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Thibaud" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678602v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685963v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686196v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685491v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stosser" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698009v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Touraine" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Rennenberg" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3040.1996.tb00257.x" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701617v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tillard" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Touraine" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3040.1995.tb00186.x" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705845v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/43.5.617" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0CD6E7447D121F1B367A9F9F4C1E2764F9704C6E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714134v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Grignon" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.99.3.1118" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712078v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Garnier" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00328168" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-9J00JWDS-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797284v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tardieu" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Alic" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602136v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gobron" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruckler" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bah" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795240v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181545v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koloina Rahajaharilaza" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Vom Brocke" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Morel" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l P&#233;lissier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174820v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatien N. Falconnier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03059507v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Saint Cast" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloren&#231; Cabrera-Bosquet" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pradal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934812v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hidalgo-Shrestha" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861957v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651308v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Ribeyre" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rochus B. Franke" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salt" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801795v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742450v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740765v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Oury" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743233v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800661v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rico Alcantara Novelli Dias" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01398404v2" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796963v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154372v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pillet" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rico Alc&#226;ntara Novelli Dias" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506406v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190040v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268611v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268612v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Ageorges" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Kelly" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850814v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;rin" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744472v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802995v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744934v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Tisne" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wuyts" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744758v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747926v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745003v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751275v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Stitt" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756341v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595045v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fournier" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Christophe" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190043v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750832v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752763v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sulpice" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Piques" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816152v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Ehlert" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767847v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Maraux" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rapidel" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lafolie" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Arroliga" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775143v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Farrar" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04939833v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Amsallem" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hubert" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04789052v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505859v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180339v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Ndiaye" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Adam" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diar&#233;tou Sambakhe" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliou Sissoko" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newprairiepress.org/ebooks/49" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03628851v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Caraglio" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;ric Lauri" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/protocol/10.1007%2F978-1-0716-1816-5_10" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1816-5_10" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02872340v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leblois" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/editionscnrs/10739" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816390v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470988923.ch15" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829242v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Borel" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846425v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.T. Clarkson" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518994v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bertrand-muller" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6387-9460" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/158638441" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05121967v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Oren" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shana Moussu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dagbert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Draye" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Nacry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524838v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Martin-Laffon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fournier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Muller" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nacry" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Rolland" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04167306v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Monica Calvo-Polanco" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Ribeyre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Dauzat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Reyt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Hidalgo&#8208;shrestha" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604881v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Passot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Meunier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Javaux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Draye" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742805v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Torregrosa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bigard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Doligez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lecourieux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Rienth" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800068v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229561v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Welcker" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloren&#231; Cabrera Bosquet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Grau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Tardieu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Negre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744142v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bediee" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crispulo Balsera" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Rolland" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vile" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229564v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739412v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Moreno-Ortega" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gu&#233;don" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743160v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Tardieu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739574v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Dambreville" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Griolet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268803v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Moreno Ortega" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chandezon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fort" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268761v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Luchaire" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Mallent" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738660v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bresson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Lievre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vasseur" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00915034v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Diener" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Di&#233;vart" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268635v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guiderdoni" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Courtois" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eelco Visser" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wilkinson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faget" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267905v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pantin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Renaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Barbier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vavasseur" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Thiec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750110v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Monnet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jannaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Costa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757475v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Hummel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Sulpice" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Piques" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04553063v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Anh Nguyen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Collet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Salon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae009" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667761v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame Balla Ndiaye" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassirou Sine" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diarietou Sambakhe" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Oury Diallo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7620/ad5081" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04807405v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menachem Moshelion" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Josef Dietz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian C Dodd" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John E Lunn" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae292" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03872237v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra J Burgess" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nter Strittmatter" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas P. M. Weber" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Harry Taylor" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fes3.435" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04530477v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Raveloson" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rabekijana" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. M. Rakotonanahary" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Szurek" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-03-23-0411-PDN" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992920v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Baekelandt" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vandasue L R Saltenis" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Malyska" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cornelissen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fes3.441" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539592v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gibon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Romieu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fhort.2023.1267429" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859202v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalaina Ranaivoson" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatien Falconnier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Affholder" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Leroux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Autfray" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2022.108711" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03517541v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Barczi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Beroueg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Buck-Sorlin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Couvreur" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Danjon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diab035" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322347v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Hilty" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Leuzinger" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17610" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747222v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward G&#233;rardeaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Goz&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Defrance" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Martial Kouakou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-021-00710-2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03373045v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Calvo&#8208;polanco" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17765" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02911690v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dingkuhn" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Luquet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fabre" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyou Yin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2020.05.012" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625576v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erz175" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624714v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Baumont" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Parent" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Manceau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamish E Brown" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven M Driever" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erz012" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625659v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine Passot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lobet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2019.05.011" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626143v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Simonneau" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-arplant-042817-040218" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620954v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moukouanga" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soazig Guyomarc'H" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.01648" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627132v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/FP16036" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607969v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2016.0.0.1587" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602636v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajit Nehe" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratthaphon Chatbanyong" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5344/ajev.2017.16066" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01651169v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01750" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679763v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Ricome" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise G&#233;rard" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Poeydebat" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2017.05.015" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01398441v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatoumata Gnacko" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Lucas" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00829" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602445v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01557364v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey G. Quentin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth A. Pinkard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G. Ryan" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David T. Tissue" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Scott Baggett" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpv073" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329223v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brichet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hamard" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189785v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Fanciullino" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massonnet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00483" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857331v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sultan" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roudier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Quirion" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agali Alhassane" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/8/1/014040" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647305v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Costa" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12013" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268454v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vavasseur" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2013.07.050" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190638v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouteill&#233;" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Loudet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0032319" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650359v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Simonneau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2012.04273.x" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614812v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Baron" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joc.2308" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650675v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. G&#233;nard" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Turc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Freixes" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq438" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644233v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.176289" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651923v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Granier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbi.2011.02.002" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V10VP2D0-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662264v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.110.157008" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664685v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Sadok" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Naudin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Boussuge" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3040.2006.01611.x" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668888v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Aguirrez&#225;bal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chenu" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cookson" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2005.01609.x" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666199v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Voisin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beat Reidy" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Redondo" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3040.2006.01560.x" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680678v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Canivenc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Azim" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry van Onckelen" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.105.060061" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683419v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Reymond" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/AR05156" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690686v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Simon" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Granier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02196429v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari&#232;le Larcher" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mantelin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rapior" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Cleyet-Marel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1469-8137.2003.00862.x" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886205v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Tranbarger" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Al-Ghazi" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Teyssendier de La Serve" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Doumas" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2003024" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833631v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Al-Ghazi" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pinloche" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.J. Tranbarger" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-3040.2003.01030.x" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679444v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Leonardi" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Charcosset" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671194v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J. Tranbarger" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679126v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Cleyet Marel" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833622v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Teyssendier de La Serve" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-3040.2003.00977.x" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669420v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chenu" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675149v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Freixes" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Thibaud" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678602v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685963v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686196v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685491v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stosser" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698009v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Touraine" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Rennenberg" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3040.1996.tb00257.x" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701617v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tillard" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Touraine" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3040.1995.tb00186.x" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705845v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/43.5.617" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0CD6E7447D121F1B367A9F9F4C1E2764F9704C6E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714134v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Grignon" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.99.3.1118" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712078v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Garnier" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00328168" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-9J00JWDS-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797284v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tardieu" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Alic" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602136v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gobron" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruckler" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bah" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795240v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181545v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koloina Rahajaharilaza" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Vom Brocke" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Morel" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l P&#233;lissier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174820v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gatien N. Falconnier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03059507v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Saint Cast" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lloren&#231; Cabrera-Bosquet" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pradal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934812v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hidalgo-Shrestha" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861957v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651308v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Ribeyre" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rochus B. Franke" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Salt" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796963v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801795v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742450v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740765v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Oury" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743233v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800661v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rico Alcantara Novelli Dias" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01398404v2" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154372v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pillet" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rico Alc&#226;ntara Novelli Dias" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506406v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268612v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Ageorges" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Kelly" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190040v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268611v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850814v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;rin" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744472v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802995v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744934v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Tisne" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wuyts" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744758v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745003v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747926v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751275v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Stitt" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756341v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595045v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fournier" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Christophe" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752763v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sulpice" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Piques" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190043v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750832v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816152v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Ehlert" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767847v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Maraux" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rapidel" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lafolie" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Arroliga" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775143v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Farrar" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03628851v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Caraglio" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;ric Lauri" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/protocol/10.1007%2F978-1-0716-1816-5_10" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1816-5_10" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180339v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Ndiaye" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Adam" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diar&#233;tou Sambakhe" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliou Sissoko" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://newprairiepress.org/ebooks/49" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02872340v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leblois" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/editionscnrs/10739" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816390v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470988923.ch15" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829242v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Borel" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846425v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.T. Clarkson" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04939833v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Amsallem" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hubert" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04789052v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505859v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518994v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>